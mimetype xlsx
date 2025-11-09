--- v0 (2025-10-08)
+++ v1 (2025-11-09)
@@ -13,51 +13,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
 <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
 <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="791Vendors" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7300" uniqueCount="1345">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7332" uniqueCount="1353">
   <si>
     <t/>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>Contract</t>
   </si>
   <si>
     <t>Awarded Date</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Lead Agency</t>
   </si>
   <si>
     <t>Contact Name</t>
   </si>
   <si>
@@ -318,57 +318,57 @@
   <si>
     <t>(956) 381-2080</t>
   </si>
   <si>
     <t>aigsolutionsgroup@gmail.com</t>
   </si>
   <si>
     <t>ALL ABOUT ANIMALS, LLC</t>
   </si>
   <si>
     <t>Cindi Cavallini</t>
   </si>
   <si>
     <t>(760) 468-1147</t>
   </si>
   <si>
     <t>allaboutanimalslive@yahoo.com</t>
   </si>
   <si>
     <t>All Traffic Solutions</t>
   </si>
   <si>
     <t>Portable Speed Signs</t>
   </si>
   <si>
-    <t>Kabir Uddin</t>
-[...5 lines deleted...]
-    <t>kuddin@alltrafficsolutions.com</t>
+    <t>Jodi Rowe</t>
+  </si>
+  <si>
+    <t>(866) 366-6602</t>
+  </si>
+  <si>
+    <t>contracts@alltrafficsolutions.com</t>
   </si>
   <si>
     <t>Technology Products and Services</t>
   </si>
   <si>
     <t>AlmsTravel LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Communications Systems, Equipment, and Shelter Products and Services. </t>
   </si>
   <si>
     <t>08/06/2025</t>
   </si>
   <si>
     <t>08/06/2030</t>
   </si>
   <si>
     <t>Alo Company</t>
   </si>
   <si>
     <t>Oscar Sosa</t>
   </si>
   <si>
     <t>(210) 548-3906</t>
   </si>
@@ -3411,57 +3411,57 @@
   <si>
     <t>(417) 823-8449</t>
   </si>
   <si>
     <t>sales@spedtrack.com</t>
   </si>
   <si>
     <t xml:space="preserve">Sphero </t>
   </si>
   <si>
     <t xml:space="preserve">David Millage </t>
   </si>
   <si>
     <t>(303) 502-9466</t>
   </si>
   <si>
     <t>david.millage@sphero.com</t>
   </si>
   <si>
     <t>Sports Facilities Management, LLC</t>
   </si>
   <si>
     <t>Sports Facility Management - Management &amp; Operation Services</t>
   </si>
   <si>
-    <t xml:space="preserve">Gabby Fresh </t>
-[...5 lines deleted...]
-    <t>gfresh@sportsfacilities.com</t>
+    <t>Jamie baumgartner</t>
+  </si>
+  <si>
+    <t>(865) 816-8488</t>
+  </si>
+  <si>
+    <t>jbaumgartner@sportsfacilities.com</t>
   </si>
   <si>
     <t>Sports Facility Management -  Development Services and Construction</t>
   </si>
   <si>
     <t>Sports Facility Management - Advisory Services</t>
   </si>
   <si>
     <t>Sports Venue Padding (Artistic Coverings, Inc.)</t>
   </si>
   <si>
     <t>Michelle Robinson</t>
   </si>
   <si>
     <t>(562) 404-9343</t>
   </si>
   <si>
     <t>michelle@svpadding.com</t>
   </si>
   <si>
     <t>SSC Services for Education</t>
   </si>
   <si>
     <t>Facilities Managed Services and Solutions</t>
   </si>
@@ -3522,50 +3522,59 @@
   <si>
     <t>Marc Netka</t>
   </si>
   <si>
     <t>(866) 499-2580</t>
   </si>
   <si>
     <t>marc.netka@stseducation-us.com</t>
   </si>
   <si>
     <t xml:space="preserve">Super Duper Publications </t>
   </si>
   <si>
     <t>Daphne Sanders</t>
   </si>
   <si>
     <t>(800) 277-8737</t>
   </si>
   <si>
     <t>bids@superduperinc.com</t>
   </si>
   <si>
     <t>SW Elevators, LLC</t>
   </si>
   <si>
+    <t>Elevator Maintenance Services and Solutions.</t>
+  </si>
+  <si>
+    <t>08/20/2025</t>
+  </si>
+  <si>
+    <t>08/20/2033</t>
+  </si>
+  <si>
     <t>Ricky Peters</t>
   </si>
   <si>
     <t>(682) 760-7603</t>
   </si>
   <si>
     <t>rpeters@southwestelevator.com</t>
   </si>
   <si>
     <t>Symphonize Inc.</t>
   </si>
   <si>
     <t>Sreedhar Tatavarthi</t>
   </si>
   <si>
     <t>(630) 347-2554</t>
   </si>
   <si>
     <t>Sreedhar.tatavarthi@symphonize.com</t>
   </si>
   <si>
     <t>Syntegras LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Amy Nobles </t>
@@ -4036,50 +4045,65 @@
     <t>Workflow Manager (WCEC Engineers, Inc.)</t>
   </si>
   <si>
     <t>MPO Project Tracker Utility</t>
   </si>
   <si>
     <t>Clancy Black</t>
   </si>
   <si>
     <t>(801) 449-0564</t>
   </si>
   <si>
     <t>cblack@workflowmanager.app</t>
   </si>
   <si>
     <t>WT Cox Information Services</t>
   </si>
   <si>
     <t xml:space="preserve">Debra M. Knox </t>
   </si>
   <si>
     <t>(800) 571-9554</t>
   </si>
   <si>
     <t>dknox@wtcox.com</t>
+  </si>
+  <si>
+    <t>Your Lucky Blanks</t>
+  </si>
+  <si>
+    <t>Animal Care Products and Equipment and Veterinary Products, Equipment and Services</t>
+  </si>
+  <si>
+    <t>Bryce Cottrell</t>
+  </si>
+  <si>
+    <t>(214) 235-9355</t>
+  </si>
+  <si>
+    <t>brycecottrell91@gmail.com</t>
   </si>
   <si>
     <t>Youthlight Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">Melissa Montez </t>
   </si>
   <si>
     <t>(800) 930-1033</t>
   </si>
   <si>
     <t>montez@youthlightbooks.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="0&quot;&quot;"/>
     <numFmt numFmtId="166" formatCode="mm/dd/yyyy"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
@@ -4780,157 +4804,157 @@
       </c>
       <c r="B18" t="s" s="2">
         <v>100</v>
       </c>
       <c r="C18" t="n" s="3">
         <v>7.91202409006E11</v>
       </c>
       <c r="D18" t="s" s="4">
         <v>50</v>
       </c>
       <c r="E18" t="s" s="4">
         <v>51</v>
       </c>
       <c r="F18" t="s">
         <v>31</v>
       </c>
       <c r="G18" t="s">
         <v>101</v>
       </c>
       <c r="H18" t="s">
         <v>0</v>
       </c>
       <c r="I18" t="s">
         <v>102</v>
       </c>
-      <c r="J18" t="s">
-        <v>0</v>
+      <c r="J18" t="n">
+        <v>340.0</v>
       </c>
       <c r="K18" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s" s="2">
         <v>99</v>
       </c>
       <c r="B19" t="s" s="2">
         <v>21</v>
       </c>
       <c r="C19" t="n" s="3">
         <v>7.91202303001E11</v>
       </c>
       <c r="D19" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E19" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
         <v>101</v>
       </c>
       <c r="H19" t="s">
         <v>0</v>
       </c>
       <c r="I19" t="s">
         <v>102</v>
       </c>
-      <c r="J19" t="s">
-        <v>0</v>
+      <c r="J19" t="n">
+        <v>340.0</v>
       </c>
       <c r="K19" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="2">
         <v>99</v>
       </c>
       <c r="B20" t="s" s="2">
         <v>43</v>
       </c>
       <c r="C20" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D20" t="s" s="4">
         <v>44</v>
       </c>
       <c r="E20" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>101</v>
       </c>
       <c r="H20" t="s">
         <v>0</v>
       </c>
       <c r="I20" t="s">
         <v>102</v>
       </c>
-      <c r="J20" t="s">
-        <v>0</v>
+      <c r="J20" t="n">
+        <v>340.0</v>
       </c>
       <c r="K20" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="2">
         <v>99</v>
       </c>
       <c r="B21" t="s" s="2">
         <v>104</v>
       </c>
       <c r="C21" t="n" s="3">
         <v>7.91202502005E11</v>
       </c>
       <c r="D21" t="s" s="4">
         <v>37</v>
       </c>
       <c r="E21" t="s" s="4">
         <v>38</v>
       </c>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21" t="s">
         <v>101</v>
       </c>
       <c r="H21" t="s">
         <v>0</v>
       </c>
       <c r="I21" t="s">
         <v>102</v>
       </c>
-      <c r="J21" t="s">
-        <v>0</v>
+      <c r="J21" t="n">
+        <v>340.0</v>
       </c>
       <c r="K21" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="2">
         <v>105</v>
       </c>
       <c r="B22" t="s" s="2">
         <v>106</v>
       </c>
       <c r="C22" t="n" s="3">
         <v>7.91202507007E11</v>
       </c>
       <c r="D22" t="s" s="4">
         <v>107</v>
       </c>
       <c r="E22" t="s" s="4">
         <v>108</v>
       </c>
       <c r="F22" t="s">
         <v>31</v>
       </c>
       <c r="G22" t="s">
@@ -5107,95 +5131,95 @@
       </c>
       <c r="F27" t="s">
         <v>31</v>
       </c>
       <c r="G27" t="s">
         <v>126</v>
       </c>
       <c r="H27" t="s">
         <v>0</v>
       </c>
       <c r="I27" t="s">
         <v>127</v>
       </c>
       <c r="J27" t="s">
         <v>0</v>
       </c>
       <c r="K27" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s" s="2">
         <v>124</v>
       </c>
       <c r="B28" t="s" s="2">
-        <v>86</v>
+        <v>125</v>
       </c>
       <c r="C28" t="n" s="3">
-        <v>7.91202403005E11</v>
+        <v>7.91202505006E11</v>
       </c>
       <c r="D28" t="s" s="4">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="E28" t="s" s="4">
-        <v>87</v>
+        <v>129</v>
       </c>
       <c r="F28" t="s">
         <v>31</v>
       </c>
       <c r="G28" t="s">
         <v>126</v>
       </c>
       <c r="H28" t="s">
         <v>0</v>
       </c>
       <c r="I28" t="s">
         <v>127</v>
       </c>
       <c r="J28" t="s">
         <v>0</v>
       </c>
       <c r="K28" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s" s="2">
         <v>124</v>
       </c>
       <c r="B29" t="s" s="2">
-        <v>125</v>
+        <v>86</v>
       </c>
       <c r="C29" t="n" s="3">
-        <v>7.91202505006E11</v>
+        <v>7.91202403005E11</v>
       </c>
       <c r="D29" t="s" s="4">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="E29" t="s" s="4">
-        <v>129</v>
+        <v>87</v>
       </c>
       <c r="F29" t="s">
         <v>31</v>
       </c>
       <c r="G29" t="s">
         <v>126</v>
       </c>
       <c r="H29" t="s">
         <v>0</v>
       </c>
       <c r="I29" t="s">
         <v>127</v>
       </c>
       <c r="J29" t="s">
         <v>0</v>
       </c>
       <c r="K29" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s" s="2">
         <v>130</v>
       </c>
       <c r="B30" t="s" s="2">
@@ -6507,89 +6531,89 @@
       </c>
       <c r="F67" t="s">
         <v>31</v>
       </c>
       <c r="G67" t="s">
         <v>256</v>
       </c>
       <c r="H67" t="s">
         <v>0</v>
       </c>
       <c r="I67" t="s">
         <v>257</v>
       </c>
       <c r="J67" t="s">
         <v>0</v>
       </c>
       <c r="K67" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s" s="2">
         <v>253</v>
       </c>
       <c r="B68" t="s" s="2">
-        <v>104</v>
+        <v>261</v>
       </c>
       <c r="C68" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D68" t="s" s="4">
         <v>37</v>
       </c>
       <c r="E68" t="s" s="4">
         <v>38</v>
       </c>
       <c r="F68" t="s">
         <v>31</v>
       </c>
       <c r="G68" t="s">
         <v>256</v>
       </c>
       <c r="H68" t="s">
         <v>0</v>
       </c>
       <c r="I68" t="s">
         <v>257</v>
       </c>
       <c r="J68" t="s">
         <v>0</v>
       </c>
       <c r="K68" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s" s="2">
         <v>253</v>
       </c>
       <c r="B69" t="s" s="2">
-        <v>261</v>
+        <v>104</v>
       </c>
       <c r="C69" t="n" s="3">
-        <v>7.91202502006E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D69" t="s" s="4">
         <v>37</v>
       </c>
       <c r="E69" t="s" s="4">
         <v>38</v>
       </c>
       <c r="F69" t="s">
         <v>31</v>
       </c>
       <c r="G69" t="s">
         <v>256</v>
       </c>
       <c r="H69" t="s">
         <v>0</v>
       </c>
       <c r="I69" t="s">
         <v>257</v>
       </c>
       <c r="J69" t="s">
         <v>0</v>
       </c>
       <c r="K69" t="s">
         <v>258</v>
       </c>
@@ -8712,89 +8736,89 @@
       </c>
       <c r="F130" t="s">
         <v>31</v>
       </c>
       <c r="G130" t="s">
         <v>466</v>
       </c>
       <c r="H130" t="s">
         <v>0</v>
       </c>
       <c r="I130" t="s">
         <v>467</v>
       </c>
       <c r="J130" t="s">
         <v>0</v>
       </c>
       <c r="K130" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="2">
         <v>469</v>
       </c>
       <c r="B131" t="s" s="2">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="C131" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D131" t="s" s="4">
         <v>37</v>
       </c>
       <c r="E131" t="s" s="4">
         <v>38</v>
       </c>
       <c r="F131" t="s">
         <v>31</v>
       </c>
       <c r="G131" t="s">
         <v>470</v>
       </c>
       <c r="H131" t="s">
         <v>0</v>
       </c>
       <c r="I131" t="s">
         <v>471</v>
       </c>
       <c r="J131" t="s">
         <v>0</v>
       </c>
       <c r="K131" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="2">
         <v>469</v>
       </c>
       <c r="B132" t="s" s="2">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="C132" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D132" t="s" s="4">
         <v>37</v>
       </c>
       <c r="E132" t="s" s="4">
         <v>38</v>
       </c>
       <c r="F132" t="s">
         <v>31</v>
       </c>
       <c r="G132" t="s">
         <v>470</v>
       </c>
       <c r="H132" t="s">
         <v>0</v>
       </c>
       <c r="I132" t="s">
         <v>471</v>
       </c>
       <c r="J132" t="s">
         <v>0</v>
       </c>
       <c r="K132" t="s">
         <v>472</v>
       </c>
@@ -16272,2210 +16296,2280 @@
       </c>
       <c r="F346" t="s">
         <v>16</v>
       </c>
       <c r="G346" t="s">
         <v>1165</v>
       </c>
       <c r="H346" t="s">
         <v>0</v>
       </c>
       <c r="I346" t="s">
         <v>1166</v>
       </c>
       <c r="J346" t="s">
         <v>0</v>
       </c>
       <c r="K346" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s" s="2">
         <v>1168</v>
       </c>
       <c r="B347" t="s" s="2">
-        <v>530</v>
+        <v>1169</v>
       </c>
       <c r="C347" t="n" s="3">
-        <v>7.91202003003E11</v>
+        <v>7.91202507003E11</v>
       </c>
       <c r="D347" t="s" s="4">
-        <v>531</v>
+        <v>1170</v>
       </c>
       <c r="E347" t="s" s="4">
-        <v>532</v>
+        <v>1171</v>
       </c>
       <c r="F347" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G347" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="H347" t="s">
         <v>0</v>
       </c>
       <c r="I347" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="J347" t="s">
         <v>0</v>
       </c>
       <c r="K347" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s" s="2">
+        <v>1168</v>
+      </c>
+      <c r="B348" t="s" s="2">
+        <v>530</v>
+      </c>
+      <c r="C348" t="n" s="3">
+        <v>7.91202003003E11</v>
+      </c>
+      <c r="D348" t="s" s="4">
+        <v>531</v>
+      </c>
+      <c r="E348" t="s" s="4">
+        <v>532</v>
+      </c>
+      <c r="F348" t="s">
+        <v>16</v>
+      </c>
+      <c r="G348" t="s">
         <v>1172</v>
       </c>
-      <c r="B348" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G348" t="s">
+      <c r="H348" t="s">
+        <v>0</v>
+      </c>
+      <c r="I348" t="s">
         <v>1173</v>
       </c>
-      <c r="H348" t="s">
-[...2 lines deleted...]
-      <c r="I348" t="s">
+      <c r="J348" t="s">
+        <v>0</v>
+      </c>
+      <c r="K348" t="s">
         <v>1174</v>
-      </c>
-[...4 lines deleted...]
-        <v>1175</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s" s="2">
-        <v>1176</v>
+        <v>1175</v>
       </c>
       <c r="B349" t="s" s="2">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="C349" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D349" t="s" s="4">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="E349" t="s" s="4">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="F349" t="s">
         <v>31</v>
       </c>
       <c r="G349" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H349" t="s">
+        <v>0</v>
+      </c>
+      <c r="I349" t="s">
         <v>1177</v>
       </c>
-      <c r="H349" t="s">
-[...2 lines deleted...]
-      <c r="I349" t="s">
+      <c r="J349" t="s">
+        <v>0</v>
+      </c>
+      <c r="K349" t="s">
         <v>1178</v>
-      </c>
-[...4 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s" s="2">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="B350" t="s" s="2">
         <v>28</v>
       </c>
       <c r="C350" t="n" s="3">
         <v>7.91202505005E11</v>
       </c>
       <c r="D350" t="s" s="4">
         <v>29</v>
       </c>
       <c r="E350" t="s" s="4">
         <v>30</v>
       </c>
       <c r="F350" t="s">
         <v>31</v>
       </c>
       <c r="G350" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H350" t="s">
+        <v>0</v>
+      </c>
+      <c r="I350" t="s">
         <v>1181</v>
       </c>
-      <c r="H350" t="s">
-[...2 lines deleted...]
-      <c r="I350" t="s">
+      <c r="J350" t="s">
+        <v>0</v>
+      </c>
+      <c r="K350" t="s">
         <v>1182</v>
-      </c>
-[...4 lines deleted...]
-        <v>1183</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s" s="2">
+        <v>1183</v>
+      </c>
+      <c r="B351" t="s" s="2">
+        <v>28</v>
+      </c>
+      <c r="C351" t="n" s="3">
+        <v>7.91202505005E11</v>
+      </c>
+      <c r="D351" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E351" t="s" s="4">
+        <v>30</v>
+      </c>
+      <c r="F351" t="s">
+        <v>31</v>
+      </c>
+      <c r="G351" t="s">
         <v>1184</v>
       </c>
-      <c r="B351" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G351" t="s">
+      <c r="H351" t="s">
+        <v>0</v>
+      </c>
+      <c r="I351" t="s">
         <v>1185</v>
       </c>
-      <c r="H351" t="s">
-[...2 lines deleted...]
-      <c r="I351" t="s">
+      <c r="J351" t="s">
+        <v>0</v>
+      </c>
+      <c r="K351" t="s">
         <v>1186</v>
-      </c>
-[...4 lines deleted...]
-        <v>1187</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s" s="2">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="B352" t="s" s="2">
-        <v>167</v>
+        <v>43</v>
       </c>
       <c r="C352" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D352" t="s" s="4">
-        <v>168</v>
+        <v>44</v>
       </c>
       <c r="E352" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F352" t="s">
         <v>16</v>
       </c>
       <c r="G352" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="H352" t="s">
         <v>0</v>
       </c>
       <c r="I352" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="J352" t="s">
         <v>0</v>
       </c>
       <c r="K352" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s" s="2">
-        <v>1188</v>
+        <v>1187</v>
       </c>
       <c r="B353" t="s" s="2">
-        <v>316</v>
+        <v>167</v>
       </c>
       <c r="C353" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D353" t="s" s="4">
-        <v>14</v>
+        <v>168</v>
       </c>
       <c r="E353" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F353" t="s">
         <v>16</v>
       </c>
       <c r="G353" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H353" t="s">
+        <v>0</v>
+      </c>
+      <c r="I353" t="s">
         <v>1189</v>
       </c>
-      <c r="H353" t="s">
-[...2 lines deleted...]
-      <c r="I353" t="s">
+      <c r="J353" t="s">
+        <v>0</v>
+      </c>
+      <c r="K353" t="s">
         <v>1190</v>
-      </c>
-[...4 lines deleted...]
-        <v>1191</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s" s="2">
-        <v>1192</v>
+        <v>1191</v>
       </c>
       <c r="B354" t="s" s="2">
-        <v>43</v>
+        <v>316</v>
       </c>
       <c r="C354" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D354" t="s" s="4">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="E354" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F354" t="s">
         <v>16</v>
       </c>
       <c r="G354" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H354" t="s">
+        <v>0</v>
+      </c>
+      <c r="I354" t="s">
         <v>1193</v>
       </c>
-      <c r="H354" t="s">
-[...2 lines deleted...]
-      <c r="I354" t="s">
+      <c r="J354" t="s">
+        <v>0</v>
+      </c>
+      <c r="K354" t="s">
         <v>1194</v>
-      </c>
-[...4 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s" s="2">
+        <v>1195</v>
+      </c>
+      <c r="B355" t="s" s="2">
+        <v>43</v>
+      </c>
+      <c r="C355" t="n" s="3">
+        <v>7.91202003002E11</v>
+      </c>
+      <c r="D355" t="s" s="4">
+        <v>44</v>
+      </c>
+      <c r="E355" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F355" t="s">
+        <v>16</v>
+      </c>
+      <c r="G355" t="s">
         <v>1196</v>
       </c>
-      <c r="B355" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G355" t="s">
+      <c r="H355" t="s">
+        <v>0</v>
+      </c>
+      <c r="I355" t="s">
         <v>1197</v>
       </c>
-      <c r="H355" t="s">
-[...2 lines deleted...]
-      <c r="I355" t="s">
+      <c r="J355" t="s">
+        <v>0</v>
+      </c>
+      <c r="K355" t="s">
         <v>1198</v>
-      </c>
-[...4 lines deleted...]
-        <v>1199</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s" s="2">
+        <v>1199</v>
+      </c>
+      <c r="B356" t="s" s="2">
+        <v>408</v>
+      </c>
+      <c r="C356" t="n" s="3">
+        <v>7.91202502009E11</v>
+      </c>
+      <c r="D356" t="s" s="4">
+        <v>37</v>
+      </c>
+      <c r="E356" t="s" s="4">
+        <v>311</v>
+      </c>
+      <c r="F356" t="s">
+        <v>31</v>
+      </c>
+      <c r="G356" t="s">
         <v>1200</v>
       </c>
-      <c r="B356" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G356" t="s">
+      <c r="H356" t="s">
+        <v>0</v>
+      </c>
+      <c r="I356" t="s">
         <v>1201</v>
       </c>
-      <c r="H356" t="s">
-[...2 lines deleted...]
-      <c r="I356" t="s">
+      <c r="J356" t="s">
+        <v>0</v>
+      </c>
+      <c r="K356" t="s">
         <v>1202</v>
-      </c>
-[...4 lines deleted...]
-        <v>1203</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s" s="2">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="B357" t="s" s="2">
         <v>316</v>
       </c>
       <c r="C357" t="n" s="3">
         <v>7.91202004012E11</v>
       </c>
       <c r="D357" t="s" s="4">
         <v>14</v>
       </c>
       <c r="E357" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F357" t="s">
         <v>16</v>
       </c>
       <c r="G357" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H357" t="s">
+        <v>0</v>
+      </c>
+      <c r="I357" t="s">
         <v>1205</v>
       </c>
-      <c r="H357" t="s">
-[...2 lines deleted...]
-      <c r="I357" t="s">
+      <c r="J357" t="s">
+        <v>0</v>
+      </c>
+      <c r="K357" t="s">
         <v>1206</v>
-      </c>
-[...4 lines deleted...]
-        <v>1207</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s" s="2">
+        <v>1207</v>
+      </c>
+      <c r="B358" t="s" s="2">
+        <v>316</v>
+      </c>
+      <c r="C358" t="n" s="3">
+        <v>7.91202004012E11</v>
+      </c>
+      <c r="D358" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E358" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F358" t="s">
+        <v>16</v>
+      </c>
+      <c r="G358" t="s">
         <v>1208</v>
       </c>
-      <c r="B358" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G358" t="s">
+      <c r="H358" t="s">
+        <v>0</v>
+      </c>
+      <c r="I358" t="s">
         <v>1209</v>
       </c>
-      <c r="H358" t="s">
-[...2 lines deleted...]
-      <c r="I358" t="s">
+      <c r="J358" t="s">
+        <v>0</v>
+      </c>
+      <c r="K358" t="s">
         <v>1210</v>
-      </c>
-[...4 lines deleted...]
-        <v>1211</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s" s="2">
+        <v>1211</v>
+      </c>
+      <c r="B359" t="s" s="2">
+        <v>104</v>
+      </c>
+      <c r="C359" t="n" s="3">
+        <v>7.91202502005E11</v>
+      </c>
+      <c r="D359" t="s" s="4">
+        <v>37</v>
+      </c>
+      <c r="E359" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="F359" t="s">
+        <v>31</v>
+      </c>
+      <c r="G359" t="s">
         <v>1212</v>
       </c>
-      <c r="B359" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G359" t="s">
+      <c r="H359" t="s">
+        <v>0</v>
+      </c>
+      <c r="I359" t="s">
         <v>1213</v>
       </c>
-      <c r="H359" t="s">
-[...2 lines deleted...]
-      <c r="I359" t="s">
+      <c r="J359" t="s">
+        <v>0</v>
+      </c>
+      <c r="K359" t="s">
         <v>1214</v>
-      </c>
-[...4 lines deleted...]
-        <v>1215</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s" s="2">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="B360" t="s" s="2">
-        <v>167</v>
+        <v>375</v>
       </c>
       <c r="C360" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D360" t="s" s="4">
-        <v>168</v>
+        <v>14</v>
       </c>
       <c r="E360" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F360" t="s">
         <v>16</v>
       </c>
       <c r="G360" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H360" t="s">
+        <v>0</v>
+      </c>
+      <c r="I360" t="s">
         <v>1217</v>
       </c>
-      <c r="H360" t="s">
-[...2 lines deleted...]
-      <c r="I360" t="s">
+      <c r="J360" t="s">
+        <v>0</v>
+      </c>
+      <c r="K360" t="s">
         <v>1218</v>
-      </c>
-[...4 lines deleted...]
-        <v>1219</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s" s="2">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="B361" t="s" s="2">
         <v>167</v>
       </c>
       <c r="C361" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D361" t="s" s="4">
         <v>168</v>
       </c>
       <c r="E361" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F361" t="s">
         <v>16</v>
       </c>
       <c r="G361" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H361" t="s">
+        <v>0</v>
+      </c>
+      <c r="I361" t="s">
         <v>1221</v>
       </c>
-      <c r="H361" t="s">
-[...2 lines deleted...]
-      <c r="I361" t="s">
+      <c r="J361" t="s">
+        <v>0</v>
+      </c>
+      <c r="K361" t="s">
         <v>1222</v>
-      </c>
-[...4 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s" s="2">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="B362" t="s" s="2">
         <v>167</v>
       </c>
       <c r="C362" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D362" t="s" s="4">
         <v>168</v>
       </c>
       <c r="E362" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F362" t="s">
         <v>16</v>
       </c>
       <c r="G362" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H362" t="s">
+        <v>0</v>
+      </c>
+      <c r="I362" t="s">
         <v>1225</v>
       </c>
-      <c r="H362" t="s">
-[...2 lines deleted...]
-      <c r="I362" t="s">
+      <c r="J362" t="s">
+        <v>0</v>
+      </c>
+      <c r="K362" t="s">
         <v>1226</v>
-      </c>
-[...4 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s" s="2">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="B363" t="s" s="2">
-        <v>61</v>
+        <v>167</v>
       </c>
       <c r="C363" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D363" t="s" s="4">
-        <v>62</v>
+        <v>168</v>
       </c>
       <c r="E363" t="s" s="4">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F363" t="s">
         <v>16</v>
       </c>
       <c r="G363" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="H363" t="s">
         <v>0</v>
       </c>
       <c r="I363" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="J363" t="s">
         <v>0</v>
       </c>
       <c r="K363" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s" s="2">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="B364" t="s" s="2">
-        <v>183</v>
+        <v>61</v>
       </c>
       <c r="C364" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D364" t="s" s="4">
-        <v>184</v>
+        <v>62</v>
       </c>
       <c r="E364" t="s" s="4">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F364" t="s">
         <v>16</v>
       </c>
       <c r="G364" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="H364" t="s">
         <v>0</v>
       </c>
       <c r="I364" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="J364" t="s">
         <v>0</v>
       </c>
       <c r="K364" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s" s="2">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="B365" t="s" s="2">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="C365" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D365" t="s" s="4">
         <v>184</v>
       </c>
       <c r="E365" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F365" t="s">
         <v>16</v>
       </c>
       <c r="G365" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="H365" t="s">
         <v>0</v>
       </c>
       <c r="I365" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="J365" t="s">
         <v>0</v>
       </c>
       <c r="K365" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s" s="2">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="B366" t="s" s="2">
         <v>199</v>
       </c>
       <c r="C366" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D366" t="s" s="4">
         <v>184</v>
       </c>
       <c r="E366" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F366" t="s">
         <v>16</v>
       </c>
       <c r="G366" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H366" t="s">
+        <v>0</v>
+      </c>
+      <c r="I366" t="s">
         <v>1229</v>
       </c>
-      <c r="H366" t="s">
-[...2 lines deleted...]
-      <c r="I366" t="s">
+      <c r="J366" t="s">
+        <v>0</v>
+      </c>
+      <c r="K366" t="s">
         <v>1230</v>
-      </c>
-[...4 lines deleted...]
-        <v>1231</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s" s="2">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="B367" t="s" s="2">
-        <v>216</v>
+        <v>199</v>
       </c>
       <c r="C367" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D367" t="s" s="4">
-        <v>217</v>
+        <v>184</v>
       </c>
       <c r="E367" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F367" t="s">
         <v>16</v>
       </c>
       <c r="G367" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H367" t="s">
+        <v>0</v>
+      </c>
+      <c r="I367" t="s">
         <v>1233</v>
       </c>
-      <c r="H367" t="s">
-[...2 lines deleted...]
-      <c r="I367" t="s">
+      <c r="J367" t="s">
+        <v>0</v>
+      </c>
+      <c r="K367" t="s">
         <v>1234</v>
-      </c>
-[...4 lines deleted...]
-        <v>1235</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s" s="2">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="B368" t="s" s="2">
-        <v>375</v>
+        <v>216</v>
       </c>
       <c r="C368" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D368" t="s" s="4">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="E368" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F368" t="s">
         <v>16</v>
       </c>
       <c r="G368" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="H368" t="s">
         <v>0</v>
       </c>
       <c r="I368" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="J368" t="s">
         <v>0</v>
       </c>
       <c r="K368" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s" s="2">
+        <v>1235</v>
+      </c>
+      <c r="B369" t="s" s="2">
+        <v>375</v>
+      </c>
+      <c r="C369" t="n" s="3">
+        <v>7.91202004008E11</v>
+      </c>
+      <c r="D369" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E369" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F369" t="s">
+        <v>16</v>
+      </c>
+      <c r="G369" t="s">
         <v>1236</v>
       </c>
-      <c r="B369" t="s" s="2">
-[...16 lines deleted...]
-      </c>
       <c r="H369" t="s">
         <v>0</v>
       </c>
       <c r="I369" t="s">
-        <v>0</v>
+        <v>1237</v>
       </c>
       <c r="J369" t="s">
         <v>0</v>
       </c>
       <c r="K369" t="s">
-        <v>0</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s" s="2">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="B370" t="s" s="2">
-        <v>139</v>
+        <v>348</v>
       </c>
       <c r="C370" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D370" t="s" s="4">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="E370" t="s" s="4">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="F370" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
       <c r="G370" t="s">
-        <v>1238</v>
+        <v>0</v>
       </c>
       <c r="H370" t="s">
         <v>0</v>
       </c>
       <c r="I370" t="s">
-        <v>1239</v>
+        <v>0</v>
       </c>
       <c r="J370" t="s">
         <v>0</v>
       </c>
       <c r="K370" t="s">
-        <v>1240</v>
+        <v>0</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s" s="2">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="B371" t="s" s="2">
-        <v>43</v>
+        <v>139</v>
       </c>
       <c r="C371" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D371" t="s" s="4">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="E371" t="s" s="4">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="F371" t="s">
         <v>16</v>
       </c>
       <c r="G371" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="H371" t="s">
         <v>0</v>
       </c>
       <c r="I371" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="J371" t="s">
         <v>0</v>
       </c>
       <c r="K371" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s" s="2">
+        <v>1240</v>
+      </c>
+      <c r="B372" t="s" s="2">
+        <v>43</v>
+      </c>
+      <c r="C372" t="n" s="3">
+        <v>7.91202003002E11</v>
+      </c>
+      <c r="D372" t="s" s="4">
+        <v>44</v>
+      </c>
+      <c r="E372" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F372" t="s">
+        <v>16</v>
+      </c>
+      <c r="G372" t="s">
         <v>1241</v>
       </c>
-      <c r="B372" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G372" t="s">
+      <c r="H372" t="s">
+        <v>0</v>
+      </c>
+      <c r="I372" t="s">
         <v>1242</v>
       </c>
-      <c r="H372" t="s">
-[...2 lines deleted...]
-      <c r="I372" t="s">
+      <c r="J372" t="s">
+        <v>0</v>
+      </c>
+      <c r="K372" t="s">
         <v>1243</v>
-      </c>
-[...4 lines deleted...]
-        <v>1244</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s" s="2">
-        <v>1245</v>
+        <v>1244</v>
       </c>
       <c r="B373" t="s" s="2">
         <v>260</v>
       </c>
       <c r="C373" t="n" s="3">
         <v>7.91202505001E11</v>
       </c>
       <c r="D373" t="s" s="4">
         <v>29</v>
       </c>
       <c r="E373" t="s" s="4">
         <v>30</v>
       </c>
       <c r="F373" t="s">
         <v>31</v>
       </c>
       <c r="G373" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H373" t="s">
+        <v>0</v>
+      </c>
+      <c r="I373" t="s">
         <v>1246</v>
       </c>
-      <c r="H373" t="s">
-[...2 lines deleted...]
-      <c r="I373" t="s">
+      <c r="J373" t="s">
+        <v>0</v>
+      </c>
+      <c r="K373" t="s">
         <v>1247</v>
-      </c>
-[...4 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s" s="2">
+        <v>1248</v>
+      </c>
+      <c r="B374" t="s" s="2">
+        <v>260</v>
+      </c>
+      <c r="C374" t="n" s="3">
+        <v>7.91202505001E11</v>
+      </c>
+      <c r="D374" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E374" t="s" s="4">
+        <v>30</v>
+      </c>
+      <c r="F374" t="s">
+        <v>31</v>
+      </c>
+      <c r="G374" t="s">
         <v>1249</v>
       </c>
-      <c r="B374" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G374" t="s">
+      <c r="H374" t="s">
+        <v>0</v>
+      </c>
+      <c r="I374" t="s">
         <v>1250</v>
       </c>
-      <c r="H374" t="s">
-[...2 lines deleted...]
-      <c r="I374" t="s">
+      <c r="J374" t="s">
+        <v>0</v>
+      </c>
+      <c r="K374" t="s">
         <v>1251</v>
-      </c>
-[...4 lines deleted...]
-        <v>1252</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s" s="2">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="B375" t="s" s="2">
-        <v>177</v>
+        <v>235</v>
       </c>
       <c r="C375" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D375" t="s" s="4">
         <v>68</v>
       </c>
       <c r="E375" t="s" s="4">
         <v>178</v>
       </c>
       <c r="F375" t="s">
         <v>16</v>
       </c>
       <c r="G375" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="H375" t="s">
         <v>0</v>
       </c>
       <c r="I375" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="J375" t="s">
         <v>0</v>
       </c>
       <c r="K375" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s" s="2">
+        <v>1252</v>
+      </c>
+      <c r="B376" t="s" s="2">
+        <v>177</v>
+      </c>
+      <c r="C376" t="n" s="3">
+        <v>7.91202303005E11</v>
+      </c>
+      <c r="D376" t="s" s="4">
+        <v>68</v>
+      </c>
+      <c r="E376" t="s" s="4">
+        <v>178</v>
+      </c>
+      <c r="F376" t="s">
+        <v>16</v>
+      </c>
+      <c r="G376" t="s">
         <v>1253</v>
       </c>
-      <c r="B376" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G376" t="s">
+      <c r="H376" t="s">
+        <v>0</v>
+      </c>
+      <c r="I376" t="s">
         <v>1254</v>
       </c>
-      <c r="H376" t="s">
-[...2 lines deleted...]
-      <c r="I376" t="s">
+      <c r="J376" t="s">
+        <v>0</v>
+      </c>
+      <c r="K376" t="s">
         <v>1255</v>
-      </c>
-[...4 lines deleted...]
-        <v>1256</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s" s="2">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="B377" t="s" s="2">
-        <v>211</v>
+        <v>259</v>
       </c>
       <c r="C377" t="n" s="3">
-        <v>7.91202505002E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D377" t="s" s="4">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E377" t="s" s="4">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F377" t="s">
         <v>31</v>
       </c>
       <c r="G377" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="H377" t="s">
         <v>0</v>
       </c>
       <c r="I377" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="J377" t="s">
         <v>0</v>
       </c>
       <c r="K377" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s" s="2">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="B378" t="s" s="2">
-        <v>61</v>
+        <v>211</v>
       </c>
       <c r="C378" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D378" t="s" s="4">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="E378" t="s" s="4">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="F378" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G378" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="H378" t="s">
         <v>0</v>
       </c>
       <c r="I378" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="J378" t="s">
         <v>0</v>
       </c>
       <c r="K378" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s" s="2">
+        <v>1256</v>
+      </c>
+      <c r="B379" t="s" s="2">
+        <v>61</v>
+      </c>
+      <c r="C379" t="n" s="3">
+        <v>7.91202007026E11</v>
+      </c>
+      <c r="D379" t="s" s="4">
+        <v>62</v>
+      </c>
+      <c r="E379" t="s" s="4">
+        <v>63</v>
+      </c>
+      <c r="F379" t="s">
+        <v>16</v>
+      </c>
+      <c r="G379" t="s">
         <v>1257</v>
       </c>
-      <c r="B379" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G379" t="s">
+      <c r="H379" t="s">
+        <v>0</v>
+      </c>
+      <c r="I379" t="s">
         <v>1258</v>
       </c>
-      <c r="H379" t="s">
-[...2 lines deleted...]
-      <c r="I379" t="s">
+      <c r="J379" t="s">
+        <v>0</v>
+      </c>
+      <c r="K379" t="s">
         <v>1259</v>
-      </c>
-[...4 lines deleted...]
-        <v>1260</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s" s="2">
+        <v>1260</v>
+      </c>
+      <c r="B380" t="s" s="2">
+        <v>56</v>
+      </c>
+      <c r="C380" t="n" s="3">
+        <v>7.91202505008E11</v>
+      </c>
+      <c r="D380" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E380" t="s" s="4">
+        <v>30</v>
+      </c>
+      <c r="F380" t="s">
+        <v>31</v>
+      </c>
+      <c r="G380" t="s">
         <v>1261</v>
       </c>
-      <c r="B380" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G380" t="s">
+      <c r="H380" t="s">
+        <v>0</v>
+      </c>
+      <c r="I380" t="s">
         <v>1262</v>
       </c>
-      <c r="H380" t="s">
-[...2 lines deleted...]
-      <c r="I380" t="s">
+      <c r="J380" t="s">
+        <v>0</v>
+      </c>
+      <c r="K380" t="s">
         <v>1263</v>
-      </c>
-[...4 lines deleted...]
-        <v>1264</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s" s="2">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="B381" t="s" s="2">
-        <v>139</v>
+        <v>553</v>
       </c>
       <c r="C381" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202303003E11</v>
       </c>
       <c r="D381" t="s" s="4">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="E381" t="s" s="4">
-        <v>140</v>
+        <v>554</v>
       </c>
       <c r="F381" t="s">
         <v>16</v>
       </c>
       <c r="G381" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="H381" t="s">
         <v>0</v>
       </c>
       <c r="I381" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="J381" t="s">
         <v>0</v>
       </c>
       <c r="K381" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s" s="2">
+        <v>1264</v>
+      </c>
+      <c r="B382" t="s" s="2">
+        <v>139</v>
+      </c>
+      <c r="C382" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D382" t="s" s="4">
+        <v>68</v>
+      </c>
+      <c r="E382" t="s" s="4">
+        <v>140</v>
+      </c>
+      <c r="F382" t="s">
+        <v>16</v>
+      </c>
+      <c r="G382" t="s">
         <v>1265</v>
       </c>
-      <c r="B382" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G382" t="s">
+      <c r="H382" t="s">
+        <v>0</v>
+      </c>
+      <c r="I382" t="s">
         <v>1266</v>
       </c>
-      <c r="H382" t="s">
-[...2 lines deleted...]
-      <c r="I382" t="s">
+      <c r="J382" t="s">
+        <v>0</v>
+      </c>
+      <c r="K382" t="s">
         <v>1267</v>
-      </c>
-[...4 lines deleted...]
-        <v>1268</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s" s="2">
+        <v>1268</v>
+      </c>
+      <c r="B383" t="s" s="2">
+        <v>13</v>
+      </c>
+      <c r="C383" t="n" s="3">
+        <v>7.91202004009E11</v>
+      </c>
+      <c r="D383" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E383" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F383" t="s">
+        <v>16</v>
+      </c>
+      <c r="G383" t="s">
         <v>1269</v>
       </c>
-      <c r="B383" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G383" t="s">
+      <c r="H383" t="s">
+        <v>0</v>
+      </c>
+      <c r="I383" t="s">
         <v>1270</v>
       </c>
-      <c r="H383" t="s">
-[...2 lines deleted...]
-      <c r="I383" t="s">
+      <c r="J383" t="s">
+        <v>0</v>
+      </c>
+      <c r="K383" t="s">
         <v>1271</v>
-      </c>
-[...4 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s" s="2">
-        <v>1273</v>
+        <v>1272</v>
       </c>
       <c r="B384" t="s" s="2">
-        <v>28</v>
+        <v>429</v>
       </c>
       <c r="C384" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D384" t="s" s="4">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="E384" t="s" s="4">
-        <v>30</v>
+        <v>116</v>
       </c>
       <c r="F384" t="s">
         <v>31</v>
       </c>
       <c r="G384" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H384" t="s">
+        <v>0</v>
+      </c>
+      <c r="I384" t="s">
         <v>1274</v>
       </c>
-      <c r="H384" t="s">
-[...2 lines deleted...]
-      <c r="I384" t="s">
+      <c r="J384" t="s">
+        <v>0</v>
+      </c>
+      <c r="K384" t="s">
         <v>1275</v>
-      </c>
-[...4 lines deleted...]
-        <v>1276</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s" s="2">
+        <v>1276</v>
+      </c>
+      <c r="B385" t="s" s="2">
+        <v>28</v>
+      </c>
+      <c r="C385" t="n" s="3">
+        <v>7.91202505005E11</v>
+      </c>
+      <c r="D385" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E385" t="s" s="4">
+        <v>30</v>
+      </c>
+      <c r="F385" t="s">
+        <v>31</v>
+      </c>
+      <c r="G385" t="s">
         <v>1277</v>
       </c>
-      <c r="B385" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G385" t="s">
+      <c r="H385" t="s">
+        <v>0</v>
+      </c>
+      <c r="I385" t="s">
         <v>1278</v>
       </c>
-      <c r="H385" t="s">
-[...2 lines deleted...]
-      <c r="I385" t="s">
+      <c r="J385" t="s">
+        <v>0</v>
+      </c>
+      <c r="K385" t="s">
         <v>1279</v>
-      </c>
-[...4 lines deleted...]
-        <v>1280</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s" s="2">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="B386" t="s" s="2">
-        <v>302</v>
+        <v>235</v>
       </c>
       <c r="C386" t="n" s="3">
-        <v>7.91202303008E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D386" t="s" s="4">
         <v>68</v>
       </c>
       <c r="E386" t="s" s="4">
-        <v>303</v>
+        <v>178</v>
       </c>
       <c r="F386" t="s">
         <v>16</v>
       </c>
       <c r="G386" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="H386" t="s">
         <v>0</v>
       </c>
       <c r="I386" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="J386" t="s">
         <v>0</v>
       </c>
       <c r="K386" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s" s="2">
+        <v>1280</v>
+      </c>
+      <c r="B387" t="s" s="2">
+        <v>302</v>
+      </c>
+      <c r="C387" t="n" s="3">
+        <v>7.91202303008E11</v>
+      </c>
+      <c r="D387" t="s" s="4">
+        <v>68</v>
+      </c>
+      <c r="E387" t="s" s="4">
+        <v>303</v>
+      </c>
+      <c r="F387" t="s">
+        <v>16</v>
+      </c>
+      <c r="G387" t="s">
         <v>1281</v>
       </c>
-      <c r="B387" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G387" t="s">
+      <c r="H387" t="s">
+        <v>0</v>
+      </c>
+      <c r="I387" t="s">
         <v>1282</v>
       </c>
-      <c r="H387" t="s">
-[...2 lines deleted...]
-      <c r="I387" t="s">
+      <c r="J387" t="s">
+        <v>0</v>
+      </c>
+      <c r="K387" t="s">
         <v>1283</v>
-      </c>
-[...4 lines deleted...]
-        <v>1284</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s" s="2">
+        <v>1284</v>
+      </c>
+      <c r="B388" t="s" s="2">
+        <v>199</v>
+      </c>
+      <c r="C388" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D388" t="s" s="4">
+        <v>184</v>
+      </c>
+      <c r="E388" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F388" t="s">
+        <v>16</v>
+      </c>
+      <c r="G388" t="s">
         <v>1285</v>
       </c>
-      <c r="B388" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G388" t="s">
+      <c r="H388" t="s">
+        <v>0</v>
+      </c>
+      <c r="I388" t="s">
         <v>1286</v>
       </c>
-      <c r="H388" t="s">
-[...2 lines deleted...]
-      <c r="I388" t="s">
+      <c r="J388" t="s">
+        <v>0</v>
+      </c>
+      <c r="K388" t="s">
         <v>1287</v>
-      </c>
-[...4 lines deleted...]
-        <v>1288</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s" s="2">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="B389" t="s" s="2">
-        <v>56</v>
+        <v>463</v>
       </c>
       <c r="C389" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D389" t="s" s="4">
-        <v>29</v>
+        <v>464</v>
       </c>
       <c r="E389" t="s" s="4">
-        <v>30</v>
+        <v>465</v>
       </c>
       <c r="F389" t="s">
         <v>31</v>
       </c>
       <c r="G389" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="H389" t="s">
         <v>0</v>
       </c>
       <c r="I389" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="J389" t="s">
         <v>0</v>
       </c>
       <c r="K389" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s" s="2">
+        <v>1288</v>
+      </c>
+      <c r="B390" t="s" s="2">
+        <v>56</v>
+      </c>
+      <c r="C390" t="n" s="3">
+        <v>7.91202505008E11</v>
+      </c>
+      <c r="D390" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E390" t="s" s="4">
+        <v>30</v>
+      </c>
+      <c r="F390" t="s">
+        <v>31</v>
+      </c>
+      <c r="G390" t="s">
         <v>1289</v>
       </c>
-      <c r="B390" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G390" t="s">
+      <c r="H390" t="s">
+        <v>0</v>
+      </c>
+      <c r="I390" t="s">
         <v>1290</v>
       </c>
-      <c r="H390" t="s">
-[...2 lines deleted...]
-      <c r="I390" t="s">
+      <c r="J390" t="s">
+        <v>0</v>
+      </c>
+      <c r="K390" t="s">
         <v>1291</v>
-      </c>
-[...4 lines deleted...]
-        <v>1292</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s" s="2">
+        <v>1292</v>
+      </c>
+      <c r="B391" t="s" s="2">
+        <v>167</v>
+      </c>
+      <c r="C391" t="n" s="3">
+        <v>7.91202005016E11</v>
+      </c>
+      <c r="D391" t="s" s="4">
+        <v>168</v>
+      </c>
+      <c r="E391" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F391" t="s">
+        <v>16</v>
+      </c>
+      <c r="G391" t="s">
         <v>1293</v>
       </c>
-      <c r="B391" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G391" t="s">
+      <c r="H391" t="s">
+        <v>0</v>
+      </c>
+      <c r="I391" t="s">
         <v>1294</v>
       </c>
-      <c r="H391" t="s">
-[...2 lines deleted...]
-      <c r="I391" t="s">
+      <c r="J391" t="s">
+        <v>0</v>
+      </c>
+      <c r="K391" t="s">
         <v>1295</v>
-      </c>
-[...4 lines deleted...]
-        <v>1296</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s" s="2">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="B392" t="s" s="2">
-        <v>463</v>
+        <v>56</v>
       </c>
       <c r="C392" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D392" t="s" s="4">
-        <v>464</v>
+        <v>29</v>
       </c>
       <c r="E392" t="s" s="4">
-        <v>465</v>
+        <v>30</v>
       </c>
       <c r="F392" t="s">
         <v>31</v>
       </c>
       <c r="G392" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="H392" t="s">
         <v>0</v>
       </c>
       <c r="I392" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="J392" t="s">
         <v>0</v>
       </c>
       <c r="K392" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s" s="2">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="B393" t="s" s="2">
-        <v>1119</v>
+        <v>463</v>
       </c>
       <c r="C393" t="n" s="3">
-        <v>7.91202309001E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D393" t="s" s="4">
-        <v>1120</v>
+        <v>464</v>
       </c>
       <c r="E393" t="s" s="4">
-        <v>1121</v>
+        <v>465</v>
       </c>
       <c r="F393" t="s">
         <v>31</v>
       </c>
       <c r="G393" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="H393" t="s">
         <v>0</v>
       </c>
       <c r="I393" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="J393" t="s">
         <v>0</v>
       </c>
       <c r="K393" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s" s="2">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="B394" t="s" s="2">
-        <v>104</v>
+        <v>1119</v>
       </c>
       <c r="C394" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202309001E11</v>
       </c>
       <c r="D394" t="s" s="4">
-        <v>37</v>
+        <v>1120</v>
       </c>
       <c r="E394" t="s" s="4">
-        <v>38</v>
+        <v>1121</v>
       </c>
       <c r="F394" t="s">
         <v>31</v>
       </c>
       <c r="G394" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H394" t="s">
+        <v>0</v>
+      </c>
+      <c r="I394" t="s">
         <v>1298</v>
       </c>
-      <c r="H394" t="s">
-[...2 lines deleted...]
-      <c r="I394" t="s">
+      <c r="J394" t="s">
+        <v>0</v>
+      </c>
+      <c r="K394" t="s">
         <v>1299</v>
-      </c>
-[...4 lines deleted...]
-        <v>1300</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s" s="2">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="B395" t="s" s="2">
         <v>104</v>
       </c>
       <c r="C395" t="n" s="3">
         <v>7.91202502005E11</v>
       </c>
       <c r="D395" t="s" s="4">
         <v>37</v>
       </c>
       <c r="E395" t="s" s="4">
         <v>38</v>
       </c>
       <c r="F395" t="s">
         <v>31</v>
       </c>
       <c r="G395" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H395" t="s">
+        <v>0</v>
+      </c>
+      <c r="I395" t="s">
         <v>1302</v>
       </c>
-      <c r="H395" t="s">
-[...2 lines deleted...]
-      <c r="I395" t="s">
+      <c r="J395" t="s">
+        <v>0</v>
+      </c>
+      <c r="K395" t="s">
         <v>1303</v>
-      </c>
-[...4 lines deleted...]
-        <v>1304</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s" s="2">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="B396" t="s" s="2">
-        <v>28</v>
+        <v>104</v>
       </c>
       <c r="C396" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D396" t="s" s="4">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E396" t="s" s="4">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F396" t="s">
         <v>31</v>
       </c>
       <c r="G396" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="H396" t="s">
         <v>0</v>
       </c>
       <c r="I396" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="J396" t="s">
         <v>0</v>
       </c>
       <c r="K396" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s" s="2">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="B397" t="s" s="2">
-        <v>1306</v>
+        <v>28</v>
       </c>
       <c r="C397" t="n" s="3">
-        <v>7.91202409008E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D397" t="s" s="4">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="E397" t="s" s="4">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="F397" t="s">
         <v>31</v>
       </c>
       <c r="G397" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H397" t="s">
+        <v>0</v>
+      </c>
+      <c r="I397" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J397" t="s">
+        <v>0</v>
+      </c>
+      <c r="K397" t="s">
         <v>1307</v>
-      </c>
-[...10 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s" s="2">
+        <v>1308</v>
+      </c>
+      <c r="B398" t="s" s="2">
+        <v>1309</v>
+      </c>
+      <c r="C398" t="n" s="3">
+        <v>7.91202409008E11</v>
+      </c>
+      <c r="D398" t="s" s="4">
+        <v>50</v>
+      </c>
+      <c r="E398" t="s" s="4">
+        <v>51</v>
+      </c>
+      <c r="F398" t="s">
+        <v>31</v>
+      </c>
+      <c r="G398" t="s">
         <v>1310</v>
       </c>
-      <c r="B398" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G398" t="s">
+      <c r="H398" t="s">
+        <v>0</v>
+      </c>
+      <c r="I398" t="s">
         <v>1311</v>
       </c>
-      <c r="H398" t="s">
-[...2 lines deleted...]
-      <c r="I398" t="s">
+      <c r="J398" t="s">
+        <v>0</v>
+      </c>
+      <c r="K398" t="s">
         <v>1312</v>
-      </c>
-[...4 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s" s="2">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="B399" t="s" s="2">
-        <v>189</v>
+        <v>235</v>
       </c>
       <c r="C399" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D399" t="s" s="4">
-        <v>190</v>
+        <v>68</v>
       </c>
       <c r="E399" t="s" s="4">
-        <v>140</v>
+        <v>178</v>
       </c>
       <c r="F399" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G399" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="H399" t="s">
         <v>0</v>
       </c>
       <c r="I399" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="J399" t="s">
         <v>0</v>
       </c>
       <c r="K399" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s" s="2">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="B400" t="s" s="2">
-        <v>230</v>
+        <v>189</v>
       </c>
       <c r="C400" t="n" s="3">
-        <v>7.91202207008E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D400" t="s" s="4">
-        <v>231</v>
+        <v>190</v>
       </c>
       <c r="E400" t="s" s="4">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="F400" t="s">
         <v>31</v>
       </c>
       <c r="G400" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H400" t="s">
+        <v>0</v>
+      </c>
+      <c r="I400" t="s">
         <v>1315</v>
       </c>
-      <c r="H400" t="s">
-[...2 lines deleted...]
-      <c r="I400" t="s">
+      <c r="J400" t="s">
+        <v>0</v>
+      </c>
+      <c r="K400" t="s">
         <v>1316</v>
-      </c>
-[...4 lines deleted...]
-        <v>1317</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s" s="2">
+        <v>1317</v>
+      </c>
+      <c r="B401" t="s" s="2">
+        <v>230</v>
+      </c>
+      <c r="C401" t="n" s="3">
+        <v>7.91202207008E11</v>
+      </c>
+      <c r="D401" t="s" s="4">
+        <v>231</v>
+      </c>
+      <c r="E401" t="s" s="4">
+        <v>116</v>
+      </c>
+      <c r="F401" t="s">
+        <v>31</v>
+      </c>
+      <c r="G401" t="s">
         <v>1318</v>
       </c>
-      <c r="B401" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G401" t="s">
+      <c r="H401" t="s">
+        <v>0</v>
+      </c>
+      <c r="I401" t="s">
         <v>1319</v>
       </c>
-      <c r="H401" t="s">
-[...2 lines deleted...]
-      <c r="I401" t="s">
+      <c r="J401" t="s">
+        <v>0</v>
+      </c>
+      <c r="K401" t="s">
         <v>1320</v>
-      </c>
-[...4 lines deleted...]
-        <v>1321</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s" s="2">
+        <v>1321</v>
+      </c>
+      <c r="B402" t="s" s="2">
+        <v>375</v>
+      </c>
+      <c r="C402" t="n" s="3">
+        <v>7.91202004008E11</v>
+      </c>
+      <c r="D402" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E402" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F402" t="s">
+        <v>16</v>
+      </c>
+      <c r="G402" t="s">
         <v>1322</v>
       </c>
-      <c r="B402" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G402" t="s">
+      <c r="H402" t="s">
+        <v>0</v>
+      </c>
+      <c r="I402" t="s">
         <v>1323</v>
       </c>
-      <c r="H402" t="s">
-[...2 lines deleted...]
-      <c r="I402" t="s">
+      <c r="J402" t="s">
+        <v>0</v>
+      </c>
+      <c r="K402" t="s">
         <v>1324</v>
-      </c>
-[...4 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s" s="2">
-        <v>1326</v>
+        <v>1325</v>
       </c>
       <c r="B403" t="s" s="2">
-        <v>429</v>
+        <v>125</v>
       </c>
       <c r="C403" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202505006E11</v>
       </c>
       <c r="D403" t="s" s="4">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="E403" t="s" s="4">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="F403" t="s">
         <v>31</v>
       </c>
       <c r="G403" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H403" t="s">
+        <v>0</v>
+      </c>
+      <c r="I403" t="s">
         <v>1327</v>
       </c>
-      <c r="H403" t="s">
-[...2 lines deleted...]
-      <c r="I403" t="s">
+      <c r="J403" t="s">
+        <v>0</v>
+      </c>
+      <c r="K403" t="s">
         <v>1328</v>
-      </c>
-[...4 lines deleted...]
-        <v>1329</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s" s="2">
+        <v>1329</v>
+      </c>
+      <c r="B404" t="s" s="2">
+        <v>429</v>
+      </c>
+      <c r="C404" t="n" s="3">
+        <v>7.91202207003E11</v>
+      </c>
+      <c r="D404" t="s" s="4">
+        <v>273</v>
+      </c>
+      <c r="E404" t="s" s="4">
+        <v>116</v>
+      </c>
+      <c r="F404" t="s">
+        <v>31</v>
+      </c>
+      <c r="G404" t="s">
         <v>1330</v>
       </c>
-      <c r="B404" t="s" s="2">
-[...16 lines deleted...]
-      </c>
       <c r="H404" t="s">
         <v>0</v>
       </c>
       <c r="I404" t="s">
-        <v>402</v>
+        <v>1331</v>
       </c>
       <c r="J404" t="s">
         <v>0</v>
       </c>
       <c r="K404" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s" s="2">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="B405" t="s" s="2">
-        <v>1333</v>
+        <v>379</v>
       </c>
       <c r="C405" t="n" s="3">
-        <v>7.91202502001E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D405" t="s" s="4">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E405" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F405" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G405" t="s">
+        <v>723</v>
+      </c>
+      <c r="H405" t="s">
+        <v>0</v>
+      </c>
+      <c r="I405" t="s">
+        <v>402</v>
+      </c>
+      <c r="J405" t="s">
+        <v>0</v>
+      </c>
+      <c r="K405" t="s">
         <v>1334</v>
-      </c>
-[...10 lines deleted...]
-        <v>1336</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s" s="2">
+        <v>1335</v>
+      </c>
+      <c r="B406" t="s" s="2">
+        <v>1336</v>
+      </c>
+      <c r="C406" t="n" s="3">
+        <v>7.91202502001E11</v>
+      </c>
+      <c r="D406" t="s" s="4">
+        <v>37</v>
+      </c>
+      <c r="E406" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="F406" t="s">
+        <v>31</v>
+      </c>
+      <c r="G406" t="s">
         <v>1337</v>
       </c>
-      <c r="B406" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G406" t="s">
+      <c r="H406" t="s">
+        <v>0</v>
+      </c>
+      <c r="I406" t="s">
         <v>1338</v>
       </c>
-      <c r="H406" t="s">
-[...2 lines deleted...]
-      <c r="I406" t="s">
+      <c r="J406" t="s">
+        <v>0</v>
+      </c>
+      <c r="K406" t="s">
         <v>1339</v>
-      </c>
-[...4 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s" s="2">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="B407" t="s" s="2">
         <v>183</v>
       </c>
       <c r="C407" t="n" s="3">
         <v>7.91202005015E11</v>
       </c>
       <c r="D407" t="s" s="4">
         <v>184</v>
       </c>
       <c r="E407" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F407" t="s">
         <v>16</v>
       </c>
       <c r="G407" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H407" t="s">
+        <v>0</v>
+      </c>
+      <c r="I407" t="s">
         <v>1342</v>
       </c>
-      <c r="H407" t="s">
-[...2 lines deleted...]
-      <c r="I407" t="s">
+      <c r="J407" t="s">
+        <v>0</v>
+      </c>
+      <c r="K407" t="s">
         <v>1343</v>
-      </c>
-[...4 lines deleted...]
-        <v>1344</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s" s="2">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="B408" t="s" s="2">
+        <v>1345</v>
+      </c>
+      <c r="C408" t="n" s="3">
+        <v>7.91202507005E11</v>
+      </c>
+      <c r="D408" t="s" s="4">
+        <v>1170</v>
+      </c>
+      <c r="E408" t="s" s="4">
+        <v>1171</v>
+      </c>
+      <c r="F408" t="s">
+        <v>31</v>
+      </c>
+      <c r="G408" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H408" t="s">
+        <v>0</v>
+      </c>
+      <c r="I408" t="s">
+        <v>1347</v>
+      </c>
+      <c r="J408" t="s">
+        <v>0</v>
+      </c>
+      <c r="K408" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" t="s" s="2">
+        <v>1349</v>
+      </c>
+      <c r="B409" t="s" s="2">
+        <v>183</v>
+      </c>
+      <c r="C409" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D409" t="s" s="4">
+        <v>184</v>
+      </c>
+      <c r="E409" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F409" t="s">
+        <v>16</v>
+      </c>
+      <c r="G409" t="s">
+        <v>1350</v>
+      </c>
+      <c r="H409" t="s">
+        <v>0</v>
+      </c>
+      <c r="I409" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J409" t="s">
+        <v>0</v>
+      </c>
+      <c r="K409" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" t="s" s="2">
+        <v>1349</v>
+      </c>
+      <c r="B410" t="s" s="2">
         <v>167</v>
       </c>
-      <c r="C408" t="n" s="3">
+      <c r="C410" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
-      <c r="D408" t="s" s="4">
+      <c r="D410" t="s" s="4">
         <v>168</v>
       </c>
-      <c r="E408" t="s" s="4">
+      <c r="E410" t="s" s="4">
         <v>15</v>
       </c>
-      <c r="F408" t="s">
-[...15 lines deleted...]
-        <v>1344</v>
+      <c r="F410" t="s">
+        <v>16</v>
+      </c>
+      <c r="G410" t="s">
+        <v>1350</v>
+      </c>
+      <c r="H410" t="s">
+        <v>0</v>
+      </c>
+      <c r="I410" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J410" t="s">
+        <v>0</v>
+      </c>
+      <c r="K410" t="s">
+        <v>1352</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>