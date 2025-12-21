--- v1 (2025-11-09)
+++ v2 (2025-12-21)
@@ -13,51 +13,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
 <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
 <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="791Vendors" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7332" uniqueCount="1353">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7756" uniqueCount="1426">
   <si>
     <t/>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>Contract</t>
   </si>
   <si>
     <t>Awarded Date</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Lead Agency</t>
   </si>
   <si>
     <t>Contact Name</t>
   </si>
   <si>
@@ -96,65 +96,89 @@
   <si>
     <t>info@2vindustries.com</t>
   </si>
   <si>
     <t>Abacus Computers Inc</t>
   </si>
   <si>
     <t>Security Products, Equipment and Services</t>
   </si>
   <si>
     <t>05/19/2023</t>
   </si>
   <si>
     <t>05/31/2030</t>
   </si>
   <si>
     <t>Tim McNurlen</t>
   </si>
   <si>
     <t>(432) 687-5424</t>
   </si>
   <si>
     <t>tdmcnurlen@abacustx.com</t>
   </si>
   <si>
+    <t>Absolute Communications &amp; Network Inc</t>
+  </si>
+  <si>
+    <t>Metering Systems and Related Products, Technology, and Services</t>
+  </si>
+  <si>
+    <t>12/01/2025</t>
+  </si>
+  <si>
+    <t>12/01/2033</t>
+  </si>
+  <si>
+    <t>CTCOG</t>
+  </si>
+  <si>
+    <t>Robert Ener</t>
+  </si>
+  <si>
+    <t>(210) 892-3800</t>
+  </si>
+  <si>
+    <t>robert_ener@callabsolute.com</t>
+  </si>
+  <si>
+    <t>Security Systems and Related Products, Technology, and Services</t>
+  </si>
+  <si>
     <t>Accenture Infrastructure &amp; Capital Projects, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Government Consulting Services </t>
   </si>
   <si>
     <t>07/09/2025</t>
   </si>
   <si>
     <t>07/09/2033</t>
   </si>
   <si>
-    <t>CTCOG</t>
-[...1 lines deleted...]
-  <si>
     <t>Corey Burbach</t>
   </si>
   <si>
     <t>(949) 680-9232</t>
   </si>
   <si>
     <t>c.burbach@accenture.com</t>
   </si>
   <si>
     <t>Acme Soap Inc</t>
   </si>
   <si>
     <t>Facility Maintenance and Managed Services and Supplies</t>
   </si>
   <si>
     <t>03/28/2025</t>
   </si>
   <si>
     <t>03/31/2033</t>
   </si>
   <si>
     <t xml:space="preserve">Danielle Knappick </t>
   </si>
   <si>
     <t>(210) 731-9800</t>
@@ -318,134 +342,143 @@
   <si>
     <t>(956) 381-2080</t>
   </si>
   <si>
     <t>aigsolutionsgroup@gmail.com</t>
   </si>
   <si>
     <t>ALL ABOUT ANIMALS, LLC</t>
   </si>
   <si>
     <t>Cindi Cavallini</t>
   </si>
   <si>
     <t>(760) 468-1147</t>
   </si>
   <si>
     <t>allaboutanimalslive@yahoo.com</t>
   </si>
   <si>
     <t>All Traffic Solutions</t>
   </si>
   <si>
     <t>Portable Speed Signs</t>
   </si>
   <si>
-    <t>Jodi Rowe</t>
-[...5 lines deleted...]
-    <t>contracts@alltrafficsolutions.com</t>
+    <t>Kabir Uddin</t>
+  </si>
+  <si>
+    <t>(571) 521-3133</t>
+  </si>
+  <si>
+    <t>kuddin@alltrafficsolutions.com</t>
   </si>
   <si>
     <t>Technology Products and Services</t>
   </si>
   <si>
     <t>AlmsTravel LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Communications Systems, Equipment, and Shelter Products and Services. </t>
   </si>
   <si>
     <t>08/06/2025</t>
   </si>
   <si>
     <t>08/06/2030</t>
   </si>
   <si>
     <t>Alo Company</t>
   </si>
   <si>
     <t>Oscar Sosa</t>
   </si>
   <si>
     <t>(210) 548-3906</t>
   </si>
   <si>
     <t>obs@alogc.com</t>
   </si>
   <si>
+    <t>Facility Trade Services-JOC Part 2</t>
+  </si>
+  <si>
+    <t>12/01/2030</t>
+  </si>
+  <si>
     <t>Alpha Building Corporation</t>
   </si>
   <si>
     <t>Job Order Contracting / IDIQ / Best Value Unit-Price -Part 2</t>
   </si>
   <si>
     <t>08/25/2022</t>
   </si>
   <si>
     <t>08/31/2027</t>
   </si>
   <si>
     <t>Candi Lewis</t>
   </si>
   <si>
     <t>(210) 850-1054</t>
   </si>
   <si>
     <t>clewis@alphabuilding.com</t>
   </si>
   <si>
     <t>AlphaB2B LLC</t>
   </si>
   <si>
     <t>Heather Fotch</t>
   </si>
   <si>
     <t>(888) 866-3712</t>
   </si>
   <si>
     <t>hfotch@alphab2b.biz</t>
   </si>
   <si>
     <t>Ameresco, Inc.</t>
   </si>
   <si>
+    <t>Leslie Taylor</t>
+  </si>
+  <si>
+    <t>(508) 598-3157</t>
+  </si>
+  <si>
+    <t>LTaylor@ameresco.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Energy as a Service </t>
+  </si>
+  <si>
     <t>Energy Savings Performance Contracts</t>
   </si>
   <si>
-    <t xml:space="preserve"> Sarah Price </t>
-[...7 lines deleted...]
-  <si>
     <t>07/31/2033</t>
   </si>
   <si>
     <t>American Defense Solutions of Texas, LLC.</t>
   </si>
   <si>
     <t xml:space="preserve">Security Products and Services </t>
   </si>
   <si>
     <t>Mark Hannon</t>
   </si>
   <si>
     <t>(646) 235-6268</t>
   </si>
   <si>
     <t>mark@ads-security.com</t>
   </si>
   <si>
     <t>American Protective Services</t>
   </si>
   <si>
     <t>Cindy Chavez</t>
   </si>
   <si>
     <t>(210) 762-6448</t>
@@ -453,62 +486,86 @@
   <si>
     <t>cchavez@apssatx.net</t>
   </si>
   <si>
     <t>Technology Products, Equipment and Services</t>
   </si>
   <si>
     <t>05/31/2026</t>
   </si>
   <si>
     <t>AmTab Manufacturing Corporation</t>
   </si>
   <si>
     <t>Furniture Products, Equipment and Services</t>
   </si>
   <si>
     <t>Themio Lies</t>
   </si>
   <si>
     <t>(630) 301-7600</t>
   </si>
   <si>
     <t>contractteam@amtab.com</t>
   </si>
   <si>
+    <t>Anderson Fencing And Custom Welding</t>
+  </si>
+  <si>
+    <t>Tanner Anderson</t>
+  </si>
+  <si>
+    <t>(469) 474-1172</t>
+  </si>
+  <si>
+    <t>tanneranderson31@gmail.com</t>
+  </si>
+  <si>
     <t>Apptegy, Inc</t>
   </si>
   <si>
     <t>Benjamin Berley</t>
   </si>
   <si>
     <t>(870) 833-0702</t>
   </si>
   <si>
     <t>benjamin@apptegy.com</t>
   </si>
   <si>
+    <t>Arcadian Tech (Arcadian Pursuits LLC)</t>
+  </si>
+  <si>
+    <t>Duane Henderson</t>
+  </si>
+  <si>
+    <t>(469) 487-0621</t>
+  </si>
+  <si>
+    <t>duane@arcadianpursuits.com</t>
+  </si>
+  <si>
     <t>Arete Marketing Solutions</t>
   </si>
   <si>
     <t>Carlos Montanez</t>
   </si>
   <si>
     <t>(832) 703-2517</t>
   </si>
   <si>
     <t>carlos@aretemarketingsolutions.com</t>
   </si>
   <si>
     <t>ASAP Security Services</t>
   </si>
   <si>
     <t>Dan Green</t>
   </si>
   <si>
     <t>(281) 807-3553</t>
   </si>
   <si>
     <t>dgreen@serviceasap.com</t>
   </si>
   <si>
     <t>Ascend Education</t>
@@ -660,50 +717,65 @@
   <si>
     <t>Blaise Transit</t>
   </si>
   <si>
     <t>Transit Management Services</t>
   </si>
   <si>
     <t>08/06/2033</t>
   </si>
   <si>
     <t>Blue Lacy Advisors, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Bulk Fuel Services, Diesel, Gasoline, Propane, and Alternative Fuels. </t>
   </si>
   <si>
     <t>Steven Sinos</t>
   </si>
   <si>
     <t>(832) 413-3124</t>
   </si>
   <si>
     <t>sinos@bluelacyllc.com</t>
   </si>
   <si>
+    <t>Boggus Tipton Motors, LLC DBA Boggus Tipton Chrysler Dodge Jeep Ram</t>
+  </si>
+  <si>
+    <t>Fleet Vehicles: Light and Medium Duty</t>
+  </si>
+  <si>
+    <t>Victor Espindola</t>
+  </si>
+  <si>
+    <t>(956) 410-0079</t>
+  </si>
+  <si>
+    <t>vespindola@boggustipton.com</t>
+  </si>
+  <si>
     <t>Branded1st.com</t>
   </si>
   <si>
     <t>Promotional Items</t>
   </si>
   <si>
     <t>06/26/2020</t>
   </si>
   <si>
     <t>Derrell Conway</t>
   </si>
   <si>
     <t>(469) 265-8620</t>
   </si>
   <si>
     <t>derrell@branded1st.com</t>
   </si>
   <si>
     <t>Breakthrough Technologies, LLC</t>
   </si>
   <si>
     <t>Caysie Turner</t>
   </si>
   <si>
     <t>(573) 820-5401</t>
@@ -816,50 +888,62 @@
   <si>
     <t>Communications Systems, Equipment, and Shelter Products and Services</t>
   </si>
   <si>
     <t>Transportation Technology and Services</t>
   </si>
   <si>
     <t>Network and Cabling Products and Services</t>
   </si>
   <si>
     <t>Carbontek Texas</t>
   </si>
   <si>
     <t>Bus Remanufacturing, Repair, Equipment, and Services</t>
   </si>
   <si>
     <t>Tony Cox</t>
   </si>
   <si>
     <t>(903) 394-5374</t>
   </si>
   <si>
     <t>tony@carbonenginecleaner.com</t>
   </si>
   <si>
+    <t>Carl Black of Orlando, LLC</t>
+  </si>
+  <si>
+    <t>Edgar Massoni</t>
+  </si>
+  <si>
+    <t>(305) 781-3661</t>
+  </si>
+  <si>
+    <t>EMASSONI@CARLBLACK.COM</t>
+  </si>
+  <si>
     <t>CAROLINA PREMIER WINDOW FILM Inc. (CPWF)</t>
   </si>
   <si>
     <t xml:space="preserve"> Sierra McClure</t>
   </si>
   <si>
     <t>(704) 333-3636</t>
   </si>
   <si>
     <t>admin@cpwindowfilms.com</t>
   </si>
   <si>
     <t>Carrier Corporation</t>
   </si>
   <si>
     <t>HVAC Equipment and Services</t>
   </si>
   <si>
     <t>08/31/2022</t>
   </si>
   <si>
     <t>Joe Ison</t>
   </si>
   <si>
     <t>(561) 365-2000</t>
@@ -1302,62 +1386,62 @@
   <si>
     <t>Pam Goodman</t>
   </si>
   <si>
     <t>(919) 272-2617</t>
   </si>
   <si>
     <t>k6eacy@gmail.com</t>
   </si>
   <si>
     <t>Deary's Gymnastics Supply (Deary Bros. Inc)</t>
   </si>
   <si>
     <t>Holly Corbisley</t>
   </si>
   <si>
     <t>(800) 932-3339</t>
   </si>
   <si>
     <t>holly@gymsupply.com</t>
   </si>
   <si>
     <t>DFW Security MGM Security Services, Inc.</t>
   </si>
   <si>
+    <t>Mike Luinstra</t>
+  </si>
+  <si>
+    <t>(817) 880-3625</t>
+  </si>
+  <si>
+    <t>mluinstra@dfwsecurity.com</t>
+  </si>
+  <si>
     <t>Security Products, Equipment, and Services</t>
   </si>
   <si>
-    <t>Mike Luinstra</t>
-[...7 lines deleted...]
-  <si>
     <t>Diamond Drugs, Inc.</t>
   </si>
   <si>
     <t>Jail Inmate Medical and Pharmacy Services</t>
   </si>
   <si>
     <t>Jennifer Pittore</t>
   </si>
   <si>
     <t>(724) 349-1111</t>
   </si>
   <si>
     <t>japittore@diamondpharmacy.com</t>
   </si>
   <si>
     <t>Discount PC</t>
   </si>
   <si>
     <t>April Potter</t>
   </si>
   <si>
     <t>(512) 715-4273</t>
   </si>
   <si>
     <t>april@discountpc.com</t>
@@ -1773,101 +1857,131 @@
   <si>
     <t>(061) 723-3751</t>
   </si>
   <si>
     <t>manisha@exemplifi.io</t>
   </si>
   <si>
     <t>Express Booksellers</t>
   </si>
   <si>
     <t>Jule Maxwell</t>
   </si>
   <si>
     <t>(214) 564-3392</t>
   </si>
   <si>
     <t>jule@expressbooksellers.com</t>
   </si>
   <si>
     <t>Failsafe Communications, Inc.</t>
   </si>
   <si>
     <t>911 Backup Service</t>
   </si>
   <si>
-    <t>Faye Whitlow</t>
-[...5 lines deleted...]
-    <t>whitlowfarms@hughes.net</t>
+    <t>Fenton Mobility Products, Inc.</t>
+  </si>
+  <si>
+    <t>Brielle LeBaron</t>
+  </si>
+  <si>
+    <t>(716) 484-7014</t>
+  </si>
+  <si>
+    <t>Brielle@fentonmobility.com</t>
   </si>
   <si>
     <t>FiveStones Safety</t>
   </si>
   <si>
     <t>Craig Hawkesworth</t>
   </si>
   <si>
     <t>(972) 567-3643</t>
   </si>
   <si>
     <t>craig@fivestonessafety.com</t>
   </si>
   <si>
     <t>FoamWorks</t>
   </si>
   <si>
     <t>John Meager</t>
   </si>
   <si>
     <t>(972) 499-6393</t>
   </si>
   <si>
     <t>jmeager@foamworkspro.com</t>
   </si>
   <si>
     <t xml:space="preserve">Follett Higher Education Group, Inc. </t>
   </si>
   <si>
     <t>Clay Wahl</t>
   </si>
   <si>
     <t>(708) 884-0000</t>
   </si>
   <si>
     <t>mforret@follett.com</t>
   </si>
   <si>
     <t>Fomcore, LLC</t>
   </si>
   <si>
     <t>fomcore@ironfurnace.com</t>
   </si>
   <si>
+    <t>Foresite Group, LLC</t>
+  </si>
+  <si>
+    <t>Transportation Planning Services and Consulting</t>
+  </si>
+  <si>
+    <t>Erik Steavens</t>
+  </si>
+  <si>
+    <t>(770) 368-1399</t>
+  </si>
+  <si>
+    <t>esteavens@fg-inc.net</t>
+  </si>
+  <si>
+    <t>Fortiline, Inc. DBA Fortiline Waterworks</t>
+  </si>
+  <si>
+    <t>Edgar Carroll</t>
+  </si>
+  <si>
+    <t>(214) 701-5615</t>
+  </si>
+  <si>
+    <t>edgar.carroll@fortiline.com</t>
+  </si>
+  <si>
     <t>Four BT, LLC</t>
   </si>
   <si>
     <t>Mark Powell</t>
   </si>
   <si>
     <t>(832) 707-0717</t>
   </si>
   <si>
     <t>mpowell@4bt.us</t>
   </si>
   <si>
     <t>friEdTechnology</t>
   </si>
   <si>
     <t>Amy Mayer</t>
   </si>
   <si>
     <t>(936) 228-9902</t>
   </si>
   <si>
     <t>accounts@fried.tech</t>
   </si>
   <si>
     <t>Fusion Capital Management</t>
@@ -1989,96 +2103,120 @@
   <si>
     <t>Gravity Works Design</t>
   </si>
   <si>
     <t>Heather Barrow</t>
   </si>
   <si>
     <t>(517) 481-2218</t>
   </si>
   <si>
     <t>heather@gravityworksdesign.com</t>
   </si>
   <si>
     <t>Green Light Group Tours</t>
   </si>
   <si>
     <t>Corey Black</t>
   </si>
   <si>
     <t>(800) 490-1820</t>
   </si>
   <si>
     <t>approvedvendor@greenlightgrouptours.com</t>
   </si>
   <si>
+    <t>Gunn Automotive Group</t>
+  </si>
+  <si>
+    <t>David Espinoza</t>
+  </si>
+  <si>
+    <t>(210) 599-5000</t>
+  </si>
+  <si>
+    <t>dpespinoza@gunnauto.com</t>
+  </si>
+  <si>
     <t>Haskell Office, LLC</t>
   </si>
   <si>
     <t>Tim Kerfien</t>
   </si>
   <si>
     <t>(616) 278-1010</t>
   </si>
   <si>
     <t>tkerfien@haskelloffice.com</t>
   </si>
   <si>
+    <t>HB Systems Inc</t>
+  </si>
+  <si>
+    <t>Shawna Allen</t>
+  </si>
+  <si>
+    <t>(214) 500-1769</t>
+  </si>
+  <si>
+    <t>shawna@hbsystemsinc.com</t>
+  </si>
+  <si>
     <t>HDL Promos LLC</t>
   </si>
   <si>
     <t>Heriberto Lopez</t>
   </si>
   <si>
     <t>(956) 536-6066</t>
   </si>
   <si>
     <t>hdltex@aol.com</t>
   </si>
   <si>
     <t>Helifox Technologies LLC</t>
   </si>
   <si>
     <t>Mario Delgado Jr.</t>
   </si>
   <si>
     <t>(877) 642-3926</t>
   </si>
   <si>
     <t>info@helifox.com</t>
   </si>
   <si>
     <t>Hendrickson Transportation Group LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">Joseph Dvorsky </t>
-[...5 lines deleted...]
-    <t>joseph.dvorsky@trusthtg.com</t>
+    <t>John Hendrickson</t>
+  </si>
+  <si>
+    <t>(254) 405-4200</t>
+  </si>
+  <si>
+    <t>john.hendrickson@trusthtg.com</t>
   </si>
   <si>
     <t>Herff Jones</t>
   </si>
   <si>
     <t xml:space="preserve">Ronda Cullen </t>
   </si>
   <si>
     <t>(800) 453-2732</t>
   </si>
   <si>
     <t>rlcullen@herffjones.com</t>
   </si>
   <si>
     <t>H-ITT LLC</t>
   </si>
   <si>
     <t>Rande Newberry</t>
   </si>
   <si>
     <t>(877) 244-4488</t>
   </si>
   <si>
     <t>rande@h-itt.com</t>
   </si>
@@ -2289,68 +2427,68 @@
   <si>
     <t>(704) 393-8542</t>
   </si>
   <si>
     <t>sbernstein@jfpetrogroup.com</t>
   </si>
   <si>
     <t>JGA Roofing Systems, LLC</t>
   </si>
   <si>
     <t>HVAC Equipment and Services Part 2</t>
   </si>
   <si>
     <t>Jose G Aviles</t>
   </si>
   <si>
     <t>(888) 336-0077</t>
   </si>
   <si>
     <t>estimating@jgaroofing.com</t>
   </si>
   <si>
     <t xml:space="preserve">Johnson Controls </t>
   </si>
   <si>
+    <t>Security Products and Services,Physical Security,Cyber Security,Cameras,Biometrics and fire life Safety Systems</t>
+  </si>
+  <si>
+    <t>09/09/2020</t>
+  </si>
+  <si>
+    <t>David R. Clark</t>
+  </si>
+  <si>
+    <t>(414) 524-1200</t>
+  </si>
+  <si>
+    <t>David.R.Clark@jci.com</t>
+  </si>
+  <si>
     <t>HVAC Services,Supplies and Equipments Part 1</t>
   </si>
   <si>
-    <t>David R. Clark</t>
-[...13 lines deleted...]
-  <si>
     <t>JonesCo General Contractors LLC.</t>
   </si>
   <si>
     <t>Joshua Jones</t>
   </si>
   <si>
     <t>(918) 691-2080</t>
   </si>
   <si>
     <t>jjones@jonescollc.com</t>
   </si>
   <si>
     <t>K3 Integrated (CIPOM LLC)</t>
   </si>
   <si>
     <t>Mario Delgado</t>
   </si>
   <si>
     <t>(210) 596-9093</t>
   </si>
   <si>
     <t>mdelgado@k3iot.com</t>
   </si>
   <si>
     <t>KAMICO Instructional Media, Inc.</t>
@@ -2391,50 +2529,53 @@
   <si>
     <t>Kickbox Leasing, LLC</t>
   </si>
   <si>
     <t>Maegan Balog</t>
   </si>
   <si>
     <t>(817) 807-1468</t>
   </si>
   <si>
     <t>maegan@kickboxleasing.com</t>
   </si>
   <si>
     <t>kid-grit LLC</t>
   </si>
   <si>
     <t>Michelle Pina</t>
   </si>
   <si>
     <t>(818) 679-5395</t>
   </si>
   <si>
     <t>michelle@kid-grit.com</t>
   </si>
   <si>
+    <t>Kimley-Horn and Associates, Inc.</t>
+  </si>
+  <si>
     <t xml:space="preserve">KLC Video Security </t>
   </si>
   <si>
     <t>Bill King</t>
   </si>
   <si>
     <t>(903) 792-7262</t>
   </si>
   <si>
     <t>billking.klc@gmail.com</t>
   </si>
   <si>
     <t>L R Global LLC</t>
   </si>
   <si>
     <t>Laura Gonzalez</t>
   </si>
   <si>
     <t>(210) 787-9277</t>
   </si>
   <si>
     <t>laura@lrglobal.net</t>
   </si>
   <si>
     <t>LaHarpe's Office Furniture</t>
@@ -2463,50 +2604,53 @@
   <si>
     <t>Lakeshore Learning Materials</t>
   </si>
   <si>
     <t>Eunice Peterson</t>
   </si>
   <si>
     <t>(800) 421-5354</t>
   </si>
   <si>
     <t>biddept@lakeshorelearning.com</t>
   </si>
   <si>
     <t>LB Technology, Inc.</t>
   </si>
   <si>
     <t>Kanon Cagle</t>
   </si>
   <si>
     <t>(901) 779-2244</t>
   </si>
   <si>
     <t>kcagle@lbtechnology.com</t>
   </si>
   <si>
+    <t>LEC Engineering, Inc. DBA LOI ENGINEERS</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lectorum Publications, Inc. </t>
   </si>
   <si>
     <t>Alex Correa</t>
   </si>
   <si>
     <t>(800) 345-5946</t>
   </si>
   <si>
     <t>acorrea@lectorum.com</t>
   </si>
   <si>
     <t xml:space="preserve">Lectura, Inc. </t>
   </si>
   <si>
     <t>Katherine Del Monte</t>
   </si>
   <si>
     <t>(626) 799-7341</t>
   </si>
   <si>
     <t>info@LatinoLiteracy.com</t>
   </si>
   <si>
     <t>Light Street Special Education Solutions</t>
@@ -2688,86 +2832,110 @@
   <si>
     <t>Media4Math</t>
   </si>
   <si>
     <t>Ed DeLeon</t>
   </si>
   <si>
     <t>(301) 841-5221</t>
   </si>
   <si>
     <t>edward.m.deleon@gmail.com</t>
   </si>
   <si>
     <t>Mentoring Minds, L.P.</t>
   </si>
   <si>
     <t xml:space="preserve">Shad Madsen </t>
   </si>
   <si>
     <t>(800) 585-5258</t>
   </si>
   <si>
     <t>bids@mentoringminds.com</t>
   </si>
   <si>
+    <t>Mercedes Benz of Plano</t>
+  </si>
+  <si>
+    <t>Eddie Rivera</t>
+  </si>
+  <si>
+    <t>(214) 390-4092</t>
+  </si>
+  <si>
+    <t>erivera@mbplano.com</t>
+  </si>
+  <si>
     <t>MidState Energy, LLC</t>
   </si>
   <si>
     <t>Vince Esparza</t>
   </si>
   <si>
     <t>(602) 452-8746</t>
   </si>
   <si>
     <t>vesparza@veregy.com</t>
   </si>
   <si>
     <t xml:space="preserve">Mind Missions </t>
   </si>
   <si>
     <t>Susan Gallander</t>
   </si>
   <si>
     <t>(972) 854-1266</t>
   </si>
   <si>
     <t>susan.gallander@mindmissions.com</t>
   </si>
   <si>
     <t>MindRise Learning, LLC</t>
   </si>
   <si>
     <t>Donna Drake</t>
   </si>
   <si>
     <t>(512) 663-6210</t>
   </si>
   <si>
     <t>StudentSuccess@MindRiseLearning.com</t>
   </si>
   <si>
+    <t>Mindsurf Inc.</t>
+  </si>
+  <si>
+    <t>Lissette Reynoso</t>
+  </si>
+  <si>
+    <t>(720) 698-1575</t>
+  </si>
+  <si>
+    <t>lissette@mindsurf.ai</t>
+  </si>
+  <si>
     <t>MobyMax Education, LLC</t>
   </si>
   <si>
     <t>John Jennings</t>
   </si>
   <si>
     <t>(888) 793-8331</t>
   </si>
   <si>
     <t>rfp@mobymax.com</t>
   </si>
   <si>
     <t>Modern Networks</t>
   </si>
   <si>
     <t>MODSTREET</t>
   </si>
   <si>
     <t>Roger Zalneraitis</t>
   </si>
   <si>
     <t>(970) 422-8400</t>
   </si>
   <si>
     <t>roger@modstreet.co</t>
@@ -2814,74 +2982,89 @@
   <si>
     <t xml:space="preserve">NextGen Security </t>
   </si>
   <si>
     <t>Max Kidd</t>
   </si>
   <si>
     <t>(484) 235-5520</t>
   </si>
   <si>
     <t>max.kidd@nextgensecured.com</t>
   </si>
   <si>
     <t>Noble Texas Builders, LLC.</t>
   </si>
   <si>
     <t>Eric Delgado</t>
   </si>
   <si>
     <t>(956) 277-0708</t>
   </si>
   <si>
     <t>eric.delgado@nobletx.com</t>
   </si>
   <si>
+    <t>nSide, Inc</t>
+  </si>
+  <si>
+    <t>Lindsay Mann</t>
+  </si>
+  <si>
+    <t>(800) 604-1822</t>
+  </si>
+  <si>
+    <t>lindsay@nside.io</t>
+  </si>
+  <si>
     <t>Nutri-Link Technologies, Inc</t>
   </si>
   <si>
     <t>JANA LOBATO</t>
   </si>
   <si>
     <t>(404) 437-7964</t>
   </si>
   <si>
     <t>JLOBATO@N-LTECH.COM</t>
   </si>
   <si>
     <t>NZS Inc. dba OneScreen</t>
   </si>
   <si>
     <t>Zarrar Khan</t>
   </si>
   <si>
     <t>(858) 429-9995</t>
   </si>
   <si>
     <t>zarrar@onescreensolutions.com</t>
   </si>
   <si>
+    <t>Onsite Utility Services Capital</t>
+  </si>
+  <si>
     <t>Owner Insite, LLC</t>
   </si>
   <si>
     <t>Steve Harper</t>
   </si>
   <si>
     <t>(888) 336-3393</t>
   </si>
   <si>
     <t>steve@owner-insite.com</t>
   </si>
   <si>
     <t>Palmer Hamilton, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Nancy Foster </t>
   </si>
   <si>
     <t>(262) 723-8200</t>
   </si>
   <si>
     <t>NFoster@palmerhamilton.com</t>
   </si>
   <si>
     <t>Paragon Furniture, Inc</t>
@@ -3279,50 +3462,62 @@
   <si>
     <t>Seidlitz Education</t>
   </si>
   <si>
     <t>Makenzie Williams</t>
   </si>
   <si>
     <t>(210) 315-7119</t>
   </si>
   <si>
     <t>makenzie.encompass@gmail.com</t>
   </si>
   <si>
     <t>Share911 (OnScene Technologies Inc.)</t>
   </si>
   <si>
     <t>Tamara Sites</t>
   </si>
   <si>
     <t>(573) 330-7779</t>
   </si>
   <si>
     <t>tamara@onscenetechnologies.com</t>
   </si>
   <si>
+    <t>Shellback Construction</t>
+  </si>
+  <si>
+    <t>William Wirtz</t>
+  </si>
+  <si>
+    <t>(850) 319-8273</t>
+  </si>
+  <si>
+    <t>wwirtz@shellbackconstruction.com</t>
+  </si>
+  <si>
     <t>Sirius Education Solutions</t>
   </si>
   <si>
     <t>(800) 942-1379</t>
   </si>
   <si>
     <t>procurement@siriuseducationsolutions.com</t>
   </si>
   <si>
     <t xml:space="preserve">Smart Apple Media </t>
   </si>
   <si>
     <t>Laurie Osburn</t>
   </si>
   <si>
     <t>(800) 561-3943</t>
   </si>
   <si>
     <t>losburn@smartapple.com</t>
   </si>
   <si>
     <t>SMART Standing Solutions</t>
   </si>
   <si>
     <t>Michele Klumb</t>
@@ -3360,71 +3555,83 @@
   <si>
     <t>Solar Electric Power Company</t>
   </si>
   <si>
     <t xml:space="preserve">Stephanie Holloran </t>
   </si>
   <si>
     <t>(772) 220-6615</t>
   </si>
   <si>
     <t>stephanie@sepconet.com</t>
   </si>
   <si>
     <t xml:space="preserve">South Texas School Furniture </t>
   </si>
   <si>
     <t>Alan Jirkovsky</t>
   </si>
   <si>
     <t>(361) 798-4364</t>
   </si>
   <si>
     <t>alanj@texaslibrary.com</t>
   </si>
   <si>
+    <t>Southern Executive Transport, LLC DBA Apex Procurement Solutions</t>
+  </si>
+  <si>
+    <t>Krystyn Nixon</t>
+  </si>
+  <si>
+    <t>(832) 985-5554</t>
+  </si>
+  <si>
+    <t>Krystyn@SolutionswithApex.com</t>
+  </si>
+  <si>
     <t>Spare Labs</t>
   </si>
   <si>
+    <t>Mobility Software and Solutions</t>
+  </si>
+  <si>
+    <t>10/04/2023</t>
+  </si>
+  <si>
+    <t>09/30/2031</t>
+  </si>
+  <si>
     <t>James McCarthy</t>
   </si>
   <si>
     <t>(778) 239-3667</t>
   </si>
   <si>
     <t>james@spare.com</t>
   </si>
   <si>
-    <t>Mobility Software and Solutions</t>
-[...7 lines deleted...]
-  <si>
     <t>SpedTrack (Ionwave Technologies)</t>
   </si>
   <si>
     <t>Darren Henderson</t>
   </si>
   <si>
     <t>(417) 823-8449</t>
   </si>
   <si>
     <t>sales@spedtrack.com</t>
   </si>
   <si>
     <t xml:space="preserve">Sphero </t>
   </si>
   <si>
     <t xml:space="preserve">David Millage </t>
   </si>
   <si>
     <t>(303) 502-9466</t>
   </si>
   <si>
     <t>david.millage@sphero.com</t>
   </si>
   <si>
     <t>Sports Facilities Management, LLC</t>
@@ -3519,50 +3726,62 @@
   <si>
     <t>STS Education (Pacific OneSource, Inc.)</t>
   </si>
   <si>
     <t>Marc Netka</t>
   </si>
   <si>
     <t>(866) 499-2580</t>
   </si>
   <si>
     <t>marc.netka@stseducation-us.com</t>
   </si>
   <si>
     <t xml:space="preserve">Super Duper Publications </t>
   </si>
   <si>
     <t>Daphne Sanders</t>
   </si>
   <si>
     <t>(800) 277-8737</t>
   </si>
   <si>
     <t>bids@superduperinc.com</t>
   </si>
   <si>
+    <t>Superior Alarms (Alan Yoder Enterprises, Inc.)</t>
+  </si>
+  <si>
+    <t>Dr. Colin Ashburn</t>
+  </si>
+  <si>
+    <t>(956) 682-6005</t>
+  </si>
+  <si>
+    <t>colin@superioralarms.com</t>
+  </si>
+  <si>
     <t>SW Elevators, LLC</t>
   </si>
   <si>
     <t>Elevator Maintenance Services and Solutions.</t>
   </si>
   <si>
     <t>08/20/2025</t>
   </si>
   <si>
     <t>08/20/2033</t>
   </si>
   <si>
     <t>Ricky Peters</t>
   </si>
   <si>
     <t>(682) 760-7603</t>
   </si>
   <si>
     <t>rpeters@southwestelevator.com</t>
   </si>
   <si>
     <t>Symphonize Inc.</t>
   </si>
   <si>
     <t>Sreedhar Tatavarthi</t>
@@ -3882,57 +4101,57 @@
   <si>
     <t>Ashley Barado</t>
   </si>
   <si>
     <t>(844) 629-2837</t>
   </si>
   <si>
     <t>ashley.barado@umswater.com</t>
   </si>
   <si>
     <t>UTJ Holdco, Inc. (Teaching Strategies, LLC)</t>
   </si>
   <si>
     <t xml:space="preserve">Heather O'Shea </t>
   </si>
   <si>
     <t>(301) 634-0818</t>
   </si>
   <si>
     <t>legal@teachingstrategies.com</t>
   </si>
   <si>
     <t>Uzurv Holdings Inc</t>
   </si>
   <si>
-    <t>Susan Starwalt</t>
+    <t>Trish Fitzpartrick</t>
   </si>
   <si>
     <t>(866) 898-7836</t>
   </si>
   <si>
-    <t>susan.starwalt@uzurv.com</t>
+    <t>trish@uzurv.com</t>
   </si>
   <si>
     <t>Ventris Learning</t>
   </si>
   <si>
     <t>Robert Meyer</t>
   </si>
   <si>
     <t>(608) 825-8282</t>
   </si>
   <si>
     <t>rmeyer@ventrislearning.com</t>
   </si>
   <si>
     <t>Via Transportation Inc</t>
   </si>
   <si>
     <t>Mike Vaccarino</t>
   </si>
   <si>
     <t>(914) 943-8478</t>
   </si>
   <si>
     <t>michael.vaccarino@ridewithvia.com</t>
   </si>
@@ -4168,51 +4387,51 @@
 <Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
 <Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/>
 </Relationships>
 
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
-    <col min="1" max="1" width="60.41796875" customWidth="true" bestFit="true"/>
+    <col min="1" max="1" width="65.41796875" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="99.90625" customWidth="true" bestFit="true"/>
     <col min="6" max="6" width="15.6953125" customWidth="true" bestFit="true"/>
     <col min="7" max="7" width="23.99609375" customWidth="true" bestFit="true"/>
     <col min="9" max="9" width="18.26171875" customWidth="true" bestFit="true"/>
     <col min="11" max="11" width="44.375" customWidth="true" bestFit="true"/>
     <col min="8" max="8" width="15.9921875" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="14.30859375" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="18.04296875" customWidth="true" bestFit="true"/>
     <col min="5" max="5" width="18.93359375" customWidth="true" bestFit="true"/>
     <col min="10" max="10" width="5.51953125" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>2</v>
       </c>
       <c r="C1" t="s" s="1">
         <v>3</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>4</v>
       </c>
@@ -4294,14282 +4513,15122 @@
       </c>
       <c r="G3" t="s">
         <v>24</v>
       </c>
       <c r="H3" t="s">
         <v>0</v>
       </c>
       <c r="I3" t="s">
         <v>25</v>
       </c>
       <c r="J3" t="n">
         <v>257.0</v>
       </c>
       <c r="K3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="2">
         <v>27</v>
       </c>
       <c r="B4" t="s" s="2">
         <v>28</v>
       </c>
       <c r="C4" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D4" t="s" s="4">
         <v>29</v>
       </c>
       <c r="E4" t="s" s="4">
         <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>31</v>
       </c>
       <c r="G4" t="s">
         <v>32</v>
       </c>
       <c r="H4" t="s">
         <v>0</v>
       </c>
       <c r="I4" t="s">
         <v>33</v>
       </c>
       <c r="J4" t="s">
         <v>0</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="2">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s" s="2">
         <v>35</v>
       </c>
-      <c r="B5" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D5" t="s" s="4">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s" s="4">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>0</v>
       </c>
       <c r="I5" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="J5" t="s">
         <v>0</v>
       </c>
       <c r="K5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="2">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s" s="2">
+        <v>37</v>
+      </c>
+      <c r="C6" t="n" s="3">
+        <v>7.91202505005E11</v>
+      </c>
+      <c r="D6" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>0</v>
+      </c>
+      <c r="I6" t="s">
+        <v>41</v>
+      </c>
+      <c r="J6" t="s">
+        <v>0</v>
+      </c>
+      <c r="K6" t="s">
         <v>42</v>
-      </c>
-[...28 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="2">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B7" t="s" s="2">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C7" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D7" t="s" s="4">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E7" t="s" s="4">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>0</v>
       </c>
       <c r="I7" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J7" t="s">
         <v>0</v>
       </c>
       <c r="K7" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s" s="2">
+        <v>51</v>
+      </c>
+      <c r="C8" t="n" s="3">
+        <v>7.91202003002E11</v>
+      </c>
+      <c r="D8" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" t="s">
+        <v>0</v>
+      </c>
+      <c r="I8" t="s">
+        <v>54</v>
+      </c>
+      <c r="J8" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="K8" t="s">
         <v>55</v>
-      </c>
-[...28 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="2">
+        <v>56</v>
+      </c>
+      <c r="B9" t="s" s="2">
+        <v>57</v>
+      </c>
+      <c r="C9" t="n" s="3">
+        <v>7.91202409005E11</v>
+      </c>
+      <c r="D9" t="s" s="4">
+        <v>58</v>
+      </c>
+      <c r="E9" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G9" t="s">
         <v>60</v>
       </c>
-      <c r="B9" t="s" s="2">
+      <c r="H9" t="s">
+        <v>0</v>
+      </c>
+      <c r="I9" t="s">
         <v>61</v>
       </c>
-      <c r="C9" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D9" t="s" s="4">
+      <c r="J9" t="s">
+        <v>0</v>
+      </c>
+      <c r="K9" t="s">
         <v>62</v>
-      </c>
-[...19 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="2">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B10" t="s" s="2">
+        <v>64</v>
+      </c>
+      <c r="C10" t="n" s="3">
+        <v>7.91202505008E11</v>
+      </c>
+      <c r="D10" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E10" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10" t="s">
+        <v>0</v>
+      </c>
+      <c r="I10" t="s">
+        <v>66</v>
+      </c>
+      <c r="J10" t="s">
+        <v>0</v>
+      </c>
+      <c r="K10" t="s">
         <v>67</v>
-      </c>
-[...25 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="2">
+        <v>68</v>
+      </c>
+      <c r="B11" t="s" s="2">
         <v>69</v>
       </c>
-      <c r="B11" t="s" s="2">
+      <c r="C11" t="n" s="3">
+        <v>7.91202007026E11</v>
+      </c>
+      <c r="D11" t="s" s="4">
         <v>70</v>
       </c>
-      <c r="C11" t="n" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="E11" t="s" s="4">
-        <v>38</v>
+        <v>71</v>
       </c>
       <c r="F11" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11" t="s">
         <v>0</v>
       </c>
       <c r="I11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J11" t="s">
         <v>0</v>
       </c>
       <c r="K11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="2">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s" s="2">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="C12" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D12" t="s" s="4">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="E12" t="s" s="4">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H12" t="s">
         <v>0</v>
       </c>
       <c r="I12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J12" t="s">
         <v>0</v>
       </c>
       <c r="K12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="2">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B13" t="s" s="2">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C13" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202502008E11</v>
       </c>
       <c r="D13" t="s" s="4">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="E13" t="s" s="4">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H13" t="s">
         <v>0</v>
       </c>
       <c r="I13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J13" t="s">
         <v>0</v>
       </c>
       <c r="K13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="2">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s" s="2">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="C14" t="n" s="3">
-        <v>7.91202403001E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D14" t="s" s="4">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s" s="4">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="H14" t="s">
         <v>0</v>
       </c>
       <c r="I14" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="J14" t="s">
         <v>0</v>
       </c>
       <c r="K14" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s" s="2">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C15" t="n" s="3">
-        <v>7.91202403005E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D15" t="s" s="4">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="E15" t="s" s="4">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>31</v>
       </c>
       <c r="G15" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="H15" t="s">
         <v>0</v>
       </c>
       <c r="I15" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J15" t="s">
         <v>0</v>
       </c>
       <c r="K15" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s" s="2">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B16" t="s" s="2">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C16" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202403001E11</v>
       </c>
       <c r="D16" t="s" s="4">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="E16" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="F16" t="s">
+        <v>31</v>
+      </c>
+      <c r="G16" t="s">
         <v>91</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
+        <v>0</v>
+      </c>
+      <c r="I16" t="s">
         <v>92</v>
       </c>
-      <c r="H16" t="s">
-[...2 lines deleted...]
-      <c r="I16" t="s">
+      <c r="J16" t="s">
+        <v>0</v>
+      </c>
+      <c r="K16" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s" s="2">
+        <v>89</v>
+      </c>
+      <c r="B17" t="s" s="2">
+        <v>94</v>
+      </c>
+      <c r="C17" t="n" s="3">
+        <v>7.91202403005E11</v>
+      </c>
+      <c r="D17" t="s" s="4">
+        <v>58</v>
+      </c>
+      <c r="E17" t="s" s="4">
         <v>95</v>
       </c>
-      <c r="B17" t="s" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G17" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="H17" t="s">
         <v>0</v>
       </c>
       <c r="I17" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="J17" t="s">
         <v>0</v>
       </c>
       <c r="K17" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s" s="2">
+        <v>96</v>
+      </c>
+      <c r="B18" t="s" s="2">
+        <v>97</v>
+      </c>
+      <c r="C18" t="n" s="3">
+        <v>7.9120200502E11</v>
+      </c>
+      <c r="D18" t="s" s="4">
+        <v>98</v>
+      </c>
+      <c r="E18" t="s" s="4">
         <v>99</v>
       </c>
-      <c r="B18" t="s" s="2">
+      <c r="F18" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" t="s">
         <v>100</v>
       </c>
-      <c r="C18" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
+        <v>0</v>
+      </c>
+      <c r="I18" t="s">
         <v>101</v>
       </c>
-      <c r="H18" t="s">
-[...2 lines deleted...]
-      <c r="I18" t="s">
+      <c r="J18" t="s">
+        <v>0</v>
+      </c>
+      <c r="K18" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s" s="2">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B19" t="s" s="2">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="C19" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D19" t="s" s="4">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="E19" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="H19" t="s">
         <v>0</v>
       </c>
       <c r="I19" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>340.0</v>
+        <v>105</v>
+      </c>
+      <c r="J19" t="s">
+        <v>0</v>
       </c>
       <c r="K19" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="2">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="B20" t="s" s="2">
-        <v>43</v>
+        <v>108</v>
       </c>
       <c r="C20" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202409006E11</v>
       </c>
       <c r="D20" t="s" s="4">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="E20" t="s" s="4">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="F20" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G20" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="H20" t="s">
         <v>0</v>
       </c>
       <c r="I20" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>340.0</v>
+        <v>110</v>
+      </c>
+      <c r="J20" t="s">
+        <v>0</v>
       </c>
       <c r="K20" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="2">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="B21" t="s" s="2">
-        <v>104</v>
+        <v>21</v>
       </c>
       <c r="C21" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D21" t="s" s="4">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="E21" t="s" s="4">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="F21" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G21" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="H21" t="s">
         <v>0</v>
       </c>
       <c r="I21" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>340.0</v>
+        <v>110</v>
+      </c>
+      <c r="J21" t="s">
+        <v>0</v>
       </c>
       <c r="K21" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="2">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B22" t="s" s="2">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="C22" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D22" t="s" s="4">
-        <v>107</v>
+        <v>52</v>
       </c>
       <c r="E22" t="s" s="4">
-        <v>108</v>
+        <v>15</v>
       </c>
       <c r="F22" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G22" t="s">
-        <v>0</v>
+        <v>109</v>
       </c>
       <c r="H22" t="s">
         <v>0</v>
       </c>
       <c r="I22" t="s">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="J22" t="s">
         <v>0</v>
       </c>
       <c r="K22" t="s">
-        <v>0</v>
+        <v>111</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s" s="2">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B23" t="s" s="2">
-        <v>70</v>
+        <v>112</v>
       </c>
       <c r="C23" t="n" s="3">
-        <v>7.91202502008E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D23" t="s" s="4">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E23" t="s" s="4">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F23" t="s">
         <v>31</v>
       </c>
       <c r="G23" t="s">
+        <v>109</v>
+      </c>
+      <c r="H23" t="s">
+        <v>0</v>
+      </c>
+      <c r="I23" t="s">
         <v>110</v>
       </c>
-      <c r="H23" t="s">
-[...2 lines deleted...]
-      <c r="I23" t="s">
+      <c r="J23" t="s">
+        <v>0</v>
+      </c>
+      <c r="K23" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s" s="2">
         <v>113</v>
       </c>
       <c r="B24" t="s" s="2">
         <v>114</v>
       </c>
       <c r="C24" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D24" t="s" s="4">
         <v>115</v>
       </c>
       <c r="E24" t="s" s="4">
         <v>116</v>
       </c>
       <c r="F24" t="s">
         <v>31</v>
       </c>
       <c r="G24" t="s">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="H24" t="s">
         <v>0</v>
       </c>
       <c r="I24" t="s">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="J24" t="s">
         <v>0</v>
       </c>
       <c r="K24" t="s">
-        <v>119</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s" s="2">
+        <v>117</v>
+      </c>
+      <c r="B25" t="s" s="2">
+        <v>78</v>
+      </c>
+      <c r="C25" t="n" s="3">
+        <v>7.91202502008E11</v>
+      </c>
+      <c r="D25" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E25" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F25" t="s">
+        <v>31</v>
+      </c>
+      <c r="G25" t="s">
+        <v>118</v>
+      </c>
+      <c r="H25" t="s">
+        <v>0</v>
+      </c>
+      <c r="I25" t="s">
+        <v>119</v>
+      </c>
+      <c r="J25" t="s">
+        <v>0</v>
+      </c>
+      <c r="K25" t="s">
         <v>120</v>
-      </c>
-[...28 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s" s="2">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="B26" t="s" s="2">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C26" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D26" t="s" s="4">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="E26" t="s" s="4">
-        <v>91</v>
+        <v>122</v>
       </c>
       <c r="F26" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G26" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="H26" t="s">
         <v>0</v>
       </c>
       <c r="I26" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="J26" t="s">
         <v>0</v>
       </c>
       <c r="K26" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s" s="2">
+        <v>123</v>
+      </c>
+      <c r="B27" t="s" s="2">
         <v>124</v>
       </c>
-      <c r="B27" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D27" t="s" s="4">
-        <v>76</v>
+        <v>125</v>
       </c>
       <c r="E27" t="s" s="4">
-        <v>77</v>
+        <v>126</v>
       </c>
       <c r="F27" t="s">
         <v>31</v>
       </c>
       <c r="G27" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H27" t="s">
         <v>0</v>
       </c>
       <c r="I27" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J27" t="s">
         <v>0</v>
       </c>
       <c r="K27" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s" s="2">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B28" t="s" s="2">
-        <v>125</v>
+        <v>51</v>
       </c>
       <c r="C28" t="n" s="3">
-        <v>7.91202505006E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D28" t="s" s="4">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="E28" t="s" s="4">
-        <v>129</v>
+        <v>15</v>
       </c>
       <c r="F28" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G28" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="H28" t="s">
         <v>0</v>
       </c>
       <c r="I28" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>132</v>
+      </c>
+      <c r="J28" t="n">
+        <v>705.0</v>
       </c>
       <c r="K28" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s" s="2">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="B29" t="s" s="2">
-        <v>86</v>
+        <v>28</v>
       </c>
       <c r="C29" t="n" s="3">
-        <v>7.91202403005E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D29" t="s" s="4">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="E29" t="s" s="4">
-        <v>87</v>
+        <v>30</v>
       </c>
       <c r="F29" t="s">
         <v>31</v>
       </c>
       <c r="G29" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="H29" t="s">
         <v>0</v>
       </c>
       <c r="I29" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="J29" t="s">
         <v>0</v>
       </c>
       <c r="K29" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s" s="2">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B30" t="s" s="2">
-        <v>131</v>
+        <v>83</v>
       </c>
       <c r="C30" t="n" s="3">
-        <v>7.91202403003E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D30" t="s" s="4">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="E30" t="s" s="4">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="F30" t="s">
         <v>31</v>
       </c>
       <c r="G30" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="H30" t="s">
         <v>0</v>
       </c>
       <c r="I30" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="J30" t="s">
         <v>0</v>
       </c>
       <c r="K30" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s" s="2">
+        <v>134</v>
+      </c>
+      <c r="B31" t="s" s="2">
+        <v>138</v>
+      </c>
+      <c r="C31" t="n" s="3">
+        <v>7.91202510002E11</v>
+      </c>
+      <c r="D31" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E31" t="s" s="4">
+        <v>30</v>
+      </c>
+      <c r="F31" t="s">
+        <v>31</v>
+      </c>
+      <c r="G31" t="s">
         <v>135</v>
       </c>
-      <c r="B31" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
+        <v>0</v>
+      </c>
+      <c r="I31" t="s">
         <v>136</v>
       </c>
-      <c r="H31" t="s">
-[...2 lines deleted...]
-      <c r="I31" t="s">
+      <c r="J31" t="s">
+        <v>0</v>
+      </c>
+      <c r="K31" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s" s="2">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B32" t="s" s="2">
         <v>139</v>
       </c>
       <c r="C32" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202505006E11</v>
       </c>
       <c r="D32" t="s" s="4">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="E32" t="s" s="4">
         <v>140</v>
       </c>
       <c r="F32" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G32" t="s">
+        <v>135</v>
+      </c>
+      <c r="H32" t="s">
+        <v>0</v>
+      </c>
+      <c r="I32" t="s">
         <v>136</v>
       </c>
-      <c r="H32" t="s">
-[...2 lines deleted...]
-      <c r="I32" t="s">
+      <c r="J32" t="s">
+        <v>0</v>
+      </c>
+      <c r="K32" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s" s="2">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="B33" t="s" s="2">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="C33" t="n" s="3">
-        <v>7.91202303004E11</v>
+        <v>7.91202403005E11</v>
       </c>
       <c r="D33" t="s" s="4">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="E33" t="s" s="4">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="F33" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G33" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="H33" t="s">
         <v>0</v>
       </c>
       <c r="I33" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="J33" t="s">
         <v>0</v>
       </c>
       <c r="K33" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s" s="2">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s" s="2">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C34" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202403003E11</v>
       </c>
       <c r="D34" t="s" s="4">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="E34" t="s" s="4">
-        <v>140</v>
+        <v>59</v>
       </c>
       <c r="F34" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G34" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="H34" t="s">
         <v>0</v>
       </c>
       <c r="I34" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="J34" t="s">
         <v>0</v>
       </c>
       <c r="K34" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s" s="2">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B35" t="s" s="2">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="C35" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D35" t="s" s="4">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="E35" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="H35" t="s">
         <v>0</v>
       </c>
       <c r="I35" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="J35" t="s">
         <v>0</v>
       </c>
       <c r="K35" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="2">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="B36" t="s" s="2">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="C36" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D36" t="s" s="4">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="E36" t="s" s="4">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="H36" t="s">
         <v>0</v>
       </c>
       <c r="I36" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="J36" t="s">
         <v>0</v>
       </c>
       <c r="K36" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="2">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s" s="2">
-        <v>21</v>
+        <v>153</v>
       </c>
       <c r="C37" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D37" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E37" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
+        <v>154</v>
+      </c>
+      <c r="H37" t="s">
+        <v>0</v>
+      </c>
+      <c r="I37" t="s">
         <v>155</v>
       </c>
-      <c r="H37" t="s">
-[...2 lines deleted...]
-      <c r="I37" t="s">
+      <c r="J37" t="s">
+        <v>0</v>
+      </c>
+      <c r="K37" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s" s="2">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B38" t="s" s="2">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="C38" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D38" t="s" s="4">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="E38" t="s" s="4">
-        <v>63</v>
+        <v>122</v>
       </c>
       <c r="F38" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G38" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="H38" t="s">
         <v>0</v>
       </c>
       <c r="I38" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="J38" t="s">
         <v>0</v>
       </c>
       <c r="K38" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s" s="2">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B39" t="s" s="2">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="C39" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D39" t="s" s="4">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="E39" t="s" s="4">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="H39" t="s">
         <v>0</v>
       </c>
       <c r="I39" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="J39" t="s">
         <v>0</v>
       </c>
       <c r="K39" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s" s="2">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B40" t="s" s="2">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="C40" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D40" t="s" s="4">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="E40" t="s" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F40" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G40" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="H40" t="s">
         <v>0</v>
       </c>
       <c r="I40" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>136.0</v>
+        <v>167</v>
+      </c>
+      <c r="J40" t="s">
+        <v>0</v>
       </c>
       <c r="K40" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s" s="2">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B41" t="s" s="2">
-        <v>167</v>
+        <v>51</v>
       </c>
       <c r="C41" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D41" t="s" s="4">
-        <v>168</v>
+        <v>52</v>
       </c>
       <c r="E41" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F41" t="s">
         <v>16</v>
       </c>
       <c r="G41" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H41" t="s">
         <v>0</v>
       </c>
       <c r="I41" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>4513.0</v>
+        <v>171</v>
+      </c>
+      <c r="J41" t="s">
+        <v>0</v>
       </c>
       <c r="K41" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s" s="2">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B42" t="s" s="2">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C42" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D42" t="s" s="4">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E42" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F42" t="s">
         <v>16</v>
       </c>
       <c r="G42" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H42" t="s">
         <v>0</v>
       </c>
       <c r="I42" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J42" t="s">
         <v>0</v>
       </c>
       <c r="K42" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s" s="2">
+        <v>173</v>
+      </c>
+      <c r="B43" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="C43" t="n" s="3">
+        <v>7.91202303001E11</v>
+      </c>
+      <c r="D43" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E43" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="F43" t="s">
+        <v>16</v>
+      </c>
+      <c r="G43" t="s">
+        <v>174</v>
+      </c>
+      <c r="H43" t="s">
+        <v>0</v>
+      </c>
+      <c r="I43" t="s">
+        <v>175</v>
+      </c>
+      <c r="J43" t="s">
+        <v>0</v>
+      </c>
+      <c r="K43" t="s">
         <v>176</v>
-      </c>
-[...28 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s" s="2">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="B44" t="s" s="2">
-        <v>183</v>
+        <v>69</v>
       </c>
       <c r="C44" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D44" t="s" s="4">
-        <v>184</v>
+        <v>70</v>
       </c>
       <c r="E44" t="s" s="4">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="H44" t="s">
         <v>0</v>
       </c>
       <c r="I44" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="J44" t="s">
         <v>0</v>
       </c>
       <c r="K44" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s" s="2">
-        <v>188</v>
+        <v>177</v>
       </c>
       <c r="B45" t="s" s="2">
-        <v>189</v>
+        <v>51</v>
       </c>
       <c r="C45" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D45" t="s" s="4">
-        <v>190</v>
+        <v>52</v>
       </c>
       <c r="E45" t="s" s="4">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="F45" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G45" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="H45" t="s">
         <v>0</v>
       </c>
       <c r="I45" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="J45" t="s">
         <v>0</v>
       </c>
       <c r="K45" t="s">
-        <v>193</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s" s="2">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="B46" t="s" s="2">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="C46" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D46" t="s" s="4">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E46" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="H46" t="s">
         <v>0</v>
       </c>
       <c r="I46" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>183</v>
+      </c>
+      <c r="J46" t="n">
+        <v>136.0</v>
       </c>
       <c r="K46" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s" s="2">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="B47" t="s" s="2">
-        <v>139</v>
+        <v>186</v>
       </c>
       <c r="C47" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D47" t="s" s="4">
-        <v>68</v>
+        <v>187</v>
       </c>
       <c r="E47" t="s" s="4">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="F47" t="s">
         <v>16</v>
       </c>
       <c r="G47" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="H47" t="s">
         <v>0</v>
       </c>
       <c r="I47" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>189</v>
+      </c>
+      <c r="J47" t="n">
+        <v>4513.0</v>
       </c>
       <c r="K47" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s" s="2">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="B48" t="s" s="2">
-        <v>199</v>
+        <v>51</v>
       </c>
       <c r="C48" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D48" t="s" s="4">
-        <v>184</v>
+        <v>52</v>
       </c>
       <c r="E48" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="H48" t="s">
         <v>0</v>
       </c>
       <c r="I48" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="J48" t="s">
         <v>0</v>
       </c>
       <c r="K48" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s" s="2">
+        <v>195</v>
+      </c>
+      <c r="B49" t="s" s="2">
+        <v>196</v>
+      </c>
+      <c r="C49" t="n" s="3">
+        <v>7.91202303005E11</v>
+      </c>
+      <c r="D49" t="s" s="4">
+        <v>76</v>
+      </c>
+      <c r="E49" t="s" s="4">
+        <v>197</v>
+      </c>
+      <c r="F49" t="s">
+        <v>16</v>
+      </c>
+      <c r="G49" t="s">
         <v>198</v>
       </c>
-      <c r="B49" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49" t="s">
+        <v>0</v>
+      </c>
+      <c r="I49" t="s">
+        <v>199</v>
+      </c>
+      <c r="J49" t="n">
+        <v>258.0</v>
+      </c>
+      <c r="K49" t="s">
         <v>200</v>
-      </c>
-[...10 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s" s="2">
+        <v>201</v>
+      </c>
+      <c r="B50" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="C50" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D50" t="s" s="4">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E50" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F50" t="s">
         <v>16</v>
       </c>
       <c r="G50" t="s">
         <v>204</v>
       </c>
       <c r="H50" t="s">
         <v>0</v>
       </c>
       <c r="I50" t="s">
         <v>205</v>
       </c>
       <c r="J50" t="s">
         <v>0</v>
       </c>
       <c r="K50" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s" s="2">
         <v>207</v>
       </c>
       <c r="B51" t="s" s="2">
         <v>208</v>
       </c>
       <c r="C51" t="n" s="3">
-        <v>7.91202507001E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D51" t="s" s="4">
-        <v>107</v>
+        <v>209</v>
       </c>
       <c r="E51" t="s" s="4">
-        <v>209</v>
+        <v>151</v>
       </c>
       <c r="F51" t="s">
         <v>31</v>
       </c>
       <c r="G51" t="s">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="H51" t="s">
         <v>0</v>
       </c>
       <c r="I51" t="s">
-        <v>0</v>
+        <v>211</v>
       </c>
       <c r="J51" t="s">
         <v>0</v>
       </c>
       <c r="K51" t="s">
-        <v>0</v>
+        <v>212</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s" s="2">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B52" t="s" s="2">
-        <v>211</v>
+        <v>121</v>
       </c>
       <c r="C52" t="n" s="3">
-        <v>7.91202505002E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D52" t="s" s="4">
         <v>29</v>
       </c>
       <c r="E52" t="s" s="4">
-        <v>30</v>
+        <v>122</v>
       </c>
       <c r="F52" t="s">
         <v>31</v>
       </c>
       <c r="G52" t="s">
+        <v>210</v>
+      </c>
+      <c r="H52" t="s">
+        <v>0</v>
+      </c>
+      <c r="I52" t="s">
+        <v>211</v>
+      </c>
+      <c r="J52" t="s">
+        <v>0</v>
+      </c>
+      <c r="K52" t="s">
         <v>212</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s" s="2">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B53" t="s" s="2">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="C53" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D53" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E53" t="s" s="4">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F53" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G53" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H53" t="s">
         <v>0</v>
       </c>
       <c r="I53" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="J53" t="s">
         <v>0</v>
       </c>
       <c r="K53" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s" s="2">
+        <v>213</v>
+      </c>
+      <c r="B54" t="s" s="2">
+        <v>150</v>
+      </c>
+      <c r="C54" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D54" t="s" s="4">
+        <v>76</v>
+      </c>
+      <c r="E54" t="s" s="4">
+        <v>151</v>
+      </c>
+      <c r="F54" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" t="s">
+        <v>214</v>
+      </c>
+      <c r="H54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I54" t="s">
         <v>215</v>
       </c>
-      <c r="B54" t="s" s="2">
+      <c r="J54" t="s">
+        <v>0</v>
+      </c>
+      <c r="K54" t="s">
         <v>216</v>
-      </c>
-[...25 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s" s="2">
+        <v>217</v>
+      </c>
+      <c r="B55" t="s" s="2">
+        <v>218</v>
+      </c>
+      <c r="C55" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D55" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E55" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F55" t="s">
+        <v>16</v>
+      </c>
+      <c r="G55" t="s">
+        <v>219</v>
+      </c>
+      <c r="H55" t="s">
+        <v>0</v>
+      </c>
+      <c r="I55" t="s">
+        <v>220</v>
+      </c>
+      <c r="J55" t="s">
+        <v>0</v>
+      </c>
+      <c r="K55" t="s">
         <v>221</v>
-      </c>
-[...28 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s" s="2">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="B56" t="s" s="2">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="C56" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D56" t="s" s="4">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E56" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F56" t="s">
         <v>16</v>
       </c>
       <c r="G56" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="H56" t="s">
         <v>0</v>
       </c>
       <c r="I56" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="J56" t="s">
         <v>0</v>
       </c>
       <c r="K56" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s" s="2">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B57" t="s" s="2">
-        <v>183</v>
+        <v>218</v>
       </c>
       <c r="C57" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D57" t="s" s="4">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="E57" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F57" t="s">
         <v>16</v>
       </c>
       <c r="G57" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="H57" t="s">
         <v>0</v>
       </c>
       <c r="I57" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="J57" t="s">
         <v>0</v>
       </c>
       <c r="K57" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s" s="2">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="B58" t="s" s="2">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C58" t="n" s="3">
-        <v>7.91202207008E11</v>
+        <v>7.91202507001E11</v>
       </c>
       <c r="D58" t="s" s="4">
-        <v>231</v>
+        <v>115</v>
       </c>
       <c r="E58" t="s" s="4">
-        <v>116</v>
+        <v>228</v>
       </c>
       <c r="F58" t="s">
         <v>31</v>
       </c>
       <c r="G58" t="s">
-        <v>232</v>
+        <v>0</v>
       </c>
       <c r="H58" t="s">
         <v>0</v>
       </c>
       <c r="I58" t="s">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="J58" t="s">
         <v>0</v>
       </c>
       <c r="K58" t="s">
-        <v>234</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s" s="2">
         <v>229</v>
       </c>
       <c r="B59" t="s" s="2">
-        <v>177</v>
+        <v>230</v>
       </c>
       <c r="C59" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D59" t="s" s="4">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="E59" t="s" s="4">
-        <v>178</v>
+        <v>39</v>
       </c>
       <c r="F59" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G59" t="s">
+        <v>231</v>
+      </c>
+      <c r="H59" t="s">
+        <v>0</v>
+      </c>
+      <c r="I59" t="s">
         <v>232</v>
       </c>
-      <c r="H59" t="s">
-[...2 lines deleted...]
-      <c r="I59" t="s">
+      <c r="J59" t="s">
+        <v>0</v>
+      </c>
+      <c r="K59" t="s">
         <v>233</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s" s="2">
         <v>229</v>
       </c>
       <c r="B60" t="s" s="2">
-        <v>235</v>
+        <v>37</v>
       </c>
       <c r="C60" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D60" t="s" s="4">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="E60" t="s" s="4">
-        <v>178</v>
+        <v>39</v>
       </c>
       <c r="F60" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G60" t="s">
+        <v>231</v>
+      </c>
+      <c r="H60" t="s">
+        <v>0</v>
+      </c>
+      <c r="I60" t="s">
         <v>232</v>
       </c>
-      <c r="H60" t="s">
-[...2 lines deleted...]
-      <c r="I60" t="s">
+      <c r="J60" t="s">
+        <v>0</v>
+      </c>
+      <c r="K60" t="s">
         <v>233</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s" s="2">
+        <v>234</v>
+      </c>
+      <c r="B61" t="s" s="2">
+        <v>235</v>
+      </c>
+      <c r="C61" t="n" s="3">
+        <v>7.91202510003E11</v>
+      </c>
+      <c r="D61" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E61" t="s" s="4">
+        <v>30</v>
+      </c>
+      <c r="F61" t="s">
+        <v>31</v>
+      </c>
+      <c r="G61" t="s">
         <v>236</v>
       </c>
-      <c r="B61" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G61" t="s">
+      <c r="H61" t="s">
+        <v>0</v>
+      </c>
+      <c r="I61" t="s">
         <v>237</v>
       </c>
-      <c r="H61" t="s">
-[...2 lines deleted...]
-      <c r="I61" t="s">
+      <c r="J61" t="s">
+        <v>0</v>
+      </c>
+      <c r="K61" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s" s="2">
+        <v>239</v>
+      </c>
+      <c r="B62" t="s" s="2">
         <v>240</v>
       </c>
-      <c r="B62" t="s" s="2">
+      <c r="C62" t="n" s="3">
+        <v>7.91202003005E11</v>
+      </c>
+      <c r="D62" t="s" s="4">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E62" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F62" t="s">
         <v>16</v>
       </c>
       <c r="G62" t="s">
+        <v>242</v>
+      </c>
+      <c r="H62" t="s">
+        <v>0</v>
+      </c>
+      <c r="I62" t="s">
         <v>243</v>
       </c>
-      <c r="H62" t="s">
-[...2 lines deleted...]
-      <c r="I62" t="s">
+      <c r="J62" t="s">
+        <v>0</v>
+      </c>
+      <c r="K62" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s" s="2">
+        <v>245</v>
+      </c>
+      <c r="B63" t="s" s="2">
+        <v>57</v>
+      </c>
+      <c r="C63" t="n" s="3">
+        <v>7.91202409005E11</v>
+      </c>
+      <c r="D63" t="s" s="4">
+        <v>58</v>
+      </c>
+      <c r="E63" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="F63" t="s">
+        <v>31</v>
+      </c>
+      <c r="G63" t="s">
         <v>246</v>
       </c>
-      <c r="B63" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G63" t="s">
+      <c r="H63" t="s">
+        <v>0</v>
+      </c>
+      <c r="I63" t="s">
         <v>247</v>
       </c>
-      <c r="H63" t="s">
-[...2 lines deleted...]
-      <c r="I63" t="s">
+      <c r="J63" t="s">
+        <v>0</v>
+      </c>
+      <c r="K63" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s" s="2">
+        <v>249</v>
+      </c>
+      <c r="B64" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="C64" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D64" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E64" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F64" t="s">
+        <v>16</v>
+      </c>
+      <c r="G64" t="s">
         <v>250</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
       <c r="H64" t="s">
         <v>0</v>
       </c>
       <c r="I64" t="s">
         <v>251</v>
       </c>
       <c r="J64" t="s">
         <v>0</v>
       </c>
       <c r="K64" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s" s="2">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="B65" t="s" s="2">
-        <v>254</v>
+        <v>218</v>
       </c>
       <c r="C65" t="n" s="3">
-        <v>7.91202103009E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D65" t="s" s="4">
-        <v>255</v>
+        <v>203</v>
       </c>
       <c r="E65" t="s" s="4">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="F65" t="s">
         <v>16</v>
       </c>
       <c r="G65" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="H65" t="s">
         <v>0</v>
       </c>
       <c r="I65" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="J65" t="s">
         <v>0</v>
       </c>
       <c r="K65" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s" s="2">
         <v>253</v>
       </c>
       <c r="B66" t="s" s="2">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="C66" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202207008E11</v>
       </c>
       <c r="D66" t="s" s="4">
-        <v>37</v>
+        <v>255</v>
       </c>
       <c r="E66" t="s" s="4">
-        <v>38</v>
+        <v>126</v>
       </c>
       <c r="F66" t="s">
         <v>31</v>
       </c>
       <c r="G66" t="s">
         <v>256</v>
       </c>
       <c r="H66" t="s">
         <v>0</v>
       </c>
       <c r="I66" t="s">
         <v>257</v>
       </c>
       <c r="J66" t="s">
         <v>0</v>
       </c>
       <c r="K66" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s" s="2">
         <v>253</v>
       </c>
       <c r="B67" t="s" s="2">
-        <v>260</v>
+        <v>196</v>
       </c>
       <c r="C67" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D67" t="s" s="4">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="E67" t="s" s="4">
-        <v>30</v>
+        <v>197</v>
       </c>
       <c r="F67" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>256</v>
       </c>
       <c r="H67" t="s">
         <v>0</v>
       </c>
       <c r="I67" t="s">
         <v>257</v>
       </c>
       <c r="J67" t="s">
         <v>0</v>
       </c>
       <c r="K67" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s" s="2">
         <v>253</v>
       </c>
       <c r="B68" t="s" s="2">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C68" t="n" s="3">
-        <v>7.91202502006E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D68" t="s" s="4">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="E68" t="s" s="4">
-        <v>38</v>
+        <v>197</v>
       </c>
       <c r="F68" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G68" t="s">
         <v>256</v>
       </c>
       <c r="H68" t="s">
         <v>0</v>
       </c>
       <c r="I68" t="s">
         <v>257</v>
       </c>
       <c r="J68" t="s">
         <v>0</v>
       </c>
       <c r="K68" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s" s="2">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="B69" t="s" s="2">
-        <v>104</v>
+        <v>218</v>
       </c>
       <c r="C69" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D69" t="s" s="4">
-        <v>37</v>
+        <v>203</v>
       </c>
       <c r="E69" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F69" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G69" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="H69" t="s">
         <v>0</v>
       </c>
       <c r="I69" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="J69" t="s">
         <v>0</v>
       </c>
       <c r="K69" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s" s="2">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B70" t="s" s="2">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C70" t="n" s="3">
-        <v>7.91202505003E11</v>
+        <v>7.9120200401E11</v>
       </c>
       <c r="D70" t="s" s="4">
-        <v>29</v>
+        <v>266</v>
       </c>
       <c r="E70" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F70" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G70" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H70" t="s">
         <v>0</v>
       </c>
       <c r="I70" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="J70" t="s">
         <v>0</v>
       </c>
       <c r="K70" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s" s="2">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B71" t="s" s="2">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="C71" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D71" t="s" s="4">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="E71" t="s" s="4">
-        <v>38</v>
+        <v>71</v>
       </c>
       <c r="F71" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G71" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="H71" t="s">
         <v>0</v>
       </c>
       <c r="I71" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>38.0</v>
+        <v>272</v>
+      </c>
+      <c r="J71" t="s">
+        <v>0</v>
       </c>
       <c r="K71" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s" s="2">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B72" t="s" s="2">
-        <v>272</v>
+        <v>83</v>
       </c>
       <c r="C72" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D72" t="s" s="4">
-        <v>273</v>
+        <v>84</v>
       </c>
       <c r="E72" t="s" s="4">
-        <v>116</v>
+        <v>85</v>
       </c>
       <c r="F72" t="s">
         <v>31</v>
       </c>
       <c r="G72" t="s">
-        <v>274</v>
+        <v>91</v>
       </c>
       <c r="H72" t="s">
         <v>0</v>
       </c>
       <c r="I72" t="s">
         <v>275</v>
       </c>
       <c r="J72" t="s">
         <v>0</v>
       </c>
       <c r="K72" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s" s="2">
         <v>277</v>
       </c>
       <c r="B73" t="s" s="2">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C73" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D73" t="s" s="4">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="E73" t="s" s="4">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="F73" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G73" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="H73" t="s">
         <v>0</v>
       </c>
       <c r="I73" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="J73" t="s">
         <v>0</v>
       </c>
       <c r="K73" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s" s="2">
+        <v>277</v>
+      </c>
+      <c r="B74" t="s" s="2">
+        <v>283</v>
+      </c>
+      <c r="C74" t="n" s="3">
+        <v>7.91202502007E11</v>
+      </c>
+      <c r="D74" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E74" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F74" t="s">
+        <v>31</v>
+      </c>
+      <c r="G74" t="s">
+        <v>280</v>
+      </c>
+      <c r="H74" t="s">
+        <v>0</v>
+      </c>
+      <c r="I74" t="s">
         <v>281</v>
       </c>
-      <c r="B74" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G74" t="s">
+      <c r="J74" t="s">
+        <v>0</v>
+      </c>
+      <c r="K74" t="s">
         <v>282</v>
-      </c>
-[...10 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s" s="2">
+        <v>277</v>
+      </c>
+      <c r="B75" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="C75" t="n" s="3">
+        <v>7.91202505001E11</v>
+      </c>
+      <c r="D75" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E75" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F75" t="s">
+        <v>31</v>
+      </c>
+      <c r="G75" t="s">
+        <v>280</v>
+      </c>
+      <c r="H75" t="s">
+        <v>0</v>
+      </c>
+      <c r="I75" t="s">
         <v>281</v>
       </c>
-      <c r="B75" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G75" t="s">
+      <c r="J75" t="s">
+        <v>0</v>
+      </c>
+      <c r="K75" t="s">
         <v>282</v>
-      </c>
-[...10 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s" s="2">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="B76" t="s" s="2">
-        <v>89</v>
+        <v>112</v>
       </c>
       <c r="C76" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D76" t="s" s="4">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="E76" t="s" s="4">
-        <v>91</v>
+        <v>46</v>
       </c>
       <c r="F76" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G76" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="H76" t="s">
         <v>0</v>
       </c>
       <c r="I76" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="J76" t="s">
         <v>0</v>
       </c>
       <c r="K76" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s" s="2">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="B77" t="s" s="2">
-        <v>43</v>
+        <v>285</v>
       </c>
       <c r="C77" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D77" t="s" s="4">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E77" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F77" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G77" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="H77" t="s">
         <v>0</v>
       </c>
       <c r="I77" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="J77" t="s">
         <v>0</v>
       </c>
       <c r="K77" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s" s="2">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="B78" t="s" s="2">
-        <v>106</v>
+        <v>287</v>
       </c>
       <c r="C78" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202505003E11</v>
       </c>
       <c r="D78" t="s" s="4">
-        <v>107</v>
+        <v>38</v>
       </c>
       <c r="E78" t="s" s="4">
-        <v>108</v>
+        <v>39</v>
       </c>
       <c r="F78" t="s">
         <v>31</v>
       </c>
       <c r="G78" t="s">
-        <v>0</v>
+        <v>288</v>
       </c>
       <c r="H78" t="s">
         <v>0</v>
       </c>
       <c r="I78" t="s">
-        <v>0</v>
+        <v>289</v>
       </c>
       <c r="J78" t="s">
         <v>0</v>
       </c>
       <c r="K78" t="s">
-        <v>0</v>
+        <v>290</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s" s="2">
+        <v>291</v>
+      </c>
+      <c r="B79" t="s" s="2">
+        <v>235</v>
+      </c>
+      <c r="C79" t="n" s="3">
+        <v>7.91202510003E11</v>
+      </c>
+      <c r="D79" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E79" t="s" s="4">
+        <v>30</v>
+      </c>
+      <c r="F79" t="s">
+        <v>31</v>
+      </c>
+      <c r="G79" t="s">
+        <v>292</v>
+      </c>
+      <c r="H79" t="s">
+        <v>0</v>
+      </c>
+      <c r="I79" t="s">
+        <v>293</v>
+      </c>
+      <c r="J79" t="s">
+        <v>0</v>
+      </c>
+      <c r="K79" t="s">
         <v>294</v>
-      </c>
-[...28 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s" s="2">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B80" t="s" s="2">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="C80" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D80" t="s" s="4">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="E80" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F80" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G80" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H80" t="s">
         <v>0</v>
       </c>
       <c r="I80" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>297</v>
+      </c>
+      <c r="J80" t="n">
+        <v>38.0</v>
       </c>
       <c r="K80" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s" s="2">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B81" t="s" s="2">
-        <v>114</v>
+        <v>300</v>
       </c>
       <c r="C81" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D81" t="s" s="4">
-        <v>115</v>
+        <v>301</v>
       </c>
       <c r="E81" t="s" s="4">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="F81" t="s">
         <v>31</v>
       </c>
       <c r="G81" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="H81" t="s">
         <v>0</v>
       </c>
       <c r="I81" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="J81" t="s">
         <v>0</v>
       </c>
       <c r="K81" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s" s="2">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="B82" t="s" s="2">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C82" t="n" s="3">
-        <v>7.91202303008E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D82" t="s" s="4">
-        <v>68</v>
+        <v>301</v>
       </c>
       <c r="E82" t="s" s="4">
-        <v>303</v>
+        <v>126</v>
       </c>
       <c r="F82" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G82" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="H82" t="s">
         <v>0</v>
       </c>
       <c r="I82" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="J82" t="s">
         <v>0</v>
       </c>
       <c r="K82" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s" s="2">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B83" t="s" s="2">
-        <v>104</v>
+        <v>218</v>
       </c>
       <c r="C83" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D83" t="s" s="4">
-        <v>37</v>
+        <v>203</v>
       </c>
       <c r="E83" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F83" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G83" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="H83" t="s">
         <v>0</v>
       </c>
       <c r="I83" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="J83" t="s">
         <v>0</v>
       </c>
       <c r="K83" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s" s="2">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B84" t="s" s="2">
-        <v>309</v>
+        <v>202</v>
       </c>
       <c r="C84" t="n" s="3">
-        <v>7.91202003001E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D84" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E84" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F84" t="s">
+        <v>16</v>
+      </c>
+      <c r="G84" t="s">
         <v>310</v>
       </c>
-      <c r="E84" t="s" s="4">
+      <c r="H84" t="s">
+        <v>0</v>
+      </c>
+      <c r="I84" t="s">
         <v>311</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="J84" t="s">
+        <v>0</v>
+      </c>
+      <c r="K84" t="s">
         <v>312</v>
-      </c>
-[...10 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s" s="2">
+        <v>313</v>
+      </c>
+      <c r="B85" t="s" s="2">
+        <v>97</v>
+      </c>
+      <c r="C85" t="n" s="3">
+        <v>7.9120200502E11</v>
+      </c>
+      <c r="D85" t="s" s="4">
+        <v>98</v>
+      </c>
+      <c r="E85" t="s" s="4">
+        <v>99</v>
+      </c>
+      <c r="F85" t="s">
+        <v>16</v>
+      </c>
+      <c r="G85" t="s">
+        <v>314</v>
+      </c>
+      <c r="H85" t="s">
+        <v>0</v>
+      </c>
+      <c r="I85" t="s">
         <v>315</v>
       </c>
-      <c r="B85" t="s" s="2">
+      <c r="J85" t="s">
+        <v>0</v>
+      </c>
+      <c r="K85" t="s">
         <v>316</v>
-      </c>
-[...25 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s" s="2">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B86" t="s" s="2">
-        <v>199</v>
+        <v>51</v>
       </c>
       <c r="C86" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D86" t="s" s="4">
-        <v>184</v>
+        <v>52</v>
       </c>
       <c r="E86" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F86" t="s">
         <v>16</v>
       </c>
       <c r="G86" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="H86" t="s">
         <v>0</v>
       </c>
       <c r="I86" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="J86" t="s">
         <v>0</v>
       </c>
       <c r="K86" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s" s="2">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B87" t="s" s="2">
-        <v>167</v>
+        <v>114</v>
       </c>
       <c r="C87" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D87" t="s" s="4">
-        <v>168</v>
+        <v>115</v>
       </c>
       <c r="E87" t="s" s="4">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F87" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G87" t="s">
-        <v>325</v>
+        <v>0</v>
       </c>
       <c r="H87" t="s">
         <v>0</v>
       </c>
       <c r="I87" t="s">
-        <v>326</v>
+        <v>0</v>
       </c>
       <c r="J87" t="s">
         <v>0</v>
       </c>
       <c r="K87" t="s">
-        <v>327</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s" s="2">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="B88" t="s" s="2">
-        <v>329</v>
+        <v>218</v>
       </c>
       <c r="C88" t="n" s="3">
-        <v>7.91202103001E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D88" t="s" s="4">
-        <v>330</v>
+        <v>203</v>
       </c>
       <c r="E88" t="s" s="4">
-        <v>331</v>
+        <v>15</v>
       </c>
       <c r="F88" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G88" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="H88" t="s">
         <v>0</v>
       </c>
       <c r="I88" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="J88" t="s">
         <v>0</v>
       </c>
       <c r="K88" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s" s="2">
-        <v>335</v>
+        <v>322</v>
       </c>
       <c r="B89" t="s" s="2">
-        <v>104</v>
+        <v>202</v>
       </c>
       <c r="C89" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D89" t="s" s="4">
-        <v>37</v>
+        <v>203</v>
       </c>
       <c r="E89" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F89" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G89" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
       <c r="H89" t="s">
         <v>0</v>
       </c>
       <c r="I89" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
       <c r="J89" t="s">
         <v>0</v>
       </c>
       <c r="K89" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s" s="2">
-        <v>339</v>
+        <v>326</v>
       </c>
       <c r="B90" t="s" s="2">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="C90" t="n" s="3">
-        <v>7.91202403003E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D90" t="s" s="4">
-        <v>50</v>
+        <v>125</v>
       </c>
       <c r="E90" t="s" s="4">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="F90" t="s">
         <v>31</v>
       </c>
       <c r="G90" t="s">
-        <v>340</v>
+        <v>327</v>
       </c>
       <c r="H90" t="s">
         <v>0</v>
       </c>
       <c r="I90" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
       <c r="J90" t="s">
         <v>0</v>
       </c>
       <c r="K90" t="s">
-        <v>342</v>
+        <v>329</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s" s="2">
-        <v>343</v>
+        <v>326</v>
       </c>
       <c r="B91" t="s" s="2">
-        <v>260</v>
+        <v>330</v>
       </c>
       <c r="C91" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202303008E11</v>
       </c>
       <c r="D91" t="s" s="4">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="E91" t="s" s="4">
-        <v>30</v>
+        <v>331</v>
       </c>
       <c r="F91" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G91" t="s">
-        <v>344</v>
+        <v>327</v>
       </c>
       <c r="H91" t="s">
         <v>0</v>
       </c>
       <c r="I91" t="s">
-        <v>345</v>
+        <v>328</v>
       </c>
       <c r="J91" t="s">
         <v>0</v>
       </c>
       <c r="K91" t="s">
-        <v>346</v>
+        <v>329</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s" s="2">
-        <v>347</v>
+        <v>332</v>
       </c>
       <c r="B92" t="s" s="2">
-        <v>348</v>
+        <v>112</v>
       </c>
       <c r="C92" t="n" s="3">
-        <v>7.91202505009E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D92" t="s" s="4">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="E92" t="s" s="4">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F92" t="s">
-        <v>349</v>
+        <v>31</v>
       </c>
       <c r="G92" t="s">
-        <v>350</v>
+        <v>333</v>
       </c>
       <c r="H92" t="s">
         <v>0</v>
       </c>
       <c r="I92" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>64.0</v>
+        <v>334</v>
+      </c>
+      <c r="J92" t="s">
+        <v>0</v>
       </c>
       <c r="K92" t="s">
-        <v>352</v>
+        <v>335</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s" s="2">
-        <v>347</v>
+        <v>336</v>
       </c>
       <c r="B93" t="s" s="2">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="C93" t="n" s="3">
-        <v>7.91202505007E11</v>
+        <v>7.91202003001E11</v>
       </c>
       <c r="D93" t="s" s="4">
-        <v>29</v>
+        <v>338</v>
       </c>
       <c r="E93" t="s" s="4">
-        <v>30</v>
+        <v>339</v>
       </c>
       <c r="F93" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G93" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="H93" t="s">
         <v>0</v>
       </c>
       <c r="I93" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>64.0</v>
+        <v>341</v>
+      </c>
+      <c r="J93" t="s">
+        <v>0</v>
       </c>
       <c r="K93" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s" s="2">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="B94" t="s" s="2">
-        <v>49</v>
+        <v>344</v>
       </c>
       <c r="C94" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D94" t="s" s="4">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E94" t="s" s="4">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F94" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G94" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="H94" t="s">
         <v>0</v>
       </c>
       <c r="I94" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>346</v>
+      </c>
+      <c r="J94" t="n">
+        <v>1829.0</v>
       </c>
       <c r="K94" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s" s="2">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="B95" t="s" s="2">
-        <v>104</v>
+        <v>218</v>
       </c>
       <c r="C95" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D95" t="s" s="4">
-        <v>37</v>
+        <v>203</v>
       </c>
       <c r="E95" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F95" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G95" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="H95" t="s">
         <v>0</v>
       </c>
       <c r="I95" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="J95" t="s">
         <v>0</v>
       </c>
       <c r="K95" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s" s="2">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="B96" t="s" s="2">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="C96" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D96" t="s" s="4">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E96" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F96" t="s">
         <v>16</v>
       </c>
       <c r="G96" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="H96" t="s">
         <v>0</v>
       </c>
       <c r="I96" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="J96" t="s">
         <v>0</v>
       </c>
       <c r="K96" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s" s="2">
+        <v>356</v>
+      </c>
+      <c r="B97" t="s" s="2">
+        <v>357</v>
+      </c>
+      <c r="C97" t="n" s="3">
+        <v>7.91202103001E11</v>
+      </c>
+      <c r="D97" t="s" s="4">
+        <v>358</v>
+      </c>
+      <c r="E97" t="s" s="4">
+        <v>359</v>
+      </c>
+      <c r="F97" t="s">
+        <v>31</v>
+      </c>
+      <c r="G97" t="s">
+        <v>360</v>
+      </c>
+      <c r="H97" t="s">
+        <v>0</v>
+      </c>
+      <c r="I97" t="s">
         <v>361</v>
       </c>
-      <c r="B97" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G97" t="s">
+      <c r="J97" t="s">
+        <v>0</v>
+      </c>
+      <c r="K97" t="s">
         <v>362</v>
-      </c>
-[...10 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s" s="2">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B98" t="s" s="2">
-        <v>366</v>
+        <v>112</v>
       </c>
       <c r="C98" t="n" s="3">
-        <v>7.91202502002E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D98" t="s" s="4">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E98" t="s" s="4">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F98" t="s">
         <v>31</v>
       </c>
       <c r="G98" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="H98" t="s">
         <v>0</v>
       </c>
       <c r="I98" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="J98" t="s">
         <v>0</v>
       </c>
       <c r="K98" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s" s="2">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B99" t="s" s="2">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="C99" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202403003E11</v>
       </c>
       <c r="D99" t="s" s="4">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="E99" t="s" s="4">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="F99" t="s">
         <v>31</v>
       </c>
       <c r="G99" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="H99" t="s">
         <v>0</v>
       </c>
       <c r="I99" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="J99" t="s">
         <v>0</v>
       </c>
       <c r="K99" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s" s="2">
+        <v>371</v>
+      </c>
+      <c r="B100" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="C100" t="n" s="3">
+        <v>7.91202505001E11</v>
+      </c>
+      <c r="D100" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E100" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F100" t="s">
+        <v>31</v>
+      </c>
+      <c r="G100" t="s">
+        <v>372</v>
+      </c>
+      <c r="H100" t="s">
+        <v>0</v>
+      </c>
+      <c r="I100" t="s">
+        <v>373</v>
+      </c>
+      <c r="J100" t="s">
+        <v>0</v>
+      </c>
+      <c r="K100" t="s">
         <v>374</v>
-      </c>
-[...28 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s" s="2">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B101" t="s" s="2">
-        <v>43</v>
+        <v>376</v>
       </c>
       <c r="C101" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D101" t="s" s="4">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E101" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F101" t="s">
-        <v>16</v>
+        <v>377</v>
       </c>
       <c r="G101" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="H101" t="s">
         <v>0</v>
       </c>
       <c r="I101" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>379</v>
+      </c>
+      <c r="J101" t="n">
+        <v>64.0</v>
       </c>
       <c r="K101" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s" s="2">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B102" t="s" s="2">
+        <v>376</v>
+      </c>
+      <c r="C102" t="n" s="3">
+        <v>7.91202505007E11</v>
+      </c>
+      <c r="D102" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E102" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F102" t="s">
+        <v>31</v>
+      </c>
+      <c r="G102" t="s">
+        <v>378</v>
+      </c>
+      <c r="H102" t="s">
+        <v>0</v>
+      </c>
+      <c r="I102" t="s">
         <v>379</v>
       </c>
-      <c r="C102" t="n" s="3">
-[...21 lines deleted...]
-        <v>0</v>
+      <c r="J102" t="n">
+        <v>64.0</v>
       </c>
       <c r="K102" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s" s="2">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="B103" t="s" s="2">
-        <v>241</v>
+        <v>112</v>
       </c>
       <c r="C103" t="n" s="3">
-        <v>7.9120200401E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D103" t="s" s="4">
-        <v>242</v>
+        <v>45</v>
       </c>
       <c r="E103" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F103" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G103" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="H103" t="s">
         <v>0</v>
       </c>
       <c r="I103" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="J103" t="s">
         <v>0</v>
       </c>
       <c r="K103" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s" s="2">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="B104" t="s" s="2">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="C104" t="n" s="3">
-        <v>7.91202004009E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D104" t="s" s="4">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="E104" t="s" s="4">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="F104" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G104" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="H104" t="s">
         <v>0</v>
       </c>
       <c r="I104" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="J104" t="s">
         <v>0</v>
       </c>
       <c r="K104" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s" s="2">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B105" t="s" s="2">
-        <v>272</v>
+        <v>218</v>
       </c>
       <c r="C105" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D105" t="s" s="4">
-        <v>273</v>
+        <v>203</v>
       </c>
       <c r="E105" t="s" s="4">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F105" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G105" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="H105" t="s">
         <v>0</v>
       </c>
       <c r="I105" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="J105" t="s">
         <v>0</v>
       </c>
       <c r="K105" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s" s="2">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B106" t="s" s="2">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="C106" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D106" t="s" s="4">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="E106" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F106" t="s">
         <v>16</v>
       </c>
       <c r="G106" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="H106" t="s">
         <v>0</v>
       </c>
       <c r="I106" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="J106" t="s">
         <v>0</v>
       </c>
       <c r="K106" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s" s="2">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="B107" t="s" s="2">
-        <v>104</v>
+        <v>394</v>
       </c>
       <c r="C107" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202502002E11</v>
       </c>
       <c r="D107" t="s" s="4">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E107" t="s" s="4">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F107" t="s">
         <v>31</v>
       </c>
       <c r="G107" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="H107" t="s">
         <v>0</v>
       </c>
       <c r="I107" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="J107" t="s">
         <v>0</v>
       </c>
       <c r="K107" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s" s="2">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B108" t="s" s="2">
-        <v>183</v>
+        <v>112</v>
       </c>
       <c r="C108" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D108" t="s" s="4">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="E108" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F108" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G108" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="H108" t="s">
         <v>0</v>
       </c>
       <c r="I108" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="J108" t="s">
         <v>0</v>
       </c>
       <c r="K108" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s" s="2">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="B109" t="s" s="2">
-        <v>263</v>
+        <v>403</v>
       </c>
       <c r="C109" t="n" s="3">
-        <v>7.91202505003E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D109" t="s" s="4">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E109" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F109" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G109" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="H109" t="s">
         <v>0</v>
       </c>
       <c r="I109" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="J109" t="s">
         <v>0</v>
       </c>
       <c r="K109" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s" s="2">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B110" t="s" s="2">
-        <v>379</v>
+        <v>51</v>
       </c>
       <c r="C110" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D110" t="s" s="4">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E110" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F110" t="s">
         <v>16</v>
       </c>
       <c r="G110" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="H110" t="s">
         <v>0</v>
       </c>
       <c r="I110" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="J110" t="s">
         <v>0</v>
       </c>
       <c r="K110" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s" s="2">
+        <v>402</v>
+      </c>
+      <c r="B111" t="s" s="2">
+        <v>407</v>
+      </c>
+      <c r="C111" t="n" s="3">
+        <v>7.91202003006E11</v>
+      </c>
+      <c r="D111" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E111" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F111" t="s">
+        <v>16</v>
+      </c>
+      <c r="G111" t="s">
         <v>404</v>
       </c>
-      <c r="B111" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G111" t="s">
+      <c r="H111" t="s">
+        <v>0</v>
+      </c>
+      <c r="I111" t="s">
         <v>405</v>
       </c>
-      <c r="H111" t="s">
-[...2 lines deleted...]
-      <c r="I111" t="s">
+      <c r="J111" t="s">
+        <v>0</v>
+      </c>
+      <c r="K111" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s" s="2">
+        <v>402</v>
+      </c>
+      <c r="B112" t="s" s="2">
+        <v>13</v>
+      </c>
+      <c r="C112" t="n" s="3">
+        <v>7.91202004009E11</v>
+      </c>
+      <c r="D112" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E112" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F112" t="s">
+        <v>16</v>
+      </c>
+      <c r="G112" t="s">
         <v>404</v>
       </c>
-      <c r="B112" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G112" t="s">
+      <c r="H112" t="s">
+        <v>0</v>
+      </c>
+      <c r="I112" t="s">
         <v>405</v>
       </c>
-      <c r="H112" t="s">
-[...2 lines deleted...]
-      <c r="I112" t="s">
+      <c r="J112" t="s">
+        <v>0</v>
+      </c>
+      <c r="K112" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s" s="2">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="B113" t="s" s="2">
-        <v>89</v>
+        <v>265</v>
       </c>
       <c r="C113" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.9120200401E11</v>
       </c>
       <c r="D113" t="s" s="4">
-        <v>90</v>
+        <v>266</v>
       </c>
       <c r="E113" t="s" s="4">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="F113" t="s">
         <v>16</v>
       </c>
       <c r="G113" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="H113" t="s">
         <v>0</v>
       </c>
       <c r="I113" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="J113" t="s">
         <v>0</v>
       </c>
       <c r="K113" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s" s="2">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B114" t="s" s="2">
-        <v>199</v>
+        <v>300</v>
       </c>
       <c r="C114" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D114" t="s" s="4">
-        <v>184</v>
+        <v>301</v>
       </c>
       <c r="E114" t="s" s="4">
-        <v>15</v>
+        <v>126</v>
       </c>
       <c r="F114" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G114" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="H114" t="s">
         <v>0</v>
       </c>
       <c r="I114" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="J114" t="s">
         <v>0</v>
       </c>
       <c r="K114" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s" s="2">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="B115" t="s" s="2">
-        <v>418</v>
+        <v>75</v>
       </c>
       <c r="C115" t="n" s="3">
-        <v>7.91202103003E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D115" t="s" s="4">
-        <v>419</v>
+        <v>76</v>
       </c>
       <c r="E115" t="s" s="4">
-        <v>140</v>
+        <v>23</v>
       </c>
       <c r="F115" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G115" t="s">
-        <v>0</v>
+        <v>413</v>
       </c>
       <c r="H115" t="s">
         <v>0</v>
       </c>
       <c r="I115" t="s">
-        <v>0</v>
+        <v>414</v>
       </c>
       <c r="J115" t="s">
         <v>0</v>
       </c>
       <c r="K115" t="s">
-        <v>0</v>
+        <v>415</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s" s="2">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B116" t="s" s="2">
-        <v>199</v>
+        <v>112</v>
       </c>
       <c r="C116" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D116" t="s" s="4">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="E116" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F116" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G116" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="H116" t="s">
         <v>0</v>
       </c>
       <c r="I116" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="J116" t="s">
         <v>0</v>
       </c>
       <c r="K116" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s" s="2">
         <v>420</v>
       </c>
       <c r="B117" t="s" s="2">
-        <v>167</v>
+        <v>202</v>
       </c>
       <c r="C117" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D117" t="s" s="4">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="E117" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
         <v>421</v>
       </c>
       <c r="H117" t="s">
         <v>0</v>
       </c>
       <c r="I117" t="s">
         <v>422</v>
       </c>
       <c r="J117" t="s">
         <v>0</v>
       </c>
       <c r="K117" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s" s="2">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B118" t="s" s="2">
-        <v>61</v>
+        <v>287</v>
       </c>
       <c r="C118" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202505003E11</v>
       </c>
       <c r="D118" t="s" s="4">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="E118" t="s" s="4">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="F118" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G118" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="H118" t="s">
         <v>0</v>
       </c>
       <c r="I118" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="J118" t="s">
         <v>0</v>
       </c>
       <c r="K118" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s" s="2">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B119" t="s" s="2">
-        <v>316</v>
+        <v>407</v>
       </c>
       <c r="C119" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D119" t="s" s="4">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="E119" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F119" t="s">
         <v>16</v>
       </c>
       <c r="G119" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="H119" t="s">
         <v>0</v>
       </c>
       <c r="I119" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="J119" t="s">
         <v>0</v>
       </c>
       <c r="K119" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s" s="2">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="B120" t="s" s="2">
-        <v>429</v>
+        <v>94</v>
       </c>
       <c r="C120" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202403005E11</v>
       </c>
       <c r="D120" t="s" s="4">
-        <v>273</v>
+        <v>58</v>
       </c>
       <c r="E120" t="s" s="4">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="F120" t="s">
         <v>31</v>
       </c>
       <c r="G120" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="H120" t="s">
         <v>0</v>
       </c>
       <c r="I120" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="J120" t="s">
         <v>0</v>
       </c>
       <c r="K120" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s" s="2">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="B121" t="s" s="2">
-        <v>21</v>
+        <v>436</v>
       </c>
       <c r="C121" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D121" t="s" s="4">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E121" t="s" s="4">
-        <v>23</v>
+        <v>339</v>
       </c>
       <c r="F121" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G121" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="H121" t="s">
         <v>0</v>
       </c>
       <c r="I121" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="J121" t="s">
         <v>0</v>
       </c>
       <c r="K121" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s" s="2">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="B122" t="s" s="2">
-        <v>434</v>
+        <v>121</v>
       </c>
       <c r="C122" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D122" t="s" s="4">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="E122" t="s" s="4">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="F122" t="s">
         <v>31</v>
       </c>
       <c r="G122" t="s">
+        <v>433</v>
+      </c>
+      <c r="H122" t="s">
+        <v>0</v>
+      </c>
+      <c r="I122" t="s">
+        <v>434</v>
+      </c>
+      <c r="J122" t="s">
+        <v>0</v>
+      </c>
+      <c r="K122" t="s">
         <v>435</v>
-      </c>
-[...10 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s" s="2">
+        <v>437</v>
+      </c>
+      <c r="B123" t="s" s="2">
+        <v>97</v>
+      </c>
+      <c r="C123" t="n" s="3">
+        <v>7.9120200502E11</v>
+      </c>
+      <c r="D123" t="s" s="4">
+        <v>98</v>
+      </c>
+      <c r="E123" t="s" s="4">
+        <v>99</v>
+      </c>
+      <c r="F123" t="s">
+        <v>16</v>
+      </c>
+      <c r="G123" t="s">
         <v>438</v>
       </c>
-      <c r="B123" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G123" t="s">
+      <c r="H123" t="s">
+        <v>0</v>
+      </c>
+      <c r="I123" t="s">
         <v>439</v>
       </c>
-      <c r="H123" t="s">
-[...2 lines deleted...]
-      <c r="I123" t="s">
+      <c r="J123" t="s">
+        <v>0</v>
+      </c>
+      <c r="K123" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s" s="2">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B124" t="s" s="2">
-        <v>43</v>
+        <v>218</v>
       </c>
       <c r="C124" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D124" t="s" s="4">
-        <v>44</v>
+        <v>203</v>
       </c>
       <c r="E124" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F124" t="s">
         <v>16</v>
       </c>
       <c r="G124" t="s">
+        <v>442</v>
+      </c>
+      <c r="H124" t="s">
+        <v>0</v>
+      </c>
+      <c r="I124" t="s">
         <v>443</v>
       </c>
-      <c r="H124" t="s">
-[...2 lines deleted...]
-      <c r="I124" t="s">
+      <c r="J124" t="s">
+        <v>0</v>
+      </c>
+      <c r="K124" t="s">
         <v>444</v>
-      </c>
-[...4 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s" s="2">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B125" t="s" s="2">
-        <v>106</v>
+        <v>446</v>
       </c>
       <c r="C125" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202103003E11</v>
       </c>
       <c r="D125" t="s" s="4">
-        <v>107</v>
+        <v>447</v>
       </c>
       <c r="E125" t="s" s="4">
-        <v>108</v>
+        <v>151</v>
       </c>
       <c r="F125" t="s">
         <v>31</v>
       </c>
       <c r="G125" t="s">
-        <v>443</v>
+        <v>0</v>
       </c>
       <c r="H125" t="s">
         <v>0</v>
       </c>
       <c r="I125" t="s">
-        <v>444</v>
+        <v>0</v>
       </c>
       <c r="J125" t="s">
         <v>0</v>
       </c>
       <c r="K125" t="s">
-        <v>445</v>
+        <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s" s="2">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B126" t="s" s="2">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C126" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D126" t="s" s="4">
-        <v>217</v>
+        <v>203</v>
       </c>
       <c r="E126" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F126" t="s">
         <v>16</v>
       </c>
       <c r="G126" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="H126" t="s">
         <v>0</v>
       </c>
       <c r="I126" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="J126" t="s">
         <v>0</v>
       </c>
       <c r="K126" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s" s="2">
+        <v>448</v>
+      </c>
+      <c r="B127" t="s" s="2">
+        <v>186</v>
+      </c>
+      <c r="C127" t="n" s="3">
+        <v>7.91202005016E11</v>
+      </c>
+      <c r="D127" t="s" s="4">
+        <v>187</v>
+      </c>
+      <c r="E127" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F127" t="s">
+        <v>16</v>
+      </c>
+      <c r="G127" t="s">
+        <v>449</v>
+      </c>
+      <c r="H127" t="s">
+        <v>0</v>
+      </c>
+      <c r="I127" t="s">
         <v>450</v>
       </c>
-      <c r="B127" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G127" t="s">
+      <c r="J127" t="s">
+        <v>0</v>
+      </c>
+      <c r="K127" t="s">
         <v>451</v>
-      </c>
-[...10 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s" s="2">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="B128" t="s" s="2">
-        <v>429</v>
+        <v>69</v>
       </c>
       <c r="C128" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D128" t="s" s="4">
-        <v>273</v>
+        <v>70</v>
       </c>
       <c r="E128" t="s" s="4">
-        <v>116</v>
+        <v>71</v>
       </c>
       <c r="F128" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G128" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="H128" t="s">
         <v>0</v>
       </c>
       <c r="I128" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="J128" t="s">
         <v>0</v>
       </c>
       <c r="K128" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s" s="2">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="B129" t="s" s="2">
-        <v>75</v>
+        <v>344</v>
       </c>
       <c r="C129" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D129" t="s" s="4">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="E129" t="s" s="4">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="F129" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G129" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="H129" t="s">
         <v>0</v>
       </c>
       <c r="I129" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="J129" t="s">
         <v>0</v>
       </c>
       <c r="K129" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s" s="2">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="B130" t="s" s="2">
-        <v>463</v>
+        <v>21</v>
       </c>
       <c r="C130" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D130" t="s" s="4">
-        <v>464</v>
+        <v>22</v>
       </c>
       <c r="E130" t="s" s="4">
-        <v>465</v>
+        <v>23</v>
       </c>
       <c r="F130" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G130" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="H130" t="s">
         <v>0</v>
       </c>
       <c r="I130" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="J130" t="s">
         <v>0</v>
       </c>
       <c r="K130" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="2">
-        <v>469</v>
+        <v>456</v>
       </c>
       <c r="B131" t="s" s="2">
-        <v>104</v>
+        <v>460</v>
       </c>
       <c r="C131" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D131" t="s" s="4">
-        <v>37</v>
+        <v>301</v>
       </c>
       <c r="E131" t="s" s="4">
-        <v>38</v>
+        <v>126</v>
       </c>
       <c r="F131" t="s">
         <v>31</v>
       </c>
       <c r="G131" t="s">
-        <v>470</v>
+        <v>457</v>
       </c>
       <c r="H131" t="s">
         <v>0</v>
       </c>
       <c r="I131" t="s">
-        <v>471</v>
+        <v>458</v>
       </c>
       <c r="J131" t="s">
         <v>0</v>
       </c>
       <c r="K131" t="s">
-        <v>472</v>
+        <v>459</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="2">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="B132" t="s" s="2">
-        <v>36</v>
+        <v>462</v>
       </c>
       <c r="C132" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D132" t="s" s="4">
-        <v>37</v>
+        <v>209</v>
       </c>
       <c r="E132" t="s" s="4">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="F132" t="s">
         <v>31</v>
       </c>
       <c r="G132" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="H132" t="s">
         <v>0</v>
       </c>
       <c r="I132" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>464</v>
+      </c>
+      <c r="J132" t="n">
+        <v>1096.0</v>
       </c>
       <c r="K132" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s" s="2">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="B133" t="s" s="2">
-        <v>316</v>
+        <v>150</v>
       </c>
       <c r="C133" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D133" t="s" s="4">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="E133" t="s" s="4">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="F133" t="s">
         <v>16</v>
       </c>
       <c r="G133" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="H133" t="s">
         <v>0</v>
       </c>
       <c r="I133" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="J133" t="s">
         <v>0</v>
       </c>
       <c r="K133" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s" s="2">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="B134" t="s" s="2">
-        <v>199</v>
+        <v>51</v>
       </c>
       <c r="C134" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D134" t="s" s="4">
-        <v>184</v>
+        <v>52</v>
       </c>
       <c r="E134" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="H134" t="s">
         <v>0</v>
       </c>
       <c r="I134" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="J134" t="s">
         <v>0</v>
       </c>
       <c r="K134" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s" s="2">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="B135" t="s" s="2">
-        <v>13</v>
+        <v>114</v>
       </c>
       <c r="C135" t="n" s="3">
-        <v>7.91202004009E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D135" t="s" s="4">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="E135" t="s" s="4">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F135" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G135" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="H135" t="s">
         <v>0</v>
       </c>
       <c r="I135" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="J135" t="s">
         <v>0</v>
       </c>
       <c r="K135" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s" s="2">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="B136" t="s" s="2">
-        <v>125</v>
+        <v>240</v>
       </c>
       <c r="C136" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D136" t="s" s="4">
-        <v>90</v>
+        <v>241</v>
       </c>
       <c r="E136" t="s" s="4">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="F136" t="s">
         <v>16</v>
       </c>
       <c r="G136" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="H136" t="s">
         <v>0</v>
       </c>
       <c r="I136" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="J136" t="s">
         <v>0</v>
       </c>
       <c r="K136" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s" s="2">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="B137" t="s" s="2">
-        <v>199</v>
+        <v>112</v>
       </c>
       <c r="C137" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D137" t="s" s="4">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="E137" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F137" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G137" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="H137" t="s">
         <v>0</v>
       </c>
       <c r="I137" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="J137" t="s">
         <v>0</v>
       </c>
       <c r="K137" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s" s="2">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="B138" t="s" s="2">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="C138" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D138" t="s" s="4">
-        <v>464</v>
+        <v>301</v>
       </c>
       <c r="E138" t="s" s="4">
-        <v>465</v>
+        <v>126</v>
       </c>
       <c r="F138" t="s">
         <v>31</v>
       </c>
       <c r="G138" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="H138" t="s">
         <v>0</v>
       </c>
       <c r="I138" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="J138" t="s">
         <v>0</v>
       </c>
       <c r="K138" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s" s="2">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="B139" t="s" s="2">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="C139" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D139" t="s" s="4">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="E139" t="s" s="4">
-        <v>140</v>
+        <v>85</v>
       </c>
       <c r="F139" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G139" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="H139" t="s">
         <v>0</v>
       </c>
       <c r="I139" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="J139" t="s">
         <v>0</v>
       </c>
       <c r="K139" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s" s="2">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="B140" t="s" s="2">
-        <v>199</v>
+        <v>491</v>
       </c>
       <c r="C140" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D140" t="s" s="4">
-        <v>184</v>
+        <v>492</v>
       </c>
       <c r="E140" t="s" s="4">
-        <v>15</v>
+        <v>493</v>
       </c>
       <c r="F140" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G140" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="H140" t="s">
         <v>0</v>
       </c>
       <c r="I140" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="J140" t="s">
         <v>0</v>
       </c>
       <c r="K140" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s" s="2">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="B141" t="s" s="2">
-        <v>199</v>
+        <v>112</v>
       </c>
       <c r="C141" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D141" t="s" s="4">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="E141" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F141" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G141" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="H141" t="s">
         <v>0</v>
       </c>
       <c r="I141" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="J141" t="s">
         <v>0</v>
       </c>
       <c r="K141" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s" s="2">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="B142" t="s" s="2">
-        <v>199</v>
+        <v>44</v>
       </c>
       <c r="C142" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D142" t="s" s="4">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="E142" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F142" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G142" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="H142" t="s">
         <v>0</v>
       </c>
       <c r="I142" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="J142" t="s">
         <v>0</v>
       </c>
       <c r="K142" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s" s="2">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="B143" t="s" s="2">
-        <v>43</v>
+        <v>344</v>
       </c>
       <c r="C143" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D143" t="s" s="4">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="E143" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F143" t="s">
         <v>16</v>
       </c>
       <c r="G143" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="H143" t="s">
         <v>0</v>
       </c>
       <c r="I143" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="J143" t="s">
         <v>0</v>
       </c>
       <c r="K143" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s" s="2">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="B144" t="s" s="2">
-        <v>43</v>
+        <v>218</v>
       </c>
       <c r="C144" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D144" t="s" s="4">
-        <v>44</v>
+        <v>203</v>
       </c>
       <c r="E144" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F144" t="s">
         <v>16</v>
       </c>
       <c r="G144" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="H144" t="s">
         <v>0</v>
       </c>
       <c r="I144" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="J144" t="s">
         <v>0</v>
       </c>
       <c r="K144" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s" s="2">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="B145" t="s" s="2">
-        <v>139</v>
+        <v>13</v>
       </c>
       <c r="C145" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202004009E11</v>
       </c>
       <c r="D145" t="s" s="4">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="E145" t="s" s="4">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="F145" t="s">
         <v>16</v>
       </c>
       <c r="G145" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="H145" t="s">
         <v>0</v>
       </c>
       <c r="I145" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="J145" t="s">
         <v>0</v>
       </c>
       <c r="K145" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s" s="2">
         <v>509</v>
       </c>
       <c r="B146" t="s" s="2">
-        <v>104</v>
+        <v>139</v>
       </c>
       <c r="C146" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D146" t="s" s="4">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="E146" t="s" s="4">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="F146" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G146" t="s">
         <v>510</v>
       </c>
       <c r="H146" t="s">
         <v>0</v>
       </c>
       <c r="I146" t="s">
         <v>511</v>
       </c>
       <c r="J146" t="s">
         <v>0</v>
       </c>
       <c r="K146" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s" s="2">
         <v>513</v>
       </c>
       <c r="B147" t="s" s="2">
-        <v>43</v>
+        <v>218</v>
       </c>
       <c r="C147" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D147" t="s" s="4">
-        <v>44</v>
+        <v>203</v>
       </c>
       <c r="E147" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F147" t="s">
         <v>16</v>
       </c>
       <c r="G147" t="s">
         <v>514</v>
       </c>
       <c r="H147" t="s">
         <v>0</v>
       </c>
       <c r="I147" t="s">
         <v>515</v>
       </c>
       <c r="J147" t="s">
         <v>0</v>
       </c>
       <c r="K147" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s" s="2">
         <v>517</v>
       </c>
       <c r="B148" t="s" s="2">
-        <v>43</v>
+        <v>491</v>
       </c>
       <c r="C148" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D148" t="s" s="4">
-        <v>44</v>
+        <v>492</v>
       </c>
       <c r="E148" t="s" s="4">
-        <v>15</v>
+        <v>493</v>
       </c>
       <c r="F148" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G148" t="s">
         <v>518</v>
       </c>
       <c r="H148" t="s">
         <v>0</v>
       </c>
       <c r="I148" t="s">
         <v>519</v>
       </c>
       <c r="J148" t="s">
         <v>0</v>
       </c>
       <c r="K148" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s" s="2">
         <v>521</v>
       </c>
       <c r="B149" t="s" s="2">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="C149" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D149" t="s" s="4">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="E149" t="s" s="4">
-        <v>23</v>
+        <v>151</v>
       </c>
       <c r="F149" t="s">
         <v>16</v>
       </c>
       <c r="G149" t="s">
         <v>522</v>
       </c>
       <c r="H149" t="s">
         <v>0</v>
       </c>
       <c r="I149" t="s">
         <v>523</v>
       </c>
       <c r="J149" t="s">
         <v>0</v>
       </c>
       <c r="K149" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s" s="2">
         <v>525</v>
       </c>
       <c r="B150" t="s" s="2">
-        <v>254</v>
+        <v>218</v>
       </c>
       <c r="C150" t="n" s="3">
-        <v>7.91202103009E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D150" t="s" s="4">
-        <v>255</v>
+        <v>203</v>
       </c>
       <c r="E150" t="s" s="4">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="F150" t="s">
         <v>16</v>
       </c>
       <c r="G150" t="s">
         <v>526</v>
       </c>
       <c r="H150" t="s">
         <v>0</v>
       </c>
       <c r="I150" t="s">
         <v>527</v>
       </c>
       <c r="J150" t="s">
         <v>0</v>
       </c>
       <c r="K150" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s" s="2">
         <v>529</v>
       </c>
       <c r="B151" t="s" s="2">
+        <v>218</v>
+      </c>
+      <c r="C151" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D151" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E151" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F151" t="s">
+        <v>16</v>
+      </c>
+      <c r="G151" t="s">
         <v>530</v>
       </c>
-      <c r="C151" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D151" t="s" s="4">
+      <c r="H151" t="s">
+        <v>0</v>
+      </c>
+      <c r="I151" t="s">
         <v>531</v>
       </c>
-      <c r="E151" t="s" s="4">
+      <c r="J151" t="s">
+        <v>0</v>
+      </c>
+      <c r="K151" t="s">
         <v>532</v>
-      </c>
-[...16 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s" s="2">
+        <v>533</v>
+      </c>
+      <c r="B152" t="s" s="2">
+        <v>218</v>
+      </c>
+      <c r="C152" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D152" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E152" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F152" t="s">
+        <v>16</v>
+      </c>
+      <c r="G152" t="s">
+        <v>534</v>
+      </c>
+      <c r="H152" t="s">
+        <v>0</v>
+      </c>
+      <c r="I152" t="s">
+        <v>535</v>
+      </c>
+      <c r="J152" t="s">
+        <v>0</v>
+      </c>
+      <c r="K152" t="s">
         <v>536</v>
-      </c>
-[...28 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s" s="2">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="B153" t="s" s="2">
-        <v>125</v>
+        <v>51</v>
       </c>
       <c r="C153" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D153" t="s" s="4">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="E153" t="s" s="4">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="H153" t="s">
         <v>0</v>
       </c>
       <c r="I153" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="J153" t="s">
         <v>0</v>
       </c>
       <c r="K153" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s" s="2">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="B154" t="s" s="2">
-        <v>131</v>
+        <v>51</v>
       </c>
       <c r="C154" t="n" s="3">
-        <v>7.91202403003E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D154" t="s" s="4">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E154" t="s" s="4">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F154" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G154" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="H154" t="s">
         <v>0</v>
       </c>
       <c r="I154" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="J154" t="s">
         <v>0</v>
       </c>
       <c r="K154" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s" s="2">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="B155" t="s" s="2">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="C155" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D155" t="s" s="4">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="E155" t="s" s="4">
-        <v>23</v>
+        <v>151</v>
       </c>
       <c r="F155" t="s">
         <v>16</v>
       </c>
       <c r="G155" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="H155" t="s">
         <v>0</v>
       </c>
       <c r="I155" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="J155" t="s">
         <v>0</v>
       </c>
       <c r="K155" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s" s="2">
-        <v>548</v>
+        <v>537</v>
       </c>
       <c r="B156" t="s" s="2">
-        <v>199</v>
+        <v>112</v>
       </c>
       <c r="C156" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D156" t="s" s="4">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="E156" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F156" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G156" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
       <c r="H156" t="s">
         <v>0</v>
       </c>
       <c r="I156" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-        <v>734.0</v>
+        <v>539</v>
+      </c>
+      <c r="J156" t="s">
+        <v>0</v>
       </c>
       <c r="K156" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s" s="2">
-        <v>552</v>
+        <v>541</v>
       </c>
       <c r="B157" t="s" s="2">
-        <v>553</v>
+        <v>51</v>
       </c>
       <c r="C157" t="n" s="3">
-        <v>7.91202303003E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D157" t="s" s="4">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E157" t="s" s="4">
-        <v>554</v>
+        <v>15</v>
       </c>
       <c r="F157" t="s">
         <v>16</v>
       </c>
       <c r="G157" t="s">
-        <v>555</v>
+        <v>542</v>
       </c>
       <c r="H157" t="s">
         <v>0</v>
       </c>
       <c r="I157" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="J157" t="s">
         <v>0</v>
       </c>
       <c r="K157" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s" s="2">
-        <v>558</v>
+        <v>545</v>
       </c>
       <c r="B158" t="s" s="2">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="C158" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D158" t="s" s="4">
-        <v>107</v>
+        <v>52</v>
       </c>
       <c r="E158" t="s" s="4">
-        <v>108</v>
+        <v>15</v>
       </c>
       <c r="F158" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G158" t="s">
-        <v>559</v>
+        <v>546</v>
       </c>
       <c r="H158" t="s">
         <v>0</v>
       </c>
       <c r="I158" t="s">
-        <v>560</v>
+        <v>547</v>
       </c>
       <c r="J158" t="s">
         <v>0</v>
       </c>
       <c r="K158" t="s">
-        <v>561</v>
+        <v>548</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s" s="2">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="B159" t="s" s="2">
         <v>21</v>
       </c>
       <c r="C159" t="n" s="3">
         <v>7.91202303001E11</v>
       </c>
       <c r="D159" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E159" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F159" t="s">
         <v>16</v>
       </c>
       <c r="G159" t="s">
-        <v>563</v>
+        <v>550</v>
       </c>
       <c r="H159" t="s">
         <v>0</v>
       </c>
       <c r="I159" t="s">
-        <v>564</v>
+        <v>551</v>
       </c>
       <c r="J159" t="s">
         <v>0</v>
       </c>
       <c r="K159" t="s">
-        <v>565</v>
+        <v>552</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s" s="2">
-        <v>566</v>
+        <v>553</v>
       </c>
       <c r="B160" t="s" s="2">
-        <v>189</v>
+        <v>278</v>
       </c>
       <c r="C160" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D160" t="s" s="4">
-        <v>190</v>
+        <v>279</v>
       </c>
       <c r="E160" t="s" s="4">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="F160" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G160" t="s">
-        <v>567</v>
+        <v>554</v>
       </c>
       <c r="H160" t="s">
         <v>0</v>
       </c>
       <c r="I160" t="s">
-        <v>568</v>
+        <v>555</v>
       </c>
       <c r="J160" t="s">
         <v>0</v>
       </c>
       <c r="K160" t="s">
-        <v>569</v>
+        <v>556</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s" s="2">
-        <v>570</v>
+        <v>557</v>
       </c>
       <c r="B161" t="s" s="2">
-        <v>571</v>
+        <v>558</v>
       </c>
       <c r="C161" t="n" s="3">
-        <v>7.91202207007E11</v>
+        <v>7.91202003003E11</v>
       </c>
       <c r="D161" t="s" s="4">
-        <v>231</v>
+        <v>559</v>
       </c>
       <c r="E161" t="s" s="4">
-        <v>116</v>
+        <v>560</v>
       </c>
       <c r="F161" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G161" t="s">
-        <v>572</v>
+        <v>561</v>
       </c>
       <c r="H161" t="s">
         <v>0</v>
       </c>
       <c r="I161" t="s">
-        <v>573</v>
+        <v>562</v>
       </c>
       <c r="J161" t="s">
         <v>0</v>
       </c>
       <c r="K161" t="s">
-        <v>574</v>
+        <v>563</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s" s="2">
-        <v>575</v>
+        <v>564</v>
       </c>
       <c r="B162" t="s" s="2">
-        <v>106</v>
+        <v>150</v>
       </c>
       <c r="C162" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D162" t="s" s="4">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="E162" t="s" s="4">
-        <v>108</v>
+        <v>151</v>
       </c>
       <c r="F162" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G162" t="s">
-        <v>0</v>
+        <v>565</v>
       </c>
       <c r="H162" t="s">
         <v>0</v>
       </c>
       <c r="I162" t="s">
-        <v>0</v>
+        <v>566</v>
       </c>
       <c r="J162" t="s">
         <v>0</v>
       </c>
       <c r="K162" t="s">
-        <v>0</v>
+        <v>567</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s" s="2">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="B163" t="s" s="2">
-        <v>49</v>
+        <v>139</v>
       </c>
       <c r="C163" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D163" t="s" s="4">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="E163" t="s" s="4">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="F163" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G163" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="H163" t="s">
         <v>0</v>
       </c>
       <c r="I163" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="J163" t="s">
         <v>0</v>
       </c>
       <c r="K163" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s" s="2">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="B164" t="s" s="2">
-        <v>199</v>
+        <v>21</v>
       </c>
       <c r="C164" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D164" t="s" s="4">
-        <v>184</v>
+        <v>22</v>
       </c>
       <c r="E164" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="H164" t="s">
         <v>0</v>
       </c>
       <c r="I164" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="J164" t="s">
         <v>0</v>
       </c>
       <c r="K164" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s" s="2">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="B165" t="s" s="2">
-        <v>183</v>
+        <v>142</v>
       </c>
       <c r="C165" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202403003E11</v>
       </c>
       <c r="D165" t="s" s="4">
-        <v>184</v>
+        <v>58</v>
       </c>
       <c r="E165" t="s" s="4">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="F165" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G165" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="H165" t="s">
         <v>0</v>
       </c>
       <c r="I165" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="J165" t="s">
         <v>0</v>
       </c>
       <c r="K165" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s" s="2">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="B166" t="s" s="2">
-        <v>585</v>
+        <v>218</v>
       </c>
       <c r="C166" t="n" s="3">
-        <v>7.91202409007E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D166" t="s" s="4">
-        <v>50</v>
+        <v>203</v>
       </c>
       <c r="E166" t="s" s="4">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F166" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G166" t="s">
-        <v>0</v>
+        <v>577</v>
       </c>
       <c r="H166" t="s">
         <v>0</v>
       </c>
       <c r="I166" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>578</v>
+      </c>
+      <c r="J166" t="n">
+        <v>734.0</v>
       </c>
       <c r="K166" t="s">
-        <v>0</v>
+        <v>579</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s" s="2">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="B167" t="s" s="2">
-        <v>199</v>
+        <v>581</v>
       </c>
       <c r="C167" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303003E11</v>
       </c>
       <c r="D167" t="s" s="4">
-        <v>184</v>
+        <v>22</v>
       </c>
       <c r="E167" t="s" s="4">
-        <v>15</v>
+        <v>582</v>
       </c>
       <c r="F167" t="s">
         <v>16</v>
       </c>
       <c r="G167" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="H167" t="s">
         <v>0</v>
       </c>
       <c r="I167" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="J167" t="s">
         <v>0</v>
       </c>
       <c r="K167" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s" s="2">
+        <v>586</v>
+      </c>
+      <c r="B168" t="s" s="2">
+        <v>114</v>
+      </c>
+      <c r="C168" t="n" s="3">
+        <v>7.91202507007E11</v>
+      </c>
+      <c r="D168" t="s" s="4">
+        <v>115</v>
+      </c>
+      <c r="E168" t="s" s="4">
+        <v>116</v>
+      </c>
+      <c r="F168" t="s">
+        <v>31</v>
+      </c>
+      <c r="G168" t="s">
+        <v>587</v>
+      </c>
+      <c r="H168" t="s">
+        <v>0</v>
+      </c>
+      <c r="I168" t="s">
+        <v>588</v>
+      </c>
+      <c r="J168" t="s">
+        <v>0</v>
+      </c>
+      <c r="K168" t="s">
         <v>589</v>
-      </c>
-[...28 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s" s="2">
+        <v>590</v>
+      </c>
+      <c r="B169" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="C169" t="n" s="3">
+        <v>7.91202303001E11</v>
+      </c>
+      <c r="D169" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E169" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="F169" t="s">
+        <v>16</v>
+      </c>
+      <c r="G169" t="s">
+        <v>591</v>
+      </c>
+      <c r="H169" t="s">
+        <v>0</v>
+      </c>
+      <c r="I169" t="s">
+        <v>592</v>
+      </c>
+      <c r="J169" t="s">
+        <v>0</v>
+      </c>
+      <c r="K169" t="s">
         <v>593</v>
-      </c>
-[...28 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s" s="2">
+        <v>594</v>
+      </c>
+      <c r="B170" t="s" s="2">
+        <v>208</v>
+      </c>
+      <c r="C170" t="n" s="3">
+        <v>7.91202103002E11</v>
+      </c>
+      <c r="D170" t="s" s="4">
+        <v>209</v>
+      </c>
+      <c r="E170" t="s" s="4">
+        <v>151</v>
+      </c>
+      <c r="F170" t="s">
+        <v>31</v>
+      </c>
+      <c r="G170" t="s">
+        <v>595</v>
+      </c>
+      <c r="H170" t="s">
+        <v>0</v>
+      </c>
+      <c r="I170" t="s">
+        <v>596</v>
+      </c>
+      <c r="J170" t="s">
+        <v>0</v>
+      </c>
+      <c r="K170" t="s">
         <v>597</v>
-      </c>
-[...28 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s" s="2">
+        <v>598</v>
+      </c>
+      <c r="B171" t="s" s="2">
+        <v>599</v>
+      </c>
+      <c r="C171" t="n" s="3">
+        <v>7.91202207007E11</v>
+      </c>
+      <c r="D171" t="s" s="4">
+        <v>255</v>
+      </c>
+      <c r="E171" t="s" s="4">
+        <v>126</v>
+      </c>
+      <c r="F171" t="s">
+        <v>31</v>
+      </c>
+      <c r="G171" t="s">
+        <v>600</v>
+      </c>
+      <c r="H171" t="s">
+        <v>0</v>
+      </c>
+      <c r="I171" t="s">
         <v>601</v>
-      </c>
-[...22 lines deleted...]
-        <v>402</v>
       </c>
       <c r="J171" t="s">
         <v>0</v>
       </c>
       <c r="K171" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s" s="2">
         <v>603</v>
       </c>
       <c r="B172" t="s" s="2">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="C172" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D172" t="s" s="4">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="E172" t="s" s="4">
-        <v>63</v>
+        <v>116</v>
       </c>
       <c r="F172" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G172" t="s">
-        <v>604</v>
+        <v>0</v>
       </c>
       <c r="H172" t="s">
         <v>0</v>
       </c>
       <c r="I172" t="s">
-        <v>605</v>
+        <v>0</v>
       </c>
       <c r="J172" t="s">
         <v>0</v>
       </c>
       <c r="K172" t="s">
-        <v>606</v>
+        <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s" s="2">
+        <v>604</v>
+      </c>
+      <c r="B173" t="s" s="2">
+        <v>57</v>
+      </c>
+      <c r="C173" t="n" s="3">
+        <v>7.91202409005E11</v>
+      </c>
+      <c r="D173" t="s" s="4">
+        <v>58</v>
+      </c>
+      <c r="E173" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="F173" t="s">
+        <v>31</v>
+      </c>
+      <c r="G173" t="s">
+        <v>605</v>
+      </c>
+      <c r="H173" t="s">
+        <v>0</v>
+      </c>
+      <c r="I173" t="s">
+        <v>606</v>
+      </c>
+      <c r="J173" t="s">
+        <v>0</v>
+      </c>
+      <c r="K173" t="s">
         <v>607</v>
-      </c>
-[...28 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s" s="2">
+        <v>608</v>
+      </c>
+      <c r="B174" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="C174" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D174" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E174" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F174" t="s">
+        <v>16</v>
+      </c>
+      <c r="G174" t="s">
+        <v>609</v>
+      </c>
+      <c r="H174" t="s">
+        <v>0</v>
+      </c>
+      <c r="I174" t="s">
+        <v>610</v>
+      </c>
+      <c r="J174" t="s">
+        <v>0</v>
+      </c>
+      <c r="K174" t="s">
         <v>611</v>
-      </c>
-[...28 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s" s="2">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="B175" t="s" s="2">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="C175" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D175" t="s" s="4">
-        <v>22</v>
+        <v>203</v>
       </c>
       <c r="E175" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F175" t="s">
         <v>16</v>
       </c>
       <c r="G175" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="H175" t="s">
         <v>0</v>
       </c>
       <c r="I175" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="J175" t="s">
         <v>0</v>
       </c>
       <c r="K175" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s" s="2">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="B176" t="s" s="2">
-        <v>379</v>
+        <v>613</v>
       </c>
       <c r="C176" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202409007E11</v>
       </c>
       <c r="D176" t="s" s="4">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="E176" t="s" s="4">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="F176" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G176" t="s">
-        <v>621</v>
+        <v>0</v>
       </c>
       <c r="H176" t="s">
         <v>0</v>
       </c>
       <c r="I176" t="s">
-        <v>622</v>
+        <v>0</v>
       </c>
       <c r="J176" t="s">
         <v>0</v>
       </c>
       <c r="K176" t="s">
-        <v>623</v>
+        <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s" s="2">
-        <v>624</v>
+        <v>614</v>
       </c>
       <c r="B177" t="s" s="2">
-        <v>408</v>
+        <v>235</v>
       </c>
       <c r="C177" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D177" t="s" s="4">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="E177" t="s" s="4">
-        <v>311</v>
+        <v>30</v>
       </c>
       <c r="F177" t="s">
         <v>31</v>
       </c>
       <c r="G177" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="H177" t="s">
         <v>0</v>
       </c>
       <c r="I177" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>616</v>
+      </c>
+      <c r="J177" t="n">
+        <v>903.0</v>
       </c>
       <c r="K177" t="s">
-        <v>627</v>
+        <v>617</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s" s="2">
-        <v>628</v>
+        <v>618</v>
       </c>
       <c r="B178" t="s" s="2">
-        <v>114</v>
+        <v>21</v>
       </c>
       <c r="C178" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D178" t="s" s="4">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="E178" t="s" s="4">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="F178" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G178" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="H178" t="s">
         <v>0</v>
       </c>
       <c r="I178" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
       <c r="J178" t="s">
         <v>0</v>
       </c>
       <c r="K178" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s" s="2">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="B179" t="s" s="2">
-        <v>82</v>
+        <v>436</v>
       </c>
       <c r="C179" t="n" s="3">
-        <v>7.91202403001E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D179" t="s" s="4">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E179" t="s" s="4">
-        <v>51</v>
+        <v>339</v>
       </c>
       <c r="F179" t="s">
         <v>31</v>
       </c>
       <c r="G179" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="H179" t="s">
         <v>0</v>
       </c>
       <c r="I179" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="J179" t="s">
         <v>0</v>
       </c>
       <c r="K179" t="s">
-        <v>631</v>
+        <v>625</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s" s="2">
-        <v>632</v>
+        <v>626</v>
       </c>
       <c r="B180" t="s" s="2">
-        <v>67</v>
+        <v>218</v>
       </c>
       <c r="C180" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D180" t="s" s="4">
-        <v>68</v>
+        <v>203</v>
       </c>
       <c r="E180" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F180" t="s">
         <v>16</v>
       </c>
       <c r="G180" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="H180" t="s">
         <v>0</v>
       </c>
       <c r="I180" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
       <c r="J180" t="s">
         <v>0</v>
       </c>
       <c r="K180" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s" s="2">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="B181" t="s" s="2">
-        <v>235</v>
+        <v>407</v>
       </c>
       <c r="C181" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D181" t="s" s="4">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="E181" t="s" s="4">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F181" t="s">
         <v>16</v>
       </c>
       <c r="G181" t="s">
-        <v>637</v>
+        <v>429</v>
       </c>
       <c r="H181" t="s">
         <v>0</v>
       </c>
       <c r="I181" t="s">
-        <v>638</v>
+        <v>430</v>
       </c>
       <c r="J181" t="s">
         <v>0</v>
       </c>
       <c r="K181" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s" s="2">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="B182" t="s" s="2">
-        <v>329</v>
+        <v>633</v>
       </c>
       <c r="C182" t="n" s="3">
-        <v>7.91202103001E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D182" t="s" s="4">
-        <v>330</v>
+        <v>29</v>
       </c>
       <c r="E182" t="s" s="4">
-        <v>331</v>
+        <v>30</v>
       </c>
       <c r="F182" t="s">
         <v>31</v>
       </c>
       <c r="G182" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="H182" t="s">
         <v>0</v>
       </c>
       <c r="I182" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="J182" t="s">
         <v>0</v>
       </c>
       <c r="K182" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s" s="2">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B183" t="s" s="2">
-        <v>177</v>
+        <v>28</v>
       </c>
       <c r="C183" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D183" t="s" s="4">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="E183" t="s" s="4">
-        <v>178</v>
+        <v>30</v>
       </c>
       <c r="F183" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G183" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="H183" t="s">
         <v>0</v>
       </c>
       <c r="I183" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="J183" t="s">
         <v>0</v>
       </c>
       <c r="K183" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s" s="2">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="B184" t="s" s="2">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="C184" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D184" t="s" s="4">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="E184" t="s" s="4">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="F184" t="s">
         <v>16</v>
       </c>
       <c r="G184" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="H184" t="s">
         <v>0</v>
       </c>
       <c r="I184" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="J184" t="s">
         <v>0</v>
       </c>
       <c r="K184" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s" s="2">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="B185" t="s" s="2">
-        <v>640</v>
+        <v>150</v>
       </c>
       <c r="C185" t="n" s="3">
-        <v>7.91202007024E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D185" t="s" s="4">
-        <v>641</v>
+        <v>76</v>
       </c>
       <c r="E185" t="s" s="4">
-        <v>63</v>
+        <v>151</v>
       </c>
       <c r="F185" t="s">
         <v>16</v>
       </c>
       <c r="G185" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="H185" t="s">
         <v>0</v>
       </c>
       <c r="I185" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="J185" t="s">
         <v>0</v>
       </c>
       <c r="K185" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s" s="2">
-        <v>636</v>
+        <v>649</v>
       </c>
       <c r="B186" t="s" s="2">
-        <v>189</v>
+        <v>462</v>
       </c>
       <c r="C186" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D186" t="s" s="4">
-        <v>190</v>
+        <v>209</v>
       </c>
       <c r="E186" t="s" s="4">
-        <v>140</v>
+        <v>23</v>
       </c>
       <c r="F186" t="s">
         <v>31</v>
       </c>
       <c r="G186" t="s">
-        <v>637</v>
+        <v>650</v>
       </c>
       <c r="H186" t="s">
-        <v>0</v>
+        <v>651</v>
       </c>
       <c r="I186" t="s">
-        <v>638</v>
+        <v>652</v>
       </c>
       <c r="J186" t="s">
         <v>0</v>
       </c>
       <c r="K186" t="s">
-        <v>639</v>
+        <v>653</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s" s="2">
-        <v>642</v>
+        <v>654</v>
       </c>
       <c r="B187" t="s" s="2">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="C187" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D187" t="s" s="4">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="E187" t="s" s="4">
-        <v>140</v>
+        <v>23</v>
       </c>
       <c r="F187" t="s">
         <v>16</v>
       </c>
       <c r="G187" t="s">
-        <v>643</v>
+        <v>655</v>
       </c>
       <c r="H187" t="s">
         <v>0</v>
       </c>
       <c r="I187" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="J187" t="s">
         <v>0</v>
       </c>
       <c r="K187" t="s">
-        <v>645</v>
+        <v>657</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s" s="2">
-        <v>646</v>
+        <v>658</v>
       </c>
       <c r="B188" t="s" s="2">
-        <v>61</v>
+        <v>407</v>
       </c>
       <c r="C188" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D188" t="s" s="4">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="E188" t="s" s="4">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
-        <v>647</v>
+        <v>659</v>
       </c>
       <c r="H188" t="s">
         <v>0</v>
       </c>
       <c r="I188" t="s">
-        <v>648</v>
+        <v>660</v>
       </c>
       <c r="J188" t="s">
         <v>0</v>
       </c>
       <c r="K188" t="s">
-        <v>649</v>
+        <v>661</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s" s="2">
-        <v>650</v>
+        <v>662</v>
       </c>
       <c r="B189" t="s" s="2">
-        <v>49</v>
+        <v>436</v>
       </c>
       <c r="C189" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D189" t="s" s="4">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E189" t="s" s="4">
-        <v>51</v>
+        <v>339</v>
       </c>
       <c r="F189" t="s">
         <v>31</v>
       </c>
       <c r="G189" t="s">
-        <v>651</v>
+        <v>663</v>
       </c>
       <c r="H189" t="s">
         <v>0</v>
       </c>
       <c r="I189" t="s">
-        <v>652</v>
+        <v>664</v>
       </c>
       <c r="J189" t="s">
         <v>0</v>
       </c>
       <c r="K189" t="s">
-        <v>653</v>
+        <v>665</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s" s="2">
-        <v>654</v>
+        <v>666</v>
       </c>
       <c r="B190" t="s" s="2">
-        <v>67</v>
+        <v>124</v>
       </c>
       <c r="C190" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D190" t="s" s="4">
-        <v>68</v>
+        <v>125</v>
       </c>
       <c r="E190" t="s" s="4">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="F190" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G190" t="s">
-        <v>655</v>
+        <v>667</v>
       </c>
       <c r="H190" t="s">
         <v>0</v>
       </c>
       <c r="I190" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="J190" t="s">
         <v>0</v>
       </c>
       <c r="K190" t="s">
-        <v>657</v>
+        <v>669</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s" s="2">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="B191" t="s" s="2">
-        <v>379</v>
+        <v>90</v>
       </c>
       <c r="C191" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202403001E11</v>
       </c>
       <c r="D191" t="s" s="4">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="E191" t="s" s="4">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="F191" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G191" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="H191" t="s">
         <v>0</v>
       </c>
       <c r="I191" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="J191" t="s">
         <v>0</v>
       </c>
       <c r="K191" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s" s="2">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="B192" t="s" s="2">
-        <v>216</v>
+        <v>75</v>
       </c>
       <c r="C192" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D192" t="s" s="4">
-        <v>217</v>
+        <v>76</v>
       </c>
       <c r="E192" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="H192" t="s">
         <v>0</v>
       </c>
       <c r="I192" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="J192" t="s">
         <v>0</v>
       </c>
       <c r="K192" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s" s="2">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="B193" t="s" s="2">
-        <v>43</v>
+        <v>357</v>
       </c>
       <c r="C193" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202103001E11</v>
       </c>
       <c r="D193" t="s" s="4">
-        <v>44</v>
+        <v>358</v>
       </c>
       <c r="E193" t="s" s="4">
-        <v>15</v>
+        <v>359</v>
       </c>
       <c r="F193" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G193" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="H193" t="s">
         <v>0</v>
       </c>
       <c r="I193" t="s">
-        <v>668</v>
-[...2 lines deleted...]
-        <v>1004.0</v>
+        <v>676</v>
+      </c>
+      <c r="J193" t="s">
+        <v>0</v>
       </c>
       <c r="K193" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s" s="2">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B194" t="s" s="2">
-        <v>208</v>
+        <v>259</v>
       </c>
       <c r="C194" t="n" s="3">
-        <v>7.91202507001E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D194" t="s" s="4">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="E194" t="s" s="4">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="F194" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G194" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="H194" t="s">
         <v>0</v>
       </c>
       <c r="I194" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="J194" t="s">
         <v>0</v>
       </c>
       <c r="K194" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s" s="2">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B195" t="s" s="2">
-        <v>260</v>
+        <v>196</v>
       </c>
       <c r="C195" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D195" t="s" s="4">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="E195" t="s" s="4">
-        <v>30</v>
+        <v>197</v>
       </c>
       <c r="F195" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G195" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="H195" t="s">
         <v>0</v>
       </c>
       <c r="I195" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="J195" t="s">
         <v>0</v>
       </c>
       <c r="K195" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s" s="2">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B196" t="s" s="2">
-        <v>208</v>
+        <v>97</v>
       </c>
       <c r="C196" t="n" s="3">
-        <v>7.91202502004E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D196" t="s" s="4">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="E196" t="s" s="4">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="F196" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G196" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="H196" t="s">
         <v>0</v>
       </c>
       <c r="I196" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="J196" t="s">
         <v>0</v>
       </c>
       <c r="K196" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s" s="2">
         <v>674</v>
       </c>
       <c r="B197" t="s" s="2">
-        <v>183</v>
+        <v>678</v>
       </c>
       <c r="C197" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202007024E11</v>
       </c>
       <c r="D197" t="s" s="4">
-        <v>184</v>
+        <v>679</v>
       </c>
       <c r="E197" t="s" s="4">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="F197" t="s">
         <v>16</v>
       </c>
       <c r="G197" t="s">
         <v>675</v>
       </c>
       <c r="H197" t="s">
         <v>0</v>
       </c>
       <c r="I197" t="s">
         <v>676</v>
       </c>
       <c r="J197" t="s">
         <v>0</v>
       </c>
       <c r="K197" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s" s="2">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="B198" t="s" s="2">
-        <v>316</v>
+        <v>208</v>
       </c>
       <c r="C198" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D198" t="s" s="4">
-        <v>14</v>
+        <v>209</v>
       </c>
       <c r="E198" t="s" s="4">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="F198" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G198" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="H198" t="s">
         <v>0</v>
       </c>
       <c r="I198" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="J198" t="s">
         <v>0</v>
       </c>
       <c r="K198" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s" s="2">
+        <v>680</v>
+      </c>
+      <c r="B199" t="s" s="2">
+        <v>150</v>
+      </c>
+      <c r="C199" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D199" t="s" s="4">
+        <v>76</v>
+      </c>
+      <c r="E199" t="s" s="4">
+        <v>151</v>
+      </c>
+      <c r="F199" t="s">
+        <v>16</v>
+      </c>
+      <c r="G199" t="s">
+        <v>681</v>
+      </c>
+      <c r="H199" t="s">
+        <v>0</v>
+      </c>
+      <c r="I199" t="s">
         <v>682</v>
       </c>
-      <c r="B199" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G199" t="s">
+      <c r="J199" t="s">
+        <v>0</v>
+      </c>
+      <c r="K199" t="s">
         <v>683</v>
-      </c>
-[...10 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s" s="2">
+        <v>684</v>
+      </c>
+      <c r="B200" t="s" s="2">
+        <v>69</v>
+      </c>
+      <c r="C200" t="n" s="3">
+        <v>7.91202007026E11</v>
+      </c>
+      <c r="D200" t="s" s="4">
+        <v>70</v>
+      </c>
+      <c r="E200" t="s" s="4">
+        <v>71</v>
+      </c>
+      <c r="F200" t="s">
+        <v>16</v>
+      </c>
+      <c r="G200" t="s">
+        <v>685</v>
+      </c>
+      <c r="H200" t="s">
+        <v>0</v>
+      </c>
+      <c r="I200" t="s">
         <v>686</v>
       </c>
-      <c r="B200" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G200" t="s">
+      <c r="J200" t="s">
+        <v>0</v>
+      </c>
+      <c r="K200" t="s">
         <v>687</v>
-      </c>
-[...10 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s" s="2">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="B201" t="s" s="2">
-        <v>199</v>
+        <v>57</v>
       </c>
       <c r="C201" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D201" t="s" s="4">
-        <v>184</v>
+        <v>58</v>
       </c>
       <c r="E201" t="s" s="4">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="F201" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G201" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="H201" t="s">
         <v>0</v>
       </c>
       <c r="I201" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>413.0</v>
+        <v>690</v>
+      </c>
+      <c r="J201" t="s">
+        <v>0</v>
       </c>
       <c r="K201" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s" s="2">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="B202" t="s" s="2">
-        <v>571</v>
+        <v>75</v>
       </c>
       <c r="C202" t="n" s="3">
-        <v>7.91202207007E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D202" t="s" s="4">
-        <v>231</v>
+        <v>76</v>
       </c>
       <c r="E202" t="s" s="4">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="F202" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G202" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="H202" t="s">
         <v>0</v>
       </c>
       <c r="I202" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="J202" t="s">
         <v>0</v>
       </c>
       <c r="K202" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s" s="2">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="B203" t="s" s="2">
-        <v>139</v>
+        <v>235</v>
       </c>
       <c r="C203" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D203" t="s" s="4">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="E203" t="s" s="4">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="F203" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G203" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="H203" t="s">
         <v>0</v>
       </c>
       <c r="I203" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>698</v>
+      </c>
+      <c r="J203" t="n">
+        <v>7047.0</v>
       </c>
       <c r="K203" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s" s="2">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B204" t="s" s="2">
-        <v>89</v>
+        <v>407</v>
       </c>
       <c r="C204" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D204" t="s" s="4">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="E204" t="s" s="4">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="F204" t="s">
         <v>16</v>
       </c>
       <c r="G204" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="H204" t="s">
         <v>0</v>
       </c>
       <c r="I204" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="J204" t="s">
         <v>0</v>
       </c>
       <c r="K204" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s" s="2">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="B205" t="s" s="2">
-        <v>434</v>
+        <v>28</v>
       </c>
       <c r="C205" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D205" t="s" s="4">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="E205" t="s" s="4">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F205" t="s">
         <v>31</v>
       </c>
       <c r="G205" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="H205" t="s">
         <v>0</v>
       </c>
       <c r="I205" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="J205" t="s">
         <v>0</v>
       </c>
       <c r="K205" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s" s="2">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B206" t="s" s="2">
-        <v>167</v>
+        <v>240</v>
       </c>
       <c r="C206" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D206" t="s" s="4">
-        <v>168</v>
+        <v>241</v>
       </c>
       <c r="E206" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F206" t="s">
         <v>16</v>
       </c>
       <c r="G206" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="H206" t="s">
         <v>0</v>
       </c>
       <c r="I206" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="J206" t="s">
         <v>0</v>
       </c>
       <c r="K206" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s" s="2">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B207" t="s" s="2">
-        <v>104</v>
+        <v>51</v>
       </c>
       <c r="C207" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D207" t="s" s="4">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="E207" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F207" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G207" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="H207" t="s">
         <v>0</v>
       </c>
       <c r="I207" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="J207" t="n">
-        <v>234.0</v>
+        <v>1004.0</v>
       </c>
       <c r="K207" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s" s="2">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="B208" t="s" s="2">
-        <v>75</v>
+        <v>227</v>
       </c>
       <c r="C208" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202507001E11</v>
       </c>
       <c r="D208" t="s" s="4">
-        <v>76</v>
+        <v>115</v>
       </c>
       <c r="E208" t="s" s="4">
-        <v>77</v>
+        <v>228</v>
       </c>
       <c r="F208" t="s">
         <v>31</v>
       </c>
       <c r="G208" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="H208" t="s">
         <v>0</v>
       </c>
       <c r="I208" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="J208" t="s">
         <v>0</v>
       </c>
       <c r="K208" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s" s="2">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="B209" t="s" s="2">
-        <v>36</v>
+        <v>284</v>
       </c>
       <c r="C209" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D209" t="s" s="4">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E209" t="s" s="4">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F209" t="s">
         <v>31</v>
       </c>
       <c r="G209" t="s">
+        <v>717</v>
+      </c>
+      <c r="H209" t="s">
+        <v>0</v>
+      </c>
+      <c r="I209" t="s">
+        <v>718</v>
+      </c>
+      <c r="J209" t="s">
+        <v>0</v>
+      </c>
+      <c r="K209" t="s">
         <v>719</v>
-      </c>
-[...10 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s" s="2">
-        <v>722</v>
+        <v>716</v>
       </c>
       <c r="B210" t="s" s="2">
-        <v>379</v>
+        <v>227</v>
       </c>
       <c r="C210" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202502004E11</v>
       </c>
       <c r="D210" t="s" s="4">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E210" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F210" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G210" t="s">
-        <v>723</v>
+        <v>717</v>
       </c>
       <c r="H210" t="s">
         <v>0</v>
       </c>
       <c r="I210" t="s">
-        <v>402</v>
+        <v>718</v>
       </c>
       <c r="J210" t="s">
         <v>0</v>
       </c>
       <c r="K210" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s" s="2">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="B211" t="s" s="2">
-        <v>139</v>
+        <v>202</v>
       </c>
       <c r="C211" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D211" t="s" s="4">
-        <v>68</v>
+        <v>203</v>
       </c>
       <c r="E211" t="s" s="4">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="F211" t="s">
         <v>16</v>
       </c>
       <c r="G211" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="H211" t="s">
         <v>0</v>
       </c>
       <c r="I211" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-        <v>4639.0</v>
+        <v>722</v>
+      </c>
+      <c r="J211" t="s">
+        <v>0</v>
       </c>
       <c r="K211" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s" s="2">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="B212" t="s" s="2">
-        <v>49</v>
+        <v>344</v>
       </c>
       <c r="C212" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D212" t="s" s="4">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E212" t="s" s="4">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F212" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G212" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="H212" t="s">
         <v>0</v>
       </c>
       <c r="I212" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="J212" t="s">
         <v>0</v>
       </c>
       <c r="K212" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s" s="2">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="B213" t="s" s="2">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C213" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D213" t="s" s="4">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E213" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F213" t="s">
         <v>16</v>
       </c>
       <c r="G213" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="H213" t="s">
         <v>0</v>
       </c>
       <c r="I213" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="J213" t="s">
         <v>0</v>
       </c>
       <c r="K213" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s" s="2">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="B214" t="s" s="2">
-        <v>738</v>
+        <v>51</v>
       </c>
       <c r="C214" t="n" s="3">
-        <v>7.91202103005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D214" t="s" s="4">
-        <v>739</v>
+        <v>52</v>
       </c>
       <c r="E214" t="s" s="4">
-        <v>740</v>
+        <v>15</v>
       </c>
       <c r="F214" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G214" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="H214" t="s">
         <v>0</v>
       </c>
       <c r="I214" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>734</v>
+      </c>
+      <c r="J214" t="n">
+        <v>413.0</v>
       </c>
       <c r="K214" t="s">
-        <v>743</v>
+        <v>735</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s" s="2">
-        <v>744</v>
+        <v>732</v>
       </c>
       <c r="B215" t="s" s="2">
-        <v>261</v>
+        <v>218</v>
       </c>
       <c r="C215" t="n" s="3">
-        <v>7.91202502006E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D215" t="s" s="4">
-        <v>37</v>
+        <v>203</v>
       </c>
       <c r="E215" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F215" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G215" t="s">
-        <v>745</v>
+        <v>733</v>
       </c>
       <c r="H215" t="s">
         <v>0</v>
       </c>
       <c r="I215" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>734</v>
+      </c>
+      <c r="J215" t="n">
+        <v>413.0</v>
       </c>
       <c r="K215" t="s">
-        <v>747</v>
+        <v>735</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s" s="2">
-        <v>748</v>
+        <v>736</v>
       </c>
       <c r="B216" t="s" s="2">
-        <v>230</v>
+        <v>599</v>
       </c>
       <c r="C216" t="n" s="3">
-        <v>7.91202207008E11</v>
+        <v>7.91202207007E11</v>
       </c>
       <c r="D216" t="s" s="4">
-        <v>231</v>
+        <v>255</v>
       </c>
       <c r="E216" t="s" s="4">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="F216" t="s">
         <v>31</v>
       </c>
       <c r="G216" t="s">
-        <v>749</v>
+        <v>737</v>
       </c>
       <c r="H216" t="s">
         <v>0</v>
       </c>
       <c r="I216" t="s">
-        <v>750</v>
+        <v>738</v>
       </c>
       <c r="J216" t="s">
         <v>0</v>
       </c>
       <c r="K216" t="s">
-        <v>751</v>
+        <v>739</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s" s="2">
-        <v>752</v>
+        <v>740</v>
       </c>
       <c r="B217" t="s" s="2">
-        <v>753</v>
+        <v>150</v>
       </c>
       <c r="C217" t="n" s="3">
-        <v>7.91202200703E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D217" t="s" s="4">
-        <v>273</v>
+        <v>76</v>
       </c>
       <c r="E217" t="s" s="4">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="F217" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G217" t="s">
-        <v>754</v>
+        <v>741</v>
       </c>
       <c r="H217" t="s">
         <v>0</v>
       </c>
       <c r="I217" t="s">
-        <v>755</v>
+        <v>742</v>
       </c>
       <c r="J217" t="s">
         <v>0</v>
       </c>
       <c r="K217" t="s">
-        <v>756</v>
+        <v>743</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s" s="2">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="B218" t="s" s="2">
-        <v>758</v>
+        <v>97</v>
       </c>
       <c r="C218" t="n" s="3">
-        <v>7.91202005017E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D218" t="s" s="4">
-        <v>168</v>
+        <v>98</v>
       </c>
       <c r="E218" t="s" s="4">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="F218" t="s">
         <v>16</v>
       </c>
       <c r="G218" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="H218" t="s">
         <v>0</v>
       </c>
       <c r="I218" t="s">
-        <v>760</v>
+        <v>746</v>
       </c>
       <c r="J218" t="s">
         <v>0</v>
       </c>
       <c r="K218" t="s">
-        <v>761</v>
+        <v>747</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s" s="2">
-        <v>757</v>
+        <v>748</v>
       </c>
       <c r="B219" t="s" s="2">
-        <v>762</v>
+        <v>462</v>
       </c>
       <c r="C219" t="n" s="3">
-        <v>7.91202007022E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D219" t="s" s="4">
-        <v>763</v>
+        <v>209</v>
       </c>
       <c r="E219" t="s" s="4">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="F219" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G219" t="s">
-        <v>759</v>
+        <v>749</v>
       </c>
       <c r="H219" t="s">
         <v>0</v>
       </c>
       <c r="I219" t="s">
-        <v>760</v>
+        <v>750</v>
       </c>
       <c r="J219" t="s">
         <v>0</v>
       </c>
       <c r="K219" t="s">
-        <v>761</v>
+        <v>751</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s" s="2">
-        <v>764</v>
+        <v>752</v>
       </c>
       <c r="B220" t="s" s="2">
-        <v>114</v>
+        <v>186</v>
       </c>
       <c r="C220" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D220" t="s" s="4">
-        <v>115</v>
+        <v>187</v>
       </c>
       <c r="E220" t="s" s="4">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F220" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G220" t="s">
-        <v>765</v>
+        <v>753</v>
       </c>
       <c r="H220" t="s">
         <v>0</v>
       </c>
       <c r="I220" t="s">
-        <v>766</v>
+        <v>754</v>
       </c>
       <c r="J220" t="s">
         <v>0</v>
       </c>
       <c r="K220" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s" s="2">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="B221" t="s" s="2">
-        <v>259</v>
+        <v>112</v>
       </c>
       <c r="C221" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D221" t="s" s="4">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E221" t="s" s="4">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F221" t="s">
         <v>31</v>
       </c>
       <c r="G221" t="s">
-        <v>769</v>
+        <v>757</v>
       </c>
       <c r="H221" t="s">
         <v>0</v>
       </c>
       <c r="I221" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>758</v>
+      </c>
+      <c r="J221" t="n">
+        <v>234.0</v>
       </c>
       <c r="K221" t="s">
-        <v>771</v>
+        <v>759</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s" s="2">
-        <v>768</v>
+        <v>760</v>
       </c>
       <c r="B222" t="s" s="2">
-        <v>104</v>
+        <v>83</v>
       </c>
       <c r="C222" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D222" t="s" s="4">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="E222" t="s" s="4">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="F222" t="s">
         <v>31</v>
       </c>
       <c r="G222" t="s">
-        <v>769</v>
+        <v>761</v>
       </c>
       <c r="H222" t="s">
         <v>0</v>
       </c>
       <c r="I222" t="s">
-        <v>770</v>
+        <v>762</v>
       </c>
       <c r="J222" t="s">
         <v>0</v>
       </c>
       <c r="K222" t="s">
-        <v>771</v>
+        <v>763</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s" s="2">
-        <v>772</v>
+        <v>764</v>
       </c>
       <c r="B223" t="s" s="2">
-        <v>199</v>
+        <v>44</v>
       </c>
       <c r="C223" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D223" t="s" s="4">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="E223" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F223" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G223" t="s">
-        <v>773</v>
+        <v>765</v>
       </c>
       <c r="H223" t="s">
         <v>0</v>
       </c>
       <c r="I223" t="s">
-        <v>774</v>
+        <v>766</v>
       </c>
       <c r="J223" t="s">
         <v>0</v>
       </c>
       <c r="K223" t="s">
-        <v>775</v>
+        <v>767</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s" s="2">
-        <v>776</v>
+        <v>768</v>
       </c>
       <c r="B224" t="s" s="2">
-        <v>49</v>
+        <v>407</v>
       </c>
       <c r="C224" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D224" t="s" s="4">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E224" t="s" s="4">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F224" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G224" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="H224" t="s">
         <v>0</v>
       </c>
       <c r="I224" t="s">
-        <v>778</v>
+        <v>430</v>
       </c>
       <c r="J224" t="s">
         <v>0</v>
       </c>
       <c r="K224" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s" s="2">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="B225" t="s" s="2">
-        <v>463</v>
+        <v>150</v>
       </c>
       <c r="C225" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D225" t="s" s="4">
-        <v>464</v>
+        <v>76</v>
       </c>
       <c r="E225" t="s" s="4">
-        <v>465</v>
+        <v>151</v>
       </c>
       <c r="F225" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G225" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="H225" t="s">
         <v>0</v>
       </c>
       <c r="I225" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>773</v>
+      </c>
+      <c r="J225" t="n">
+        <v>4639.0</v>
       </c>
       <c r="K225" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s" s="2">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="B226" t="s" s="2">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C226" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D226" t="s" s="4">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E226" t="s" s="4">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="F226" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G226" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="H226" t="s">
         <v>0</v>
       </c>
       <c r="I226" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="J226" t="s">
         <v>0</v>
       </c>
       <c r="K226" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s" s="2">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="B227" t="s" s="2">
-        <v>177</v>
+        <v>51</v>
       </c>
       <c r="C227" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D227" t="s" s="4">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="E227" t="s" s="4">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F227" t="s">
         <v>16</v>
       </c>
       <c r="G227" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="H227" t="s">
         <v>0</v>
       </c>
       <c r="I227" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="J227" t="s">
         <v>0</v>
       </c>
       <c r="K227" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s" s="2">
+        <v>783</v>
+      </c>
+      <c r="B228" t="s" s="2">
+        <v>784</v>
+      </c>
+      <c r="C228" t="n" s="3">
+        <v>7.91202103005E11</v>
+      </c>
+      <c r="D228" t="s" s="4">
+        <v>785</v>
+      </c>
+      <c r="E228" t="s" s="4">
+        <v>786</v>
+      </c>
+      <c r="F228" t="s">
+        <v>31</v>
+      </c>
+      <c r="G228" t="s">
+        <v>787</v>
+      </c>
+      <c r="H228" t="s">
+        <v>0</v>
+      </c>
+      <c r="I228" t="s">
         <v>788</v>
       </c>
-      <c r="B228" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G228" t="s">
+      <c r="J228" t="s">
+        <v>0</v>
+      </c>
+      <c r="K228" t="s">
         <v>789</v>
-      </c>
-[...10 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s" s="2">
+        <v>790</v>
+      </c>
+      <c r="B229" t="s" s="2">
+        <v>285</v>
+      </c>
+      <c r="C229" t="n" s="3">
+        <v>7.91202502006E11</v>
+      </c>
+      <c r="D229" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E229" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F229" t="s">
+        <v>31</v>
+      </c>
+      <c r="G229" t="s">
+        <v>791</v>
+      </c>
+      <c r="H229" t="s">
+        <v>0</v>
+      </c>
+      <c r="I229" t="s">
         <v>792</v>
       </c>
-      <c r="B229" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G229" t="s">
+      <c r="J229" t="s">
+        <v>0</v>
+      </c>
+      <c r="K229" t="s">
         <v>793</v>
-      </c>
-[...10 lines deleted...]
-        <v>795</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s" s="2">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B230" t="s" s="2">
-        <v>21</v>
+        <v>254</v>
       </c>
       <c r="C230" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202207008E11</v>
       </c>
       <c r="D230" t="s" s="4">
-        <v>22</v>
+        <v>255</v>
       </c>
       <c r="E230" t="s" s="4">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="F230" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G230" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="H230" t="s">
         <v>0</v>
       </c>
       <c r="I230" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="J230" t="s">
         <v>0</v>
       </c>
       <c r="K230" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s" s="2">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B231" t="s" s="2">
-        <v>21</v>
+        <v>799</v>
       </c>
       <c r="C231" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202200703E11</v>
       </c>
       <c r="D231" t="s" s="4">
-        <v>22</v>
+        <v>301</v>
       </c>
       <c r="E231" t="s" s="4">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="F231" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G231" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="H231" t="s">
         <v>0</v>
       </c>
       <c r="I231" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="J231" t="s">
         <v>0</v>
       </c>
       <c r="K231" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s" s="2">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B232" t="s" s="2">
-        <v>139</v>
+        <v>121</v>
       </c>
       <c r="C232" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D232" t="s" s="4">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="E232" t="s" s="4">
-        <v>140</v>
+        <v>122</v>
       </c>
       <c r="F232" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G232" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="H232" t="s">
         <v>0</v>
       </c>
       <c r="I232" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="J232" t="s">
         <v>0</v>
       </c>
       <c r="K232" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s" s="2">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="B233" t="s" s="2">
-        <v>75</v>
+        <v>804</v>
       </c>
       <c r="C233" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202007022E11</v>
       </c>
       <c r="D233" t="s" s="4">
-        <v>76</v>
+        <v>805</v>
       </c>
       <c r="E233" t="s" s="4">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="F233" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G233" t="s">
-        <v>797</v>
+        <v>806</v>
       </c>
       <c r="H233" t="s">
         <v>0</v>
       </c>
       <c r="I233" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="J233" t="s">
         <v>0</v>
       </c>
       <c r="K233" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s" s="2">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="B234" t="s" s="2">
-        <v>142</v>
+        <v>809</v>
       </c>
       <c r="C234" t="n" s="3">
-        <v>7.91202303004E11</v>
+        <v>7.91202005017E11</v>
       </c>
       <c r="D234" t="s" s="4">
-        <v>22</v>
+        <v>187</v>
       </c>
       <c r="E234" t="s" s="4">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="F234" t="s">
         <v>16</v>
       </c>
       <c r="G234" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="H234" t="s">
         <v>0</v>
       </c>
       <c r="I234" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="J234" t="s">
         <v>0</v>
       </c>
       <c r="K234" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s" s="2">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="B235" t="s" s="2">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="C235" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D235" t="s" s="4">
-        <v>68</v>
+        <v>125</v>
       </c>
       <c r="E235" t="s" s="4">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="F235" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G235" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="H235" t="s">
         <v>0</v>
       </c>
       <c r="I235" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="J235" t="s">
         <v>0</v>
       </c>
       <c r="K235" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s" s="2">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="B236" t="s" s="2">
-        <v>379</v>
+        <v>283</v>
       </c>
       <c r="C236" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D236" t="s" s="4">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E236" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F236" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G236" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="H236" t="s">
         <v>0</v>
       </c>
       <c r="I236" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="J236" t="s">
         <v>0</v>
       </c>
       <c r="K236" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s" s="2">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="B237" t="s" s="2">
-        <v>142</v>
+        <v>112</v>
       </c>
       <c r="C237" t="n" s="3">
-        <v>7.91202303004E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D237" t="s" s="4">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E237" t="s" s="4">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F237" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G237" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="H237" t="s">
         <v>0</v>
       </c>
       <c r="I237" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="J237" t="s">
         <v>0</v>
       </c>
       <c r="K237" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s" s="2">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="B238" t="s" s="2">
-        <v>183</v>
+        <v>218</v>
       </c>
       <c r="C238" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D238" t="s" s="4">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="E238" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F238" t="s">
         <v>16</v>
       </c>
       <c r="G238" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="H238" t="s">
         <v>0</v>
       </c>
       <c r="I238" t="s">
-        <v>810</v>
+        <v>820</v>
       </c>
       <c r="J238" t="s">
         <v>0</v>
       </c>
       <c r="K238" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s" s="2">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="B239" t="s" s="2">
-        <v>254</v>
+        <v>57</v>
       </c>
       <c r="C239" t="n" s="3">
-        <v>7.91202103009E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D239" t="s" s="4">
-        <v>255</v>
+        <v>58</v>
       </c>
       <c r="E239" t="s" s="4">
-        <v>140</v>
+        <v>59</v>
       </c>
       <c r="F239" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G239" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
       <c r="H239" t="s">
         <v>0</v>
       </c>
       <c r="I239" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="J239" t="s">
         <v>0</v>
       </c>
       <c r="K239" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s" s="2">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="B240" t="s" s="2">
-        <v>183</v>
+        <v>491</v>
       </c>
       <c r="C240" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D240" t="s" s="4">
-        <v>184</v>
+        <v>492</v>
       </c>
       <c r="E240" t="s" s="4">
-        <v>15</v>
+        <v>493</v>
       </c>
       <c r="F240" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G240" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="H240" t="s">
         <v>0</v>
       </c>
       <c r="I240" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="J240" t="s">
         <v>0</v>
       </c>
       <c r="K240" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s" s="2">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="B241" t="s" s="2">
-        <v>183</v>
+        <v>69</v>
       </c>
       <c r="C241" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D241" t="s" s="4">
-        <v>184</v>
+        <v>70</v>
       </c>
       <c r="E241" t="s" s="4">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="F241" t="s">
         <v>16</v>
       </c>
       <c r="G241" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="H241" t="s">
         <v>0</v>
       </c>
       <c r="I241" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="J241" t="s">
         <v>0</v>
       </c>
       <c r="K241" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s" s="2">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="B242" t="s" s="2">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C242" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D242" t="s" s="4">
-        <v>184</v>
+        <v>76</v>
       </c>
       <c r="E242" t="s" s="4">
-        <v>15</v>
+        <v>197</v>
       </c>
       <c r="F242" t="s">
         <v>16</v>
       </c>
       <c r="G242" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
       <c r="H242" t="s">
         <v>0</v>
       </c>
       <c r="I242" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
       <c r="J242" t="s">
         <v>0</v>
       </c>
       <c r="K242" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s" s="2">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="B243" t="s" s="2">
-        <v>167</v>
+        <v>218</v>
       </c>
       <c r="C243" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D243" t="s" s="4">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="E243" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F243" t="s">
         <v>16</v>
       </c>
       <c r="G243" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="H243" t="s">
         <v>0</v>
       </c>
       <c r="I243" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="J243" t="s">
         <v>0</v>
       </c>
       <c r="K243" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s" s="2">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B244" t="s" s="2">
-        <v>89</v>
+        <v>633</v>
       </c>
       <c r="C244" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D244" t="s" s="4">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="E244" t="s" s="4">
-        <v>91</v>
+        <v>30</v>
       </c>
       <c r="F244" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G244" t="s">
-        <v>829</v>
+        <v>0</v>
       </c>
       <c r="H244" t="s">
         <v>0</v>
       </c>
       <c r="I244" t="s">
-        <v>830</v>
+        <v>0</v>
       </c>
       <c r="J244" t="s">
         <v>0</v>
       </c>
       <c r="K244" t="s">
-        <v>831</v>
+        <v>0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s" s="2">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="B245" t="s" s="2">
-        <v>89</v>
+        <v>804</v>
       </c>
       <c r="C245" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202007022E11</v>
       </c>
       <c r="D245" t="s" s="4">
-        <v>90</v>
+        <v>805</v>
       </c>
       <c r="E245" t="s" s="4">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="F245" t="s">
         <v>16</v>
       </c>
       <c r="G245" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="H245" t="s">
         <v>0</v>
       </c>
       <c r="I245" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="J245" t="s">
         <v>0</v>
       </c>
       <c r="K245" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s" s="2">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="B246" t="s" s="2">
-        <v>379</v>
+        <v>21</v>
       </c>
       <c r="C246" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D246" t="s" s="4">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="E246" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F246" t="s">
         <v>16</v>
       </c>
       <c r="G246" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="H246" t="s">
         <v>0</v>
       </c>
       <c r="I246" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="J246" t="s">
         <v>0</v>
       </c>
       <c r="K246" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s" s="2">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="B247" t="s" s="2">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="C247" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D247" t="s" s="4">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="E247" t="s" s="4">
-        <v>140</v>
+        <v>23</v>
       </c>
       <c r="F247" t="s">
         <v>16</v>
       </c>
       <c r="G247" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="H247" t="s">
         <v>0</v>
       </c>
       <c r="I247" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="J247" t="s">
         <v>0</v>
       </c>
       <c r="K247" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s" s="2">
+        <v>843</v>
+      </c>
+      <c r="B248" t="s" s="2">
+        <v>150</v>
+      </c>
+      <c r="C248" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D248" t="s" s="4">
+        <v>76</v>
+      </c>
+      <c r="E248" t="s" s="4">
+        <v>151</v>
+      </c>
+      <c r="F248" t="s">
+        <v>16</v>
+      </c>
+      <c r="G248" t="s">
         <v>844</v>
       </c>
-      <c r="B248" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G248" t="s">
+      <c r="H248" t="s">
+        <v>0</v>
+      </c>
+      <c r="I248" t="s">
         <v>845</v>
       </c>
-      <c r="H248" t="s">
-[...2 lines deleted...]
-      <c r="I248" t="s">
+      <c r="J248" t="s">
+        <v>0</v>
+      </c>
+      <c r="K248" t="s">
         <v>846</v>
-      </c>
-[...4 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s" s="2">
+        <v>843</v>
+      </c>
+      <c r="B249" t="s" s="2">
+        <v>83</v>
+      </c>
+      <c r="C249" t="n" s="3">
+        <v>7.91202107001E11</v>
+      </c>
+      <c r="D249" t="s" s="4">
+        <v>84</v>
+      </c>
+      <c r="E249" t="s" s="4">
+        <v>85</v>
+      </c>
+      <c r="F249" t="s">
+        <v>31</v>
+      </c>
+      <c r="G249" t="s">
         <v>844</v>
       </c>
-      <c r="B249" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G249" t="s">
+      <c r="H249" t="s">
+        <v>0</v>
+      </c>
+      <c r="I249" t="s">
         <v>845</v>
       </c>
-      <c r="H249" t="s">
-[...2 lines deleted...]
-      <c r="I249" t="s">
+      <c r="J249" t="s">
+        <v>0</v>
+      </c>
+      <c r="K249" t="s">
         <v>846</v>
-      </c>
-[...4 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s" s="2">
+        <v>847</v>
+      </c>
+      <c r="B250" t="s" s="2">
+        <v>153</v>
+      </c>
+      <c r="C250" t="n" s="3">
+        <v>7.91202303004E11</v>
+      </c>
+      <c r="D250" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E250" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="F250" t="s">
+        <v>16</v>
+      </c>
+      <c r="G250" t="s">
         <v>848</v>
       </c>
-      <c r="B250" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G250" t="s">
+      <c r="H250" t="s">
+        <v>0</v>
+      </c>
+      <c r="I250" t="s">
         <v>849</v>
       </c>
-      <c r="H250" t="s">
-[...2 lines deleted...]
-      <c r="I250" t="s">
+      <c r="J250" t="s">
+        <v>0</v>
+      </c>
+      <c r="K250" t="s">
         <v>850</v>
-      </c>
-[...4 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s" s="2">
+        <v>851</v>
+      </c>
+      <c r="B251" t="s" s="2">
+        <v>150</v>
+      </c>
+      <c r="C251" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D251" t="s" s="4">
+        <v>76</v>
+      </c>
+      <c r="E251" t="s" s="4">
+        <v>151</v>
+      </c>
+      <c r="F251" t="s">
+        <v>16</v>
+      </c>
+      <c r="G251" t="s">
         <v>852</v>
-      </c>
-[...16 lines deleted...]
-        <v>633</v>
       </c>
       <c r="H251" t="s">
         <v>0</v>
       </c>
       <c r="I251" t="s">
         <v>853</v>
       </c>
       <c r="J251" t="s">
         <v>0</v>
       </c>
       <c r="K251" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s" s="2">
         <v>855</v>
       </c>
       <c r="B252" t="s" s="2">
-        <v>43</v>
+        <v>407</v>
       </c>
       <c r="C252" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D252" t="s" s="4">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E252" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F252" t="s">
         <v>16</v>
       </c>
       <c r="G252" t="s">
         <v>856</v>
       </c>
       <c r="H252" t="s">
         <v>0</v>
       </c>
       <c r="I252" t="s">
         <v>857</v>
       </c>
-      <c r="J252" t="n">
-        <v>131.0</v>
+      <c r="J252" t="s">
+        <v>0</v>
       </c>
       <c r="K252" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s" s="2">
         <v>855</v>
       </c>
       <c r="B253" t="s" s="2">
-        <v>104</v>
+        <v>153</v>
       </c>
       <c r="C253" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D253" t="s" s="4">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="E253" t="s" s="4">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="F253" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G253" t="s">
         <v>856</v>
       </c>
       <c r="H253" t="s">
         <v>0</v>
       </c>
       <c r="I253" t="s">
         <v>857</v>
       </c>
-      <c r="J253" t="n">
-        <v>131.0</v>
+      <c r="J253" t="s">
+        <v>0</v>
       </c>
       <c r="K253" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s" s="2">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="B254" t="s" s="2">
-        <v>183</v>
+        <v>202</v>
       </c>
       <c r="C254" t="n" s="3">
         <v>7.91202005015E11</v>
       </c>
       <c r="D254" t="s" s="4">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="E254" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F254" t="s">
         <v>16</v>
       </c>
       <c r="G254" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="H254" t="s">
         <v>0</v>
       </c>
       <c r="I254" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="J254" t="s">
         <v>0</v>
       </c>
       <c r="K254" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s" s="2">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="B255" t="s" s="2">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="C255" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D255" t="s" s="4">
-        <v>29</v>
+        <v>279</v>
       </c>
       <c r="E255" t="s" s="4">
-        <v>30</v>
+        <v>151</v>
       </c>
       <c r="F255" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G255" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="H255" t="s">
         <v>0</v>
       </c>
       <c r="I255" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="J255" t="s">
         <v>0</v>
       </c>
       <c r="K255" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s" s="2">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="B256" t="s" s="2">
-        <v>167</v>
+        <v>633</v>
       </c>
       <c r="C256" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D256" t="s" s="4">
-        <v>168</v>
+        <v>29</v>
       </c>
       <c r="E256" t="s" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F256" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G256" t="s">
-        <v>868</v>
+        <v>0</v>
       </c>
       <c r="H256" t="s">
         <v>0</v>
       </c>
       <c r="I256" t="s">
-        <v>869</v>
+        <v>0</v>
       </c>
       <c r="J256" t="s">
         <v>0</v>
       </c>
       <c r="K256" t="s">
-        <v>870</v>
+        <v>0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s" s="2">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="B257" t="s" s="2">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C257" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D257" t="s" s="4">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="E257" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F257" t="s">
         <v>16</v>
       </c>
       <c r="G257" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="H257" t="s">
         <v>0</v>
       </c>
       <c r="I257" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="J257" t="s">
         <v>0</v>
       </c>
       <c r="K257" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s" s="2">
+        <v>868</v>
+      </c>
+      <c r="B258" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="C258" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D258" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E258" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F258" t="s">
+        <v>16</v>
+      </c>
+      <c r="G258" t="s">
+        <v>869</v>
+      </c>
+      <c r="H258" t="s">
+        <v>0</v>
+      </c>
+      <c r="I258" t="s">
+        <v>870</v>
+      </c>
+      <c r="J258" t="s">
+        <v>0</v>
+      </c>
+      <c r="K258" t="s">
         <v>871</v>
-      </c>
-[...28 lines deleted...]
-        <v>874</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s" s="2">
-        <v>875</v>
+        <v>868</v>
       </c>
       <c r="B259" t="s" s="2">
-        <v>125</v>
+        <v>218</v>
       </c>
       <c r="C259" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D259" t="s" s="4">
-        <v>90</v>
+        <v>203</v>
       </c>
       <c r="E259" t="s" s="4">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="F259" t="s">
         <v>16</v>
       </c>
       <c r="G259" t="s">
-        <v>876</v>
+        <v>869</v>
       </c>
       <c r="H259" t="s">
         <v>0</v>
       </c>
       <c r="I259" t="s">
-        <v>877</v>
+        <v>870</v>
       </c>
       <c r="J259" t="s">
         <v>0</v>
       </c>
       <c r="K259" t="s">
-        <v>878</v>
+        <v>871</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s" s="2">
-        <v>879</v>
+        <v>872</v>
       </c>
       <c r="B260" t="s" s="2">
-        <v>316</v>
+        <v>186</v>
       </c>
       <c r="C260" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D260" t="s" s="4">
-        <v>14</v>
+        <v>187</v>
       </c>
       <c r="E260" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F260" t="s">
         <v>16</v>
       </c>
       <c r="G260" t="s">
-        <v>880</v>
+        <v>873</v>
       </c>
       <c r="H260" t="s">
         <v>0</v>
       </c>
       <c r="I260" t="s">
-        <v>881</v>
+        <v>874</v>
       </c>
       <c r="J260" t="s">
         <v>0</v>
       </c>
       <c r="K260" t="s">
-        <v>882</v>
+        <v>875</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s" s="2">
+        <v>876</v>
+      </c>
+      <c r="B261" t="s" s="2">
+        <v>97</v>
+      </c>
+      <c r="C261" t="n" s="3">
+        <v>7.9120200502E11</v>
+      </c>
+      <c r="D261" t="s" s="4">
+        <v>98</v>
+      </c>
+      <c r="E261" t="s" s="4">
+        <v>99</v>
+      </c>
+      <c r="F261" t="s">
+        <v>16</v>
+      </c>
+      <c r="G261" t="s">
+        <v>877</v>
+      </c>
+      <c r="H261" t="s">
+        <v>0</v>
+      </c>
+      <c r="I261" t="s">
+        <v>878</v>
+      </c>
+      <c r="J261" t="s">
+        <v>0</v>
+      </c>
+      <c r="K261" t="s">
         <v>879</v>
-      </c>
-[...28 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s" s="2">
+        <v>880</v>
+      </c>
+      <c r="B262" t="s" s="2">
+        <v>97</v>
+      </c>
+      <c r="C262" t="n" s="3">
+        <v>7.9120200502E11</v>
+      </c>
+      <c r="D262" t="s" s="4">
+        <v>98</v>
+      </c>
+      <c r="E262" t="s" s="4">
+        <v>99</v>
+      </c>
+      <c r="F262" t="s">
+        <v>16</v>
+      </c>
+      <c r="G262" t="s">
+        <v>881</v>
+      </c>
+      <c r="H262" t="s">
+        <v>0</v>
+      </c>
+      <c r="I262" t="s">
+        <v>882</v>
+      </c>
+      <c r="J262" t="s">
+        <v>0</v>
+      </c>
+      <c r="K262" t="s">
         <v>883</v>
-      </c>
-[...28 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s" s="2">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="B263" t="s" s="2">
-        <v>199</v>
+        <v>407</v>
       </c>
       <c r="C263" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D263" t="s" s="4">
-        <v>184</v>
+        <v>52</v>
       </c>
       <c r="E263" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F263" t="s">
         <v>16</v>
       </c>
       <c r="G263" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="H263" t="s">
         <v>0</v>
       </c>
       <c r="I263" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="J263" t="s">
         <v>0</v>
       </c>
       <c r="K263" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s" s="2">
+        <v>888</v>
+      </c>
+      <c r="B264" t="s" s="2">
+        <v>150</v>
+      </c>
+      <c r="C264" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D264" t="s" s="4">
+        <v>76</v>
+      </c>
+      <c r="E264" t="s" s="4">
+        <v>151</v>
+      </c>
+      <c r="F264" t="s">
+        <v>16</v>
+      </c>
+      <c r="G264" t="s">
+        <v>889</v>
+      </c>
+      <c r="H264" t="s">
+        <v>0</v>
+      </c>
+      <c r="I264" t="s">
+        <v>890</v>
+      </c>
+      <c r="J264" t="s">
+        <v>0</v>
+      </c>
+      <c r="K264" t="s">
         <v>891</v>
-      </c>
-[...28 lines deleted...]
-        <v>894</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s" s="2">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="B265" t="s" s="2">
-        <v>199</v>
+        <v>407</v>
       </c>
       <c r="C265" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D265" t="s" s="4">
-        <v>184</v>
+        <v>52</v>
       </c>
       <c r="E265" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F265" t="s">
         <v>16</v>
       </c>
       <c r="G265" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="H265" t="s">
         <v>0</v>
       </c>
       <c r="I265" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="J265" t="s">
         <v>0</v>
       </c>
       <c r="K265" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s" s="2">
-        <v>899</v>
+        <v>892</v>
       </c>
       <c r="B266" t="s" s="2">
-        <v>199</v>
+        <v>51</v>
       </c>
       <c r="C266" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D266" t="s" s="4">
-        <v>184</v>
+        <v>52</v>
       </c>
       <c r="E266" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F266" t="s">
         <v>16</v>
       </c>
       <c r="G266" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="H266" t="s">
         <v>0</v>
       </c>
       <c r="I266" t="s">
-        <v>901</v>
+        <v>894</v>
       </c>
       <c r="J266" t="s">
         <v>0</v>
       </c>
       <c r="K266" t="s">
-        <v>902</v>
+        <v>895</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s" s="2">
-        <v>903</v>
+        <v>896</v>
       </c>
       <c r="B267" t="s" s="2">
-        <v>139</v>
+        <v>112</v>
       </c>
       <c r="C267" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D267" t="s" s="4">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="E267" t="s" s="4">
-        <v>140</v>
+        <v>46</v>
       </c>
       <c r="F267" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G267" t="s">
-        <v>904</v>
+        <v>897</v>
       </c>
       <c r="H267" t="s">
         <v>0</v>
       </c>
       <c r="I267" t="s">
-        <v>905</v>
+        <v>898</v>
       </c>
       <c r="J267" t="s">
         <v>0</v>
       </c>
       <c r="K267" t="s">
-        <v>906</v>
+        <v>899</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s" s="2">
-        <v>907</v>
+        <v>900</v>
       </c>
       <c r="B268" t="s" s="2">
-        <v>106</v>
+        <v>218</v>
       </c>
       <c r="C268" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D268" t="s" s="4">
-        <v>107</v>
+        <v>203</v>
       </c>
       <c r="E268" t="s" s="4">
-        <v>108</v>
+        <v>15</v>
       </c>
       <c r="F268" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G268" t="s">
-        <v>0</v>
+        <v>671</v>
       </c>
       <c r="H268" t="s">
         <v>0</v>
       </c>
       <c r="I268" t="s">
-        <v>0</v>
+        <v>901</v>
       </c>
       <c r="J268" t="s">
         <v>0</v>
       </c>
       <c r="K268" t="s">
-        <v>0</v>
+        <v>902</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s" s="2">
-        <v>908</v>
+        <v>903</v>
       </c>
       <c r="B269" t="s" s="2">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C269" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D269" t="s" s="4">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="E269" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F269" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G269" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="H269" t="s">
         <v>0</v>
       </c>
       <c r="I269" t="s">
-        <v>910</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>905</v>
+      </c>
+      <c r="J269" t="n">
+        <v>131.0</v>
       </c>
       <c r="K269" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s" s="2">
-        <v>912</v>
+        <v>903</v>
       </c>
       <c r="B270" t="s" s="2">
-        <v>434</v>
+        <v>112</v>
       </c>
       <c r="C270" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D270" t="s" s="4">
-        <v>190</v>
+        <v>45</v>
       </c>
       <c r="E270" t="s" s="4">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F270" t="s">
         <v>31</v>
       </c>
       <c r="G270" t="s">
-        <v>913</v>
+        <v>904</v>
       </c>
       <c r="H270" t="s">
         <v>0</v>
       </c>
       <c r="I270" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>905</v>
+      </c>
+      <c r="J270" t="n">
+        <v>131.0</v>
       </c>
       <c r="K270" t="s">
-        <v>915</v>
+        <v>906</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s" s="2">
-        <v>916</v>
+        <v>907</v>
       </c>
       <c r="B271" t="s" s="2">
-        <v>640</v>
+        <v>202</v>
       </c>
       <c r="C271" t="n" s="3">
-        <v>7.91202007024E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D271" t="s" s="4">
-        <v>641</v>
+        <v>203</v>
       </c>
       <c r="E271" t="s" s="4">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F271" t="s">
         <v>16</v>
       </c>
       <c r="G271" t="s">
-        <v>917</v>
+        <v>908</v>
       </c>
       <c r="H271" t="s">
         <v>0</v>
       </c>
       <c r="I271" t="s">
-        <v>918</v>
+        <v>909</v>
       </c>
       <c r="J271" t="s">
         <v>0</v>
       </c>
       <c r="K271" t="s">
-        <v>919</v>
+        <v>910</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s" s="2">
-        <v>920</v>
+        <v>911</v>
       </c>
       <c r="B272" t="s" s="2">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="C272" t="n" s="3">
-        <v>7.91202505003E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D272" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E272" t="s" s="4">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F272" t="s">
         <v>31</v>
       </c>
       <c r="G272" t="s">
-        <v>921</v>
+        <v>912</v>
       </c>
       <c r="H272" t="s">
         <v>0</v>
       </c>
       <c r="I272" t="s">
-        <v>922</v>
+        <v>913</v>
       </c>
       <c r="J272" t="s">
         <v>0</v>
       </c>
       <c r="K272" t="s">
-        <v>923</v>
+        <v>914</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s" s="2">
-        <v>924</v>
+        <v>915</v>
       </c>
       <c r="B273" t="s" s="2">
-        <v>106</v>
+        <v>186</v>
       </c>
       <c r="C273" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D273" t="s" s="4">
-        <v>107</v>
+        <v>187</v>
       </c>
       <c r="E273" t="s" s="4">
-        <v>108</v>
+        <v>15</v>
       </c>
       <c r="F273" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G273" t="s">
-        <v>0</v>
+        <v>916</v>
       </c>
       <c r="H273" t="s">
         <v>0</v>
       </c>
       <c r="I273" t="s">
-        <v>0</v>
+        <v>917</v>
       </c>
       <c r="J273" t="s">
         <v>0</v>
       </c>
       <c r="K273" t="s">
-        <v>0</v>
+        <v>918</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s" s="2">
-        <v>925</v>
+        <v>915</v>
       </c>
       <c r="B274" t="s" s="2">
-        <v>259</v>
+        <v>218</v>
       </c>
       <c r="C274" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D274" t="s" s="4">
-        <v>37</v>
+        <v>203</v>
       </c>
       <c r="E274" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F274" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G274" t="s">
-        <v>926</v>
+        <v>916</v>
       </c>
       <c r="H274" t="s">
         <v>0</v>
       </c>
       <c r="I274" t="s">
-        <v>927</v>
+        <v>917</v>
       </c>
       <c r="J274" t="s">
         <v>0</v>
       </c>
       <c r="K274" t="s">
-        <v>928</v>
+        <v>918</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s" s="2">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="B275" t="s" s="2">
-        <v>408</v>
+        <v>491</v>
       </c>
       <c r="C275" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D275" t="s" s="4">
-        <v>37</v>
+        <v>492</v>
       </c>
       <c r="E275" t="s" s="4">
-        <v>311</v>
+        <v>493</v>
       </c>
       <c r="F275" t="s">
         <v>31</v>
       </c>
       <c r="G275" t="s">
-        <v>926</v>
+        <v>920</v>
       </c>
       <c r="H275" t="s">
         <v>0</v>
       </c>
       <c r="I275" t="s">
-        <v>927</v>
+        <v>921</v>
       </c>
       <c r="J275" t="s">
         <v>0</v>
       </c>
       <c r="K275" t="s">
-        <v>928</v>
+        <v>922</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s" s="2">
-        <v>929</v>
+        <v>923</v>
       </c>
       <c r="B276" t="s" s="2">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="C276" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D276" t="s" s="4">
-        <v>115</v>
+        <v>98</v>
       </c>
       <c r="E276" t="s" s="4">
-        <v>116</v>
+        <v>99</v>
       </c>
       <c r="F276" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G276" t="s">
-        <v>930</v>
+        <v>924</v>
       </c>
       <c r="H276" t="s">
         <v>0</v>
       </c>
       <c r="I276" t="s">
-        <v>931</v>
+        <v>925</v>
       </c>
       <c r="J276" t="s">
         <v>0</v>
       </c>
       <c r="K276" t="s">
-        <v>932</v>
+        <v>926</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s" s="2">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="B277" t="s" s="2">
-        <v>139</v>
+        <v>344</v>
       </c>
       <c r="C277" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D277" t="s" s="4">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="E277" t="s" s="4">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="F277" t="s">
         <v>16</v>
       </c>
       <c r="G277" t="s">
-        <v>934</v>
+        <v>928</v>
       </c>
       <c r="H277" t="s">
         <v>0</v>
       </c>
       <c r="I277" t="s">
-        <v>935</v>
-[...2 lines deleted...]
-        <v>302.0</v>
+        <v>929</v>
+      </c>
+      <c r="J277" t="s">
+        <v>0</v>
       </c>
       <c r="K277" t="s">
-        <v>936</v>
+        <v>930</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s" s="2">
-        <v>937</v>
+        <v>927</v>
       </c>
       <c r="B278" t="s" s="2">
-        <v>139</v>
+        <v>403</v>
       </c>
       <c r="C278" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D278" t="s" s="4">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="E278" t="s" s="4">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="F278" t="s">
         <v>16</v>
       </c>
       <c r="G278" t="s">
-        <v>938</v>
+        <v>928</v>
       </c>
       <c r="H278" t="s">
         <v>0</v>
       </c>
       <c r="I278" t="s">
-        <v>939</v>
+        <v>929</v>
       </c>
       <c r="J278" t="s">
         <v>0</v>
       </c>
       <c r="K278" t="s">
-        <v>940</v>
+        <v>930</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s" s="2">
-        <v>937</v>
+        <v>931</v>
       </c>
       <c r="B279" t="s" s="2">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="C279" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D279" t="s" s="4">
-        <v>22</v>
+        <v>203</v>
       </c>
       <c r="E279" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F279" t="s">
         <v>16</v>
       </c>
       <c r="G279" t="s">
-        <v>938</v>
+        <v>932</v>
       </c>
       <c r="H279" t="s">
         <v>0</v>
       </c>
       <c r="I279" t="s">
-        <v>939</v>
+        <v>933</v>
       </c>
       <c r="J279" t="s">
         <v>0</v>
       </c>
       <c r="K279" t="s">
-        <v>940</v>
+        <v>934</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s" s="2">
-        <v>941</v>
+        <v>935</v>
       </c>
       <c r="B280" t="s" s="2">
-        <v>43</v>
+        <v>218</v>
       </c>
       <c r="C280" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D280" t="s" s="4">
-        <v>44</v>
+        <v>203</v>
       </c>
       <c r="E280" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F280" t="s">
         <v>16</v>
       </c>
       <c r="G280" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="H280" t="s">
         <v>0</v>
       </c>
       <c r="I280" t="s">
-        <v>943</v>
+        <v>937</v>
       </c>
       <c r="J280" t="s">
         <v>0</v>
       </c>
       <c r="K280" t="s">
-        <v>944</v>
+        <v>938</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s" s="2">
-        <v>945</v>
+        <v>939</v>
       </c>
       <c r="B281" t="s" s="2">
-        <v>379</v>
+        <v>235</v>
       </c>
       <c r="C281" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D281" t="s" s="4">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="E281" t="s" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F281" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G281" t="s">
-        <v>946</v>
+        <v>940</v>
       </c>
       <c r="H281" t="s">
         <v>0</v>
       </c>
       <c r="I281" t="s">
-        <v>947</v>
+        <v>941</v>
       </c>
       <c r="J281" t="n">
-        <v>225.0</v>
+        <v>2844.0</v>
       </c>
       <c r="K281" t="s">
-        <v>948</v>
+        <v>942</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s" s="2">
-        <v>949</v>
+        <v>943</v>
       </c>
       <c r="B282" t="s" s="2">
-        <v>379</v>
+        <v>139</v>
       </c>
       <c r="C282" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D282" t="s" s="4">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="E282" t="s" s="4">
-        <v>15</v>
+        <v>99</v>
       </c>
       <c r="F282" t="s">
         <v>16</v>
       </c>
       <c r="G282" t="s">
-        <v>723</v>
+        <v>944</v>
       </c>
       <c r="H282" t="s">
         <v>0</v>
       </c>
       <c r="I282" t="s">
-        <v>402</v>
+        <v>945</v>
       </c>
       <c r="J282" t="s">
         <v>0</v>
       </c>
       <c r="K282" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s" s="2">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="B283" t="s" s="2">
-        <v>67</v>
+        <v>218</v>
       </c>
       <c r="C283" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D283" t="s" s="4">
-        <v>68</v>
+        <v>203</v>
       </c>
       <c r="E283" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F283" t="s">
         <v>16</v>
       </c>
       <c r="G283" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="H283" t="s">
         <v>0</v>
       </c>
       <c r="I283" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="J283" t="s">
         <v>0</v>
       </c>
       <c r="K283" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s" s="2">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="B284" t="s" s="2">
-        <v>316</v>
+        <v>218</v>
       </c>
       <c r="C284" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D284" t="s" s="4">
-        <v>14</v>
+        <v>203</v>
       </c>
       <c r="E284" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F284" t="s">
         <v>16</v>
       </c>
       <c r="G284" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="H284" t="s">
         <v>0</v>
       </c>
       <c r="I284" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="J284" t="s">
         <v>0</v>
       </c>
       <c r="K284" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s" s="2">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="B285" t="s" s="2">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="C285" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D285" t="s" s="4">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="E285" t="s" s="4">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F285" t="s">
         <v>31</v>
       </c>
       <c r="G285" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="H285" t="s">
         <v>0</v>
       </c>
       <c r="I285" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="J285" t="s">
         <v>0</v>
       </c>
       <c r="K285" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s" s="2">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="B286" t="s" s="2">
-        <v>762</v>
+        <v>150</v>
       </c>
       <c r="C286" t="n" s="3">
-        <v>7.91202007022E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D286" t="s" s="4">
-        <v>763</v>
+        <v>76</v>
       </c>
       <c r="E286" t="s" s="4">
-        <v>63</v>
+        <v>151</v>
       </c>
       <c r="F286" t="s">
         <v>16</v>
       </c>
       <c r="G286" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="H286" t="s">
         <v>0</v>
       </c>
       <c r="I286" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="J286" t="s">
         <v>0</v>
       </c>
       <c r="K286" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s" s="2">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="B287" t="s" s="2">
-        <v>43</v>
+        <v>114</v>
       </c>
       <c r="C287" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D287" t="s" s="4">
-        <v>44</v>
+        <v>115</v>
       </c>
       <c r="E287" t="s" s="4">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F287" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G287" t="s">
-        <v>968</v>
+        <v>0</v>
       </c>
       <c r="H287" t="s">
         <v>0</v>
       </c>
       <c r="I287" t="s">
-        <v>969</v>
+        <v>0</v>
       </c>
       <c r="J287" t="s">
         <v>0</v>
       </c>
       <c r="K287" t="s">
-        <v>970</v>
+        <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s" s="2">
-        <v>971</v>
+        <v>964</v>
       </c>
       <c r="B288" t="s" s="2">
-        <v>211</v>
+        <v>64</v>
       </c>
       <c r="C288" t="n" s="3">
-        <v>7.91202505002E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D288" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E288" t="s" s="4">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F288" t="s">
         <v>31</v>
       </c>
       <c r="G288" t="s">
-        <v>972</v>
+        <v>965</v>
       </c>
       <c r="H288" t="s">
         <v>0</v>
       </c>
       <c r="I288" t="s">
-        <v>973</v>
+        <v>966</v>
       </c>
       <c r="J288" t="s">
         <v>0</v>
       </c>
       <c r="K288" t="s">
-        <v>974</v>
+        <v>967</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s" s="2">
-        <v>975</v>
+        <v>968</v>
       </c>
       <c r="B289" t="s" s="2">
-        <v>49</v>
+        <v>462</v>
       </c>
       <c r="C289" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D289" t="s" s="4">
-        <v>50</v>
+        <v>209</v>
       </c>
       <c r="E289" t="s" s="4">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="F289" t="s">
         <v>31</v>
       </c>
       <c r="G289" t="s">
-        <v>976</v>
+        <v>969</v>
       </c>
       <c r="H289" t="s">
         <v>0</v>
       </c>
       <c r="I289" t="s">
-        <v>977</v>
+        <v>970</v>
       </c>
       <c r="J289" t="s">
         <v>0</v>
       </c>
       <c r="K289" t="s">
-        <v>978</v>
+        <v>971</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s" s="2">
-        <v>979</v>
+        <v>972</v>
       </c>
       <c r="B290" t="s" s="2">
-        <v>316</v>
+        <v>678</v>
       </c>
       <c r="C290" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202007024E11</v>
       </c>
       <c r="D290" t="s" s="4">
-        <v>14</v>
+        <v>679</v>
       </c>
       <c r="E290" t="s" s="4">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="F290" t="s">
         <v>16</v>
       </c>
       <c r="G290" t="s">
-        <v>980</v>
+        <v>973</v>
       </c>
       <c r="H290" t="s">
         <v>0</v>
       </c>
       <c r="I290" t="s">
-        <v>981</v>
+        <v>974</v>
       </c>
       <c r="J290" t="s">
         <v>0</v>
       </c>
       <c r="K290" t="s">
-        <v>982</v>
+        <v>975</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s" s="2">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="B291" t="s" s="2">
-        <v>114</v>
+        <v>287</v>
       </c>
       <c r="C291" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202505003E11</v>
       </c>
       <c r="D291" t="s" s="4">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="E291" t="s" s="4">
-        <v>116</v>
+        <v>39</v>
       </c>
       <c r="F291" t="s">
         <v>31</v>
       </c>
       <c r="G291" t="s">
-        <v>984</v>
+        <v>977</v>
       </c>
       <c r="H291" t="s">
         <v>0</v>
       </c>
       <c r="I291" t="s">
-        <v>985</v>
+        <v>978</v>
       </c>
       <c r="J291" t="s">
         <v>0</v>
       </c>
       <c r="K291" t="s">
-        <v>986</v>
+        <v>979</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s" s="2">
-        <v>987</v>
+        <v>980</v>
       </c>
       <c r="B292" t="s" s="2">
-        <v>988</v>
+        <v>114</v>
       </c>
       <c r="C292" t="n" s="3">
-        <v>7.91202505004E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D292" t="s" s="4">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="E292" t="s" s="4">
-        <v>30</v>
+        <v>116</v>
       </c>
       <c r="F292" t="s">
         <v>31</v>
       </c>
       <c r="G292" t="s">
-        <v>989</v>
+        <v>0</v>
       </c>
       <c r="H292" t="s">
         <v>0</v>
       </c>
       <c r="I292" t="s">
-        <v>990</v>
+        <v>0</v>
       </c>
       <c r="J292" t="s">
         <v>0</v>
       </c>
       <c r="K292" t="s">
-        <v>991</v>
+        <v>0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s" s="2">
-        <v>992</v>
+        <v>981</v>
       </c>
       <c r="B293" t="s" s="2">
-        <v>167</v>
+        <v>283</v>
       </c>
       <c r="C293" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D293" t="s" s="4">
-        <v>168</v>
+        <v>45</v>
       </c>
       <c r="E293" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F293" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G293" t="s">
-        <v>993</v>
+        <v>982</v>
       </c>
       <c r="H293" t="s">
         <v>0</v>
       </c>
       <c r="I293" t="s">
-        <v>994</v>
+        <v>983</v>
       </c>
       <c r="J293" t="s">
         <v>0</v>
       </c>
       <c r="K293" t="s">
-        <v>995</v>
+        <v>984</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s" s="2">
-        <v>996</v>
+        <v>981</v>
       </c>
       <c r="B294" t="s" s="2">
-        <v>49</v>
+        <v>436</v>
       </c>
       <c r="C294" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D294" t="s" s="4">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E294" t="s" s="4">
-        <v>51</v>
+        <v>339</v>
       </c>
       <c r="F294" t="s">
         <v>31</v>
       </c>
       <c r="G294" t="s">
-        <v>997</v>
+        <v>982</v>
       </c>
       <c r="H294" t="s">
         <v>0</v>
       </c>
       <c r="I294" t="s">
-        <v>998</v>
+        <v>983</v>
       </c>
       <c r="J294" t="s">
         <v>0</v>
       </c>
       <c r="K294" t="s">
-        <v>999</v>
+        <v>984</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s" s="2">
-        <v>1000</v>
+        <v>985</v>
       </c>
       <c r="B295" t="s" s="2">
-        <v>61</v>
+        <v>124</v>
       </c>
       <c r="C295" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D295" t="s" s="4">
-        <v>62</v>
+        <v>125</v>
       </c>
       <c r="E295" t="s" s="4">
-        <v>63</v>
+        <v>126</v>
       </c>
       <c r="F295" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G295" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="H295" t="s">
         <v>0</v>
       </c>
       <c r="I295" t="s">
-        <v>1002</v>
+        <v>987</v>
       </c>
       <c r="J295" t="s">
         <v>0</v>
       </c>
       <c r="K295" t="s">
-        <v>1003</v>
+        <v>988</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s" s="2">
-        <v>1004</v>
+        <v>989</v>
       </c>
       <c r="B296" t="s" s="2">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="C296" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D296" t="s" s="4">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="E296" t="s" s="4">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F296" t="s">
         <v>31</v>
       </c>
       <c r="G296" t="s">
-        <v>1005</v>
+        <v>990</v>
       </c>
       <c r="H296" t="s">
         <v>0</v>
       </c>
       <c r="I296" t="s">
-        <v>1006</v>
+        <v>991</v>
       </c>
       <c r="J296" t="s">
         <v>0</v>
       </c>
       <c r="K296" t="s">
-        <v>1007</v>
+        <v>992</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s" s="2">
-        <v>1008</v>
+        <v>993</v>
       </c>
       <c r="B297" t="s" s="2">
-        <v>272</v>
+        <v>150</v>
       </c>
       <c r="C297" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D297" t="s" s="4">
-        <v>273</v>
+        <v>76</v>
       </c>
       <c r="E297" t="s" s="4">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="F297" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G297" t="s">
-        <v>1009</v>
+        <v>994</v>
       </c>
       <c r="H297" t="s">
         <v>0</v>
       </c>
       <c r="I297" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>995</v>
+      </c>
+      <c r="J297" t="n">
+        <v>302.0</v>
       </c>
       <c r="K297" t="s">
-        <v>1011</v>
+        <v>996</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s" s="2">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="B298" t="s" s="2">
-        <v>753</v>
+        <v>150</v>
       </c>
       <c r="C298" t="n" s="3">
-        <v>7.91202200703E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D298" t="s" s="4">
-        <v>273</v>
+        <v>76</v>
       </c>
       <c r="E298" t="s" s="4">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="F298" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G298" t="s">
-        <v>1009</v>
+        <v>998</v>
       </c>
       <c r="H298" t="s">
         <v>0</v>
       </c>
       <c r="I298" t="s">
-        <v>1010</v>
+        <v>999</v>
       </c>
       <c r="J298" t="s">
         <v>0</v>
       </c>
       <c r="K298" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s" s="2">
-        <v>1012</v>
+        <v>997</v>
       </c>
       <c r="B299" t="s" s="2">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="C299" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D299" t="s" s="4">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="E299" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F299" t="s">
         <v>16</v>
       </c>
       <c r="G299" t="s">
-        <v>1013</v>
+        <v>998</v>
       </c>
       <c r="H299" t="s">
         <v>0</v>
       </c>
       <c r="I299" t="s">
-        <v>1014</v>
+        <v>999</v>
       </c>
       <c r="J299" t="s">
         <v>0</v>
       </c>
       <c r="K299" t="s">
-        <v>1015</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s" s="2">
-        <v>1016</v>
+        <v>1001</v>
       </c>
       <c r="B300" t="s" s="2">
-        <v>260</v>
+        <v>138</v>
       </c>
       <c r="C300" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202510002E11</v>
       </c>
       <c r="D300" t="s" s="4">
         <v>29</v>
       </c>
       <c r="E300" t="s" s="4">
         <v>30</v>
       </c>
       <c r="F300" t="s">
         <v>31</v>
       </c>
       <c r="G300" t="s">
-        <v>1017</v>
+        <v>0</v>
       </c>
       <c r="H300" t="s">
         <v>0</v>
       </c>
       <c r="I300" t="s">
-        <v>1018</v>
+        <v>0</v>
       </c>
       <c r="J300" t="s">
         <v>0</v>
       </c>
       <c r="K300" t="s">
-        <v>1019</v>
+        <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s" s="2">
-        <v>1020</v>
+        <v>1002</v>
       </c>
       <c r="B301" t="s" s="2">
-        <v>309</v>
+        <v>51</v>
       </c>
       <c r="C301" t="n" s="3">
-        <v>7.91202003001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D301" t="s" s="4">
-        <v>310</v>
+        <v>52</v>
       </c>
       <c r="E301" t="s" s="4">
-        <v>311</v>
+        <v>15</v>
       </c>
       <c r="F301" t="s">
         <v>16</v>
       </c>
       <c r="G301" t="s">
-        <v>1021</v>
+        <v>1003</v>
       </c>
       <c r="H301" t="s">
         <v>0</v>
       </c>
       <c r="I301" t="s">
-        <v>1022</v>
+        <v>1004</v>
       </c>
       <c r="J301" t="s">
         <v>0</v>
       </c>
       <c r="K301" t="s">
-        <v>1023</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s" s="2">
-        <v>1024</v>
+        <v>1006</v>
       </c>
       <c r="B302" t="s" s="2">
-        <v>199</v>
+        <v>407</v>
       </c>
       <c r="C302" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D302" t="s" s="4">
-        <v>184</v>
+        <v>52</v>
       </c>
       <c r="E302" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F302" t="s">
         <v>16</v>
       </c>
       <c r="G302" t="s">
-        <v>1025</v>
+        <v>1007</v>
       </c>
       <c r="H302" t="s">
         <v>0</v>
       </c>
       <c r="I302" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1008</v>
+      </c>
+      <c r="J302" t="n">
+        <v>225.0</v>
       </c>
       <c r="K302" t="s">
-        <v>1027</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s" s="2">
-        <v>1028</v>
+        <v>1010</v>
       </c>
       <c r="B303" t="s" s="2">
-        <v>49</v>
+        <v>407</v>
       </c>
       <c r="C303" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D303" t="s" s="4">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E303" t="s" s="4">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F303" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G303" t="s">
-        <v>1029</v>
+        <v>769</v>
       </c>
       <c r="H303" t="s">
         <v>0</v>
       </c>
       <c r="I303" t="s">
-        <v>1030</v>
+        <v>430</v>
       </c>
       <c r="J303" t="s">
         <v>0</v>
       </c>
       <c r="K303" t="s">
-        <v>1031</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s" s="2">
-        <v>1032</v>
+        <v>1012</v>
       </c>
       <c r="B304" t="s" s="2">
-        <v>199</v>
+        <v>75</v>
       </c>
       <c r="C304" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D304" t="s" s="4">
-        <v>184</v>
+        <v>76</v>
       </c>
       <c r="E304" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F304" t="s">
         <v>16</v>
       </c>
       <c r="G304" t="s">
-        <v>1033</v>
+        <v>1013</v>
       </c>
       <c r="H304" t="s">
         <v>0</v>
       </c>
       <c r="I304" t="s">
-        <v>1034</v>
-[...2 lines deleted...]
-        <v>109.0</v>
+        <v>1014</v>
+      </c>
+      <c r="J304" t="s">
+        <v>0</v>
       </c>
       <c r="K304" t="s">
-        <v>1035</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s" s="2">
-        <v>1036</v>
+        <v>1016</v>
       </c>
       <c r="B305" t="s" s="2">
-        <v>216</v>
+        <v>344</v>
       </c>
       <c r="C305" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D305" t="s" s="4">
-        <v>217</v>
+        <v>14</v>
       </c>
       <c r="E305" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F305" t="s">
         <v>16</v>
       </c>
       <c r="G305" t="s">
-        <v>1037</v>
+        <v>1017</v>
       </c>
       <c r="H305" t="s">
         <v>0</v>
       </c>
       <c r="I305" t="s">
-        <v>1038</v>
+        <v>1018</v>
       </c>
       <c r="J305" t="s">
         <v>0</v>
       </c>
       <c r="K305" t="s">
-        <v>1039</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s" s="2">
-        <v>1036</v>
+        <v>1020</v>
       </c>
       <c r="B306" t="s" s="2">
-        <v>316</v>
+        <v>112</v>
       </c>
       <c r="C306" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D306" t="s" s="4">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="E306" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F306" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G306" t="s">
-        <v>1037</v>
+        <v>1021</v>
       </c>
       <c r="H306" t="s">
         <v>0</v>
       </c>
       <c r="I306" t="s">
-        <v>1038</v>
+        <v>1022</v>
       </c>
       <c r="J306" t="s">
         <v>0</v>
       </c>
       <c r="K306" t="s">
-        <v>1039</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s" s="2">
-        <v>1040</v>
+        <v>1024</v>
       </c>
       <c r="B307" t="s" s="2">
-        <v>260</v>
+        <v>804</v>
       </c>
       <c r="C307" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202007022E11</v>
       </c>
       <c r="D307" t="s" s="4">
-        <v>29</v>
+        <v>805</v>
       </c>
       <c r="E307" t="s" s="4">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="F307" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G307" t="s">
-        <v>1041</v>
+        <v>1025</v>
       </c>
       <c r="H307" t="s">
         <v>0</v>
       </c>
       <c r="I307" t="s">
-        <v>1042</v>
+        <v>1026</v>
       </c>
       <c r="J307" t="s">
         <v>0</v>
       </c>
       <c r="K307" t="s">
-        <v>1043</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s" s="2">
-        <v>1044</v>
+        <v>1028</v>
       </c>
       <c r="B308" t="s" s="2">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C308" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D308" t="s" s="4">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E308" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F308" t="s">
         <v>16</v>
       </c>
       <c r="G308" t="s">
-        <v>1045</v>
+        <v>1029</v>
       </c>
       <c r="H308" t="s">
         <v>0</v>
       </c>
       <c r="I308" t="s">
-        <v>1046</v>
+        <v>1030</v>
       </c>
       <c r="J308" t="s">
         <v>0</v>
       </c>
       <c r="K308" t="s">
-        <v>1047</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s" s="2">
-        <v>1048</v>
+        <v>1032</v>
       </c>
       <c r="B309" t="s" s="2">
-        <v>316</v>
+        <v>230</v>
       </c>
       <c r="C309" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D309" t="s" s="4">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="E309" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F309" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G309" t="s">
-        <v>1049</v>
+        <v>1033</v>
       </c>
       <c r="H309" t="s">
         <v>0</v>
       </c>
       <c r="I309" t="s">
-        <v>1050</v>
+        <v>1034</v>
       </c>
       <c r="J309" t="s">
         <v>0</v>
       </c>
       <c r="K309" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s" s="2">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="B310" t="s" s="2">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="C310" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D310" t="s" s="4">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="E310" t="s" s="4">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="F310" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G310" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
       <c r="H310" t="s">
         <v>0</v>
       </c>
       <c r="I310" t="s">
-        <v>1054</v>
+        <v>1038</v>
       </c>
       <c r="J310" t="s">
         <v>0</v>
       </c>
       <c r="K310" t="s">
-        <v>1055</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s" s="2">
-        <v>1056</v>
+        <v>1040</v>
       </c>
       <c r="B311" t="s" s="2">
-        <v>199</v>
+        <v>344</v>
       </c>
       <c r="C311" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D311" t="s" s="4">
-        <v>184</v>
+        <v>14</v>
       </c>
       <c r="E311" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F311" t="s">
         <v>16</v>
       </c>
       <c r="G311" t="s">
-        <v>1057</v>
+        <v>1041</v>
       </c>
       <c r="H311" t="s">
         <v>0</v>
       </c>
       <c r="I311" t="s">
-        <v>1058</v>
+        <v>1042</v>
       </c>
       <c r="J311" t="s">
         <v>0</v>
       </c>
       <c r="K311" t="s">
-        <v>1059</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s" s="2">
-        <v>1056</v>
+        <v>1044</v>
       </c>
       <c r="B312" t="s" s="2">
-        <v>183</v>
+        <v>124</v>
       </c>
       <c r="C312" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D312" t="s" s="4">
-        <v>184</v>
+        <v>125</v>
       </c>
       <c r="E312" t="s" s="4">
-        <v>15</v>
+        <v>126</v>
       </c>
       <c r="F312" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G312" t="s">
-        <v>1057</v>
+        <v>1045</v>
       </c>
       <c r="H312" t="s">
         <v>0</v>
       </c>
       <c r="I312" t="s">
-        <v>1058</v>
+        <v>1046</v>
       </c>
       <c r="J312" t="s">
         <v>0</v>
       </c>
       <c r="K312" t="s">
-        <v>1059</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s" s="2">
-        <v>1060</v>
+        <v>1048</v>
       </c>
       <c r="B313" t="s" s="2">
-        <v>183</v>
+        <v>1049</v>
       </c>
       <c r="C313" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202505004E11</v>
       </c>
       <c r="D313" t="s" s="4">
-        <v>184</v>
+        <v>38</v>
       </c>
       <c r="E313" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F313" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G313" t="s">
-        <v>1061</v>
+        <v>1050</v>
       </c>
       <c r="H313" t="s">
         <v>0</v>
       </c>
       <c r="I313" t="s">
-        <v>1062</v>
+        <v>1051</v>
       </c>
       <c r="J313" t="s">
         <v>0</v>
       </c>
       <c r="K313" t="s">
-        <v>1063</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s" s="2">
-        <v>1060</v>
+        <v>1053</v>
       </c>
       <c r="B314" t="s" s="2">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="C314" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D314" t="s" s="4">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E314" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F314" t="s">
         <v>16</v>
       </c>
       <c r="G314" t="s">
-        <v>1061</v>
+        <v>1054</v>
       </c>
       <c r="H314" t="s">
         <v>0</v>
       </c>
       <c r="I314" t="s">
-        <v>1062</v>
+        <v>1055</v>
       </c>
       <c r="J314" t="s">
         <v>0</v>
       </c>
       <c r="K314" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s" s="2">
+        <v>1057</v>
+      </c>
+      <c r="B315" t="s" s="2">
+        <v>57</v>
+      </c>
+      <c r="C315" t="n" s="3">
+        <v>7.91202409005E11</v>
+      </c>
+      <c r="D315" t="s" s="4">
+        <v>58</v>
+      </c>
+      <c r="E315" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="F315" t="s">
+        <v>31</v>
+      </c>
+      <c r="G315" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H315" t="s">
+        <v>0</v>
+      </c>
+      <c r="I315" t="s">
+        <v>1059</v>
+      </c>
+      <c r="J315" t="s">
+        <v>0</v>
+      </c>
+      <c r="K315" t="s">
         <v>1060</v>
-      </c>
-[...28 lines deleted...]
-        <v>1063</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s" s="2">
+        <v>1061</v>
+      </c>
+      <c r="B316" t="s" s="2">
+        <v>69</v>
+      </c>
+      <c r="C316" t="n" s="3">
+        <v>7.91202007026E11</v>
+      </c>
+      <c r="D316" t="s" s="4">
+        <v>70</v>
+      </c>
+      <c r="E316" t="s" s="4">
+        <v>71</v>
+      </c>
+      <c r="F316" t="s">
+        <v>16</v>
+      </c>
+      <c r="G316" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H316" t="s">
+        <v>0</v>
+      </c>
+      <c r="I316" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J316" t="s">
+        <v>0</v>
+      </c>
+      <c r="K316" t="s">
         <v>1064</v>
-      </c>
-[...28 lines deleted...]
-        <v>1067</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s" s="2">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B317" t="s" s="2">
-        <v>261</v>
+        <v>112</v>
       </c>
       <c r="C317" t="n" s="3">
-        <v>7.91202502006E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D317" t="s" s="4">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E317" t="s" s="4">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F317" t="s">
         <v>31</v>
       </c>
       <c r="G317" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="H317" t="s">
         <v>0</v>
       </c>
       <c r="I317" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="J317" t="s">
         <v>0</v>
       </c>
       <c r="K317" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s" s="2">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="B318" t="s" s="2">
-        <v>67</v>
+        <v>300</v>
       </c>
       <c r="C318" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D318" t="s" s="4">
-        <v>68</v>
+        <v>301</v>
       </c>
       <c r="E318" t="s" s="4">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="F318" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G318" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="H318" t="s">
         <v>0</v>
       </c>
       <c r="I318" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="J318" t="s">
         <v>0</v>
       </c>
       <c r="K318" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s" s="2">
+        <v>1069</v>
+      </c>
+      <c r="B319" t="s" s="2">
+        <v>799</v>
+      </c>
+      <c r="C319" t="n" s="3">
+        <v>7.91202200703E11</v>
+      </c>
+      <c r="D319" t="s" s="4">
+        <v>301</v>
+      </c>
+      <c r="E319" t="s" s="4">
+        <v>126</v>
+      </c>
+      <c r="F319" t="s">
+        <v>31</v>
+      </c>
+      <c r="G319" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H319" t="s">
+        <v>0</v>
+      </c>
+      <c r="I319" t="s">
+        <v>1071</v>
+      </c>
+      <c r="J319" t="s">
+        <v>0</v>
+      </c>
+      <c r="K319" t="s">
         <v>1072</v>
-      </c>
-[...28 lines deleted...]
-        <v>1075</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s" s="2">
+        <v>1073</v>
+      </c>
+      <c r="B320" t="s" s="2">
+        <v>51</v>
+      </c>
+      <c r="C320" t="n" s="3">
+        <v>7.91202003002E11</v>
+      </c>
+      <c r="D320" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E320" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F320" t="s">
+        <v>16</v>
+      </c>
+      <c r="G320" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H320" t="s">
+        <v>0</v>
+      </c>
+      <c r="I320" t="s">
+        <v>1075</v>
+      </c>
+      <c r="J320" t="s">
+        <v>0</v>
+      </c>
+      <c r="K320" t="s">
         <v>1076</v>
-      </c>
-[...28 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s" s="2">
+        <v>1077</v>
+      </c>
+      <c r="B321" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="C321" t="n" s="3">
+        <v>7.91202505001E11</v>
+      </c>
+      <c r="D321" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E321" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F321" t="s">
+        <v>31</v>
+      </c>
+      <c r="G321" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H321" t="s">
+        <v>0</v>
+      </c>
+      <c r="I321" t="s">
+        <v>1079</v>
+      </c>
+      <c r="J321" t="s">
+        <v>0</v>
+      </c>
+      <c r="K321" t="s">
         <v>1080</v>
-      </c>
-[...28 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s" s="2">
+        <v>1081</v>
+      </c>
+      <c r="B322" t="s" s="2">
+        <v>337</v>
+      </c>
+      <c r="C322" t="n" s="3">
+        <v>7.91202003001E11</v>
+      </c>
+      <c r="D322" t="s" s="4">
+        <v>338</v>
+      </c>
+      <c r="E322" t="s" s="4">
+        <v>339</v>
+      </c>
+      <c r="F322" t="s">
+        <v>16</v>
+      </c>
+      <c r="G322" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H322" t="s">
+        <v>0</v>
+      </c>
+      <c r="I322" t="s">
+        <v>1083</v>
+      </c>
+      <c r="J322" t="s">
+        <v>0</v>
+      </c>
+      <c r="K322" t="s">
         <v>1084</v>
-      </c>
-[...28 lines deleted...]
-        <v>1087</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s" s="2">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="B323" t="s" s="2">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="C323" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D323" t="s" s="4">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="E323" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F323" t="s">
         <v>16</v>
       </c>
       <c r="G323" t="s">
-        <v>336</v>
+        <v>1086</v>
       </c>
       <c r="H323" t="s">
         <v>0</v>
       </c>
       <c r="I323" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="J323" t="s">
         <v>0</v>
       </c>
       <c r="K323" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s" s="2">
+        <v>1089</v>
+      </c>
+      <c r="B324" t="s" s="2">
+        <v>57</v>
+      </c>
+      <c r="C324" t="n" s="3">
+        <v>7.91202409005E11</v>
+      </c>
+      <c r="D324" t="s" s="4">
+        <v>58</v>
+      </c>
+      <c r="E324" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="F324" t="s">
+        <v>31</v>
+      </c>
+      <c r="G324" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H324" t="s">
+        <v>0</v>
+      </c>
+      <c r="I324" t="s">
         <v>1091</v>
       </c>
-      <c r="B324" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G324" t="s">
+      <c r="J324" t="s">
+        <v>0</v>
+      </c>
+      <c r="K324" t="s">
         <v>1092</v>
-      </c>
-[...10 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s" s="2">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="B325" t="s" s="2">
-        <v>379</v>
+        <v>218</v>
       </c>
       <c r="C325" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D325" t="s" s="4">
-        <v>44</v>
+        <v>203</v>
       </c>
       <c r="E325" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F325" t="s">
         <v>16</v>
       </c>
       <c r="G325" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H325" t="s">
+        <v>0</v>
+      </c>
+      <c r="I325" t="s">
+        <v>1095</v>
+      </c>
+      <c r="J325" t="n">
+        <v>109.0</v>
+      </c>
+      <c r="K325" t="s">
         <v>1096</v>
-      </c>
-[...10 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s" s="2">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="B326" t="s" s="2">
-        <v>316</v>
+        <v>240</v>
       </c>
       <c r="C326" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D326" t="s" s="4">
-        <v>14</v>
+        <v>241</v>
       </c>
       <c r="E326" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F326" t="s">
         <v>16</v>
       </c>
       <c r="G326" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H326" t="s">
+        <v>0</v>
+      </c>
+      <c r="I326" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J326" t="s">
+        <v>0</v>
+      </c>
+      <c r="K326" t="s">
         <v>1100</v>
-      </c>
-[...10 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s" s="2">
-        <v>1103</v>
+        <v>1097</v>
       </c>
       <c r="B327" t="s" s="2">
-        <v>167</v>
+        <v>344</v>
       </c>
       <c r="C327" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D327" t="s" s="4">
-        <v>168</v>
+        <v>14</v>
       </c>
       <c r="E327" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F327" t="s">
         <v>16</v>
       </c>
       <c r="G327" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
       <c r="H327" t="s">
         <v>0</v>
       </c>
       <c r="I327" t="s">
-        <v>1105</v>
+        <v>1099</v>
       </c>
       <c r="J327" t="s">
         <v>0</v>
       </c>
       <c r="K327" t="s">
-        <v>1106</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s" s="2">
-        <v>1107</v>
+        <v>1101</v>
       </c>
       <c r="B328" t="s" s="2">
-        <v>348</v>
+        <v>284</v>
       </c>
       <c r="C328" t="n" s="3">
-        <v>7.91202505009E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D328" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E328" t="s" s="4">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F328" t="s">
-        <v>349</v>
+        <v>31</v>
       </c>
       <c r="G328" t="s">
-        <v>1108</v>
+        <v>1102</v>
       </c>
       <c r="H328" t="s">
         <v>0</v>
       </c>
       <c r="I328" t="s">
-        <v>1109</v>
+        <v>1103</v>
       </c>
       <c r="J328" t="s">
         <v>0</v>
       </c>
       <c r="K328" t="s">
-        <v>1110</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s" s="2">
+        <v>1105</v>
+      </c>
+      <c r="B329" t="s" s="2">
+        <v>51</v>
+      </c>
+      <c r="C329" t="n" s="3">
+        <v>7.91202003002E11</v>
+      </c>
+      <c r="D329" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E329" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F329" t="s">
+        <v>16</v>
+      </c>
+      <c r="G329" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H329" t="s">
+        <v>0</v>
+      </c>
+      <c r="I329" t="s">
         <v>1107</v>
       </c>
-      <c r="B329" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G329" t="s">
+      <c r="J329" t="s">
+        <v>0</v>
+      </c>
+      <c r="K329" t="s">
         <v>1108</v>
-      </c>
-[...10 lines deleted...]
-        <v>1110</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s" s="2">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="B330" t="s" s="2">
-        <v>43</v>
+        <v>344</v>
       </c>
       <c r="C330" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D330" t="s" s="4">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="E330" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F330" t="s">
         <v>16</v>
       </c>
       <c r="G330" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H330" t="s">
+        <v>0</v>
+      </c>
+      <c r="I330" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J330" t="s">
+        <v>0</v>
+      </c>
+      <c r="K330" t="s">
         <v>1112</v>
-      </c>
-[...10 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s" s="2">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="B331" t="s" s="2">
-        <v>379</v>
+        <v>97</v>
       </c>
       <c r="C331" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D331" t="s" s="4">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="E331" t="s" s="4">
-        <v>15</v>
+        <v>99</v>
       </c>
       <c r="F331" t="s">
         <v>16</v>
       </c>
       <c r="G331" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="H331" t="s">
         <v>0</v>
       </c>
       <c r="I331" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="J331" t="s">
         <v>0</v>
       </c>
       <c r="K331" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s" s="2">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B332" t="s" s="2">
-        <v>463</v>
+        <v>218</v>
       </c>
       <c r="C332" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D332" t="s" s="4">
-        <v>464</v>
+        <v>203</v>
       </c>
       <c r="E332" t="s" s="4">
-        <v>465</v>
+        <v>15</v>
       </c>
       <c r="F332" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G332" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="H332" t="s">
         <v>0</v>
       </c>
       <c r="I332" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="J332" t="s">
         <v>0</v>
       </c>
       <c r="K332" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s" s="2">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B333" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="C333" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D333" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E333" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F333" t="s">
+        <v>16</v>
+      </c>
+      <c r="G333" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H333" t="s">
+        <v>0</v>
+      </c>
+      <c r="I333" t="s">
         <v>1119</v>
       </c>
-      <c r="C333" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D333" t="s" s="4">
+      <c r="J333" t="s">
+        <v>0</v>
+      </c>
+      <c r="K333" t="s">
         <v>1120</v>
-      </c>
-[...19 lines deleted...]
-        <v>1118</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s" s="2">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="B334" t="s" s="2">
-        <v>167</v>
+        <v>202</v>
       </c>
       <c r="C334" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D334" t="s" s="4">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="E334" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F334" t="s">
         <v>16</v>
       </c>
       <c r="G334" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H334" t="s">
+        <v>0</v>
+      </c>
+      <c r="I334" t="s">
         <v>1123</v>
       </c>
-      <c r="H334" t="s">
-[...2 lines deleted...]
-      <c r="I334" t="s">
+      <c r="J334" t="s">
+        <v>0</v>
+      </c>
+      <c r="K334" t="s">
         <v>1124</v>
-      </c>
-[...4 lines deleted...]
-        <v>1125</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s" s="2">
-        <v>1126</v>
+        <v>1121</v>
       </c>
       <c r="B335" t="s" s="2">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="C335" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D335" t="s" s="4">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="E335" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F335" t="s">
         <v>16</v>
       </c>
       <c r="G335" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="H335" t="s">
         <v>0</v>
       </c>
       <c r="I335" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
       <c r="J335" t="s">
         <v>0</v>
       </c>
       <c r="K335" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s" s="2">
-        <v>1130</v>
+        <v>1121</v>
       </c>
       <c r="B336" t="s" s="2">
-        <v>1131</v>
+        <v>51</v>
       </c>
       <c r="C336" t="n" s="3">
-        <v>7.91202409004E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D336" t="s" s="4">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E336" t="s" s="4">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F336" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G336" t="s">
-        <v>1132</v>
+        <v>1122</v>
       </c>
       <c r="H336" t="s">
         <v>0</v>
       </c>
       <c r="I336" t="s">
-        <v>1133</v>
+        <v>1123</v>
       </c>
       <c r="J336" t="s">
         <v>0</v>
       </c>
       <c r="K336" t="s">
-        <v>1134</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s" s="2">
-        <v>1130</v>
+        <v>1125</v>
       </c>
       <c r="B337" t="s" s="2">
-        <v>1135</v>
+        <v>112</v>
       </c>
       <c r="C337" t="n" s="3">
-        <v>7.91202409002E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D337" t="s" s="4">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E337" t="s" s="4">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F337" t="s">
         <v>31</v>
       </c>
       <c r="G337" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
       <c r="H337" t="s">
         <v>0</v>
       </c>
       <c r="I337" t="s">
-        <v>1133</v>
+        <v>1127</v>
       </c>
       <c r="J337" t="s">
         <v>0</v>
       </c>
       <c r="K337" t="s">
-        <v>1134</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s" s="2">
-        <v>1130</v>
+        <v>1125</v>
       </c>
       <c r="B338" t="s" s="2">
-        <v>1136</v>
+        <v>285</v>
       </c>
       <c r="C338" t="n" s="3">
-        <v>7.91202409001E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D338" t="s" s="4">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E338" t="s" s="4">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F338" t="s">
         <v>31</v>
       </c>
       <c r="G338" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
       <c r="H338" t="s">
         <v>0</v>
       </c>
       <c r="I338" t="s">
-        <v>1133</v>
+        <v>1127</v>
       </c>
       <c r="J338" t="s">
         <v>0</v>
       </c>
       <c r="K338" t="s">
-        <v>1134</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s" s="2">
-        <v>1137</v>
+        <v>1129</v>
       </c>
       <c r="B339" t="s" s="2">
-        <v>316</v>
+        <v>75</v>
       </c>
       <c r="C339" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D339" t="s" s="4">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="E339" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F339" t="s">
         <v>16</v>
       </c>
       <c r="G339" t="s">
-        <v>1138</v>
+        <v>1130</v>
       </c>
       <c r="H339" t="s">
         <v>0</v>
       </c>
       <c r="I339" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
       <c r="J339" t="s">
         <v>0</v>
       </c>
       <c r="K339" t="s">
-        <v>1140</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s" s="2">
-        <v>1141</v>
+        <v>1133</v>
       </c>
       <c r="B340" t="s" s="2">
-        <v>1142</v>
+        <v>139</v>
       </c>
       <c r="C340" t="n" s="3">
-        <v>7.91202003004E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D340" t="s" s="4">
-        <v>1143</v>
+        <v>98</v>
       </c>
       <c r="E340" t="s" s="4">
-        <v>1144</v>
+        <v>99</v>
       </c>
       <c r="F340" t="s">
         <v>16</v>
       </c>
       <c r="G340" t="s">
-        <v>1145</v>
+        <v>1134</v>
       </c>
       <c r="H340" t="s">
         <v>0</v>
       </c>
       <c r="I340" t="s">
-        <v>1146</v>
+        <v>1135</v>
       </c>
       <c r="J340" t="s">
         <v>0</v>
       </c>
       <c r="K340" t="s">
-        <v>1147</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s" s="2">
-        <v>1148</v>
+        <v>1137</v>
       </c>
       <c r="B341" t="s" s="2">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="C341" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D341" t="s" s="4">
-        <v>184</v>
+        <v>209</v>
       </c>
       <c r="E341" t="s" s="4">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="F341" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G341" t="s">
-        <v>1149</v>
+        <v>1138</v>
       </c>
       <c r="H341" t="s">
         <v>0</v>
       </c>
       <c r="I341" t="s">
-        <v>1150</v>
+        <v>1139</v>
       </c>
       <c r="J341" t="s">
         <v>0</v>
       </c>
       <c r="K341" t="s">
-        <v>1151</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s" s="2">
-        <v>1152</v>
+        <v>1141</v>
       </c>
       <c r="B342" t="s" s="2">
-        <v>434</v>
+        <v>75</v>
       </c>
       <c r="C342" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D342" t="s" s="4">
-        <v>190</v>
+        <v>76</v>
       </c>
       <c r="E342" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F342" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G342" t="s">
-        <v>1153</v>
+        <v>1142</v>
       </c>
       <c r="H342" t="s">
         <v>0</v>
       </c>
       <c r="I342" t="s">
-        <v>1154</v>
+        <v>1143</v>
       </c>
       <c r="J342" t="s">
         <v>0</v>
       </c>
       <c r="K342" t="s">
-        <v>1155</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s" s="2">
-        <v>1156</v>
+        <v>1145</v>
       </c>
       <c r="B343" t="s" s="2">
-        <v>199</v>
+        <v>51</v>
       </c>
       <c r="C343" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D343" t="s" s="4">
-        <v>184</v>
+        <v>52</v>
       </c>
       <c r="E343" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F343" t="s">
         <v>16</v>
       </c>
       <c r="G343" t="s">
-        <v>1157</v>
+        <v>1146</v>
       </c>
       <c r="H343" t="s">
         <v>0</v>
       </c>
       <c r="I343" t="s">
-        <v>1158</v>
+        <v>1147</v>
       </c>
       <c r="J343" t="s">
         <v>0</v>
       </c>
       <c r="K343" t="s">
-        <v>1159</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s" s="2">
-        <v>1156</v>
+        <v>1149</v>
       </c>
       <c r="B344" t="s" s="2">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="C344" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D344" t="s" s="4">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="E344" t="s" s="4">
-        <v>63</v>
+        <v>122</v>
       </c>
       <c r="F344" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G344" t="s">
-        <v>1157</v>
+        <v>1150</v>
       </c>
       <c r="H344" t="s">
         <v>0</v>
       </c>
       <c r="I344" t="s">
-        <v>1158</v>
+        <v>1151</v>
       </c>
       <c r="J344" t="s">
         <v>0</v>
       </c>
       <c r="K344" t="s">
-        <v>1159</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s" s="2">
-        <v>1160</v>
+        <v>1153</v>
       </c>
       <c r="B345" t="s" s="2">
-        <v>43</v>
+        <v>218</v>
       </c>
       <c r="C345" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D345" t="s" s="4">
-        <v>44</v>
+        <v>203</v>
       </c>
       <c r="E345" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F345" t="s">
         <v>16</v>
       </c>
       <c r="G345" t="s">
-        <v>1161</v>
+        <v>364</v>
       </c>
       <c r="H345" t="s">
         <v>0</v>
       </c>
       <c r="I345" t="s">
-        <v>1162</v>
+        <v>1154</v>
       </c>
       <c r="J345" t="s">
         <v>0</v>
       </c>
       <c r="K345" t="s">
-        <v>1163</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s" s="2">
-        <v>1164</v>
+        <v>1156</v>
       </c>
       <c r="B346" t="s" s="2">
-        <v>167</v>
+        <v>202</v>
       </c>
       <c r="C346" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D346" t="s" s="4">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="E346" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F346" t="s">
         <v>16</v>
       </c>
       <c r="G346" t="s">
-        <v>1165</v>
+        <v>1157</v>
       </c>
       <c r="H346" t="s">
         <v>0</v>
       </c>
       <c r="I346" t="s">
-        <v>1166</v>
+        <v>1158</v>
       </c>
       <c r="J346" t="s">
         <v>0</v>
       </c>
       <c r="K346" t="s">
-        <v>1167</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s" s="2">
-        <v>1168</v>
+        <v>1160</v>
       </c>
       <c r="B347" t="s" s="2">
-        <v>1169</v>
+        <v>407</v>
       </c>
       <c r="C347" t="n" s="3">
-        <v>7.91202507003E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D347" t="s" s="4">
-        <v>1170</v>
+        <v>52</v>
       </c>
       <c r="E347" t="s" s="4">
-        <v>1171</v>
+        <v>15</v>
       </c>
       <c r="F347" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G347" t="s">
-        <v>1172</v>
+        <v>1161</v>
       </c>
       <c r="H347" t="s">
         <v>0</v>
       </c>
       <c r="I347" t="s">
-        <v>1173</v>
+        <v>1162</v>
       </c>
       <c r="J347" t="s">
         <v>0</v>
       </c>
       <c r="K347" t="s">
-        <v>1174</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s" s="2">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="B348" t="s" s="2">
-        <v>530</v>
+        <v>344</v>
       </c>
       <c r="C348" t="n" s="3">
-        <v>7.91202003003E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D348" t="s" s="4">
-        <v>531</v>
+        <v>14</v>
       </c>
       <c r="E348" t="s" s="4">
-        <v>532</v>
+        <v>15</v>
       </c>
       <c r="F348" t="s">
         <v>16</v>
       </c>
       <c r="G348" t="s">
-        <v>1172</v>
+        <v>1165</v>
       </c>
       <c r="H348" t="s">
         <v>0</v>
       </c>
       <c r="I348" t="s">
-        <v>1173</v>
+        <v>1166</v>
       </c>
       <c r="J348" t="s">
         <v>0</v>
       </c>
       <c r="K348" t="s">
-        <v>1174</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s" s="2">
-        <v>1175</v>
+        <v>1168</v>
       </c>
       <c r="B349" t="s" s="2">
-        <v>49</v>
+        <v>186</v>
       </c>
       <c r="C349" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D349" t="s" s="4">
-        <v>50</v>
+        <v>187</v>
       </c>
       <c r="E349" t="s" s="4">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F349" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G349" t="s">
-        <v>1176</v>
+        <v>1169</v>
       </c>
       <c r="H349" t="s">
         <v>0</v>
       </c>
       <c r="I349" t="s">
-        <v>1177</v>
+        <v>1170</v>
       </c>
       <c r="J349" t="s">
         <v>0</v>
       </c>
       <c r="K349" t="s">
-        <v>1178</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s" s="2">
-        <v>1179</v>
+        <v>1172</v>
       </c>
       <c r="B350" t="s" s="2">
-        <v>28</v>
+        <v>376</v>
       </c>
       <c r="C350" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D350" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E350" t="s" s="4">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F350" t="s">
-        <v>31</v>
+        <v>377</v>
       </c>
       <c r="G350" t="s">
-        <v>1180</v>
+        <v>1173</v>
       </c>
       <c r="H350" t="s">
         <v>0</v>
       </c>
       <c r="I350" t="s">
-        <v>1181</v>
+        <v>1174</v>
       </c>
       <c r="J350" t="s">
         <v>0</v>
       </c>
       <c r="K350" t="s">
-        <v>1182</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s" s="2">
-        <v>1183</v>
+        <v>1172</v>
       </c>
       <c r="B351" t="s" s="2">
-        <v>28</v>
+        <v>376</v>
       </c>
       <c r="C351" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202505007E11</v>
       </c>
       <c r="D351" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E351" t="s" s="4">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F351" t="s">
         <v>31</v>
       </c>
       <c r="G351" t="s">
-        <v>1184</v>
+        <v>1173</v>
       </c>
       <c r="H351" t="s">
         <v>0</v>
       </c>
       <c r="I351" t="s">
-        <v>1185</v>
+        <v>1174</v>
       </c>
       <c r="J351" t="s">
         <v>0</v>
       </c>
       <c r="K351" t="s">
-        <v>1186</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s" s="2">
-        <v>1187</v>
+        <v>1176</v>
       </c>
       <c r="B352" t="s" s="2">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C352" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D352" t="s" s="4">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E352" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F352" t="s">
         <v>16</v>
       </c>
       <c r="G352" t="s">
-        <v>1188</v>
+        <v>1177</v>
       </c>
       <c r="H352" t="s">
         <v>0</v>
       </c>
       <c r="I352" t="s">
-        <v>1189</v>
+        <v>1178</v>
       </c>
       <c r="J352" t="s">
         <v>0</v>
       </c>
       <c r="K352" t="s">
-        <v>1190</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s" s="2">
-        <v>1187</v>
+        <v>1176</v>
       </c>
       <c r="B353" t="s" s="2">
-        <v>167</v>
+        <v>407</v>
       </c>
       <c r="C353" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D353" t="s" s="4">
-        <v>168</v>
+        <v>52</v>
       </c>
       <c r="E353" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F353" t="s">
         <v>16</v>
       </c>
       <c r="G353" t="s">
-        <v>1188</v>
+        <v>1177</v>
       </c>
       <c r="H353" t="s">
         <v>0</v>
       </c>
       <c r="I353" t="s">
-        <v>1189</v>
+        <v>1178</v>
       </c>
       <c r="J353" t="s">
         <v>0</v>
       </c>
       <c r="K353" t="s">
-        <v>1190</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s" s="2">
-        <v>1191</v>
+        <v>1180</v>
       </c>
       <c r="B354" t="s" s="2">
-        <v>316</v>
+        <v>633</v>
       </c>
       <c r="C354" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D354" t="s" s="4">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="E354" t="s" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F354" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G354" t="s">
-        <v>1192</v>
+        <v>1181</v>
       </c>
       <c r="H354" t="s">
         <v>0</v>
       </c>
       <c r="I354" t="s">
-        <v>1193</v>
+        <v>1182</v>
       </c>
       <c r="J354" t="s">
         <v>0</v>
       </c>
       <c r="K354" t="s">
-        <v>1194</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s" s="2">
-        <v>1195</v>
+        <v>1184</v>
       </c>
       <c r="B355" t="s" s="2">
-        <v>43</v>
+        <v>1185</v>
       </c>
       <c r="C355" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202309001E11</v>
       </c>
       <c r="D355" t="s" s="4">
-        <v>44</v>
+        <v>1186</v>
       </c>
       <c r="E355" t="s" s="4">
-        <v>15</v>
+        <v>1187</v>
       </c>
       <c r="F355" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G355" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="H355" t="s">
         <v>0</v>
       </c>
       <c r="I355" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="J355" t="s">
         <v>0</v>
       </c>
       <c r="K355" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s" s="2">
-        <v>1199</v>
+        <v>1184</v>
       </c>
       <c r="B356" t="s" s="2">
-        <v>408</v>
+        <v>491</v>
       </c>
       <c r="C356" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D356" t="s" s="4">
-        <v>37</v>
+        <v>492</v>
       </c>
       <c r="E356" t="s" s="4">
-        <v>311</v>
+        <v>493</v>
       </c>
       <c r="F356" t="s">
         <v>31</v>
       </c>
       <c r="G356" t="s">
-        <v>1200</v>
+        <v>1188</v>
       </c>
       <c r="H356" t="s">
         <v>0</v>
       </c>
       <c r="I356" t="s">
-        <v>1201</v>
+        <v>1189</v>
       </c>
       <c r="J356" t="s">
         <v>0</v>
       </c>
       <c r="K356" t="s">
-        <v>1202</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s" s="2">
-        <v>1203</v>
+        <v>1191</v>
       </c>
       <c r="B357" t="s" s="2">
-        <v>316</v>
+        <v>186</v>
       </c>
       <c r="C357" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D357" t="s" s="4">
-        <v>14</v>
+        <v>187</v>
       </c>
       <c r="E357" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F357" t="s">
         <v>16</v>
       </c>
       <c r="G357" t="s">
-        <v>1204</v>
+        <v>1192</v>
       </c>
       <c r="H357" t="s">
         <v>0</v>
       </c>
       <c r="I357" t="s">
-        <v>1205</v>
+        <v>1193</v>
       </c>
       <c r="J357" t="s">
         <v>0</v>
       </c>
       <c r="K357" t="s">
-        <v>1206</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s" s="2">
-        <v>1207</v>
+        <v>1195</v>
       </c>
       <c r="B358" t="s" s="2">
-        <v>316</v>
+        <v>218</v>
       </c>
       <c r="C358" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D358" t="s" s="4">
-        <v>14</v>
+        <v>203</v>
       </c>
       <c r="E358" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F358" t="s">
         <v>16</v>
       </c>
       <c r="G358" t="s">
-        <v>1208</v>
+        <v>1196</v>
       </c>
       <c r="H358" t="s">
         <v>0</v>
       </c>
       <c r="I358" t="s">
-        <v>1209</v>
+        <v>1197</v>
       </c>
       <c r="J358" t="s">
         <v>0</v>
       </c>
       <c r="K358" t="s">
-        <v>1210</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s" s="2">
-        <v>1211</v>
+        <v>1199</v>
       </c>
       <c r="B359" t="s" s="2">
-        <v>104</v>
+        <v>1200</v>
       </c>
       <c r="C359" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202409004E11</v>
       </c>
       <c r="D359" t="s" s="4">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="E359" t="s" s="4">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="F359" t="s">
         <v>31</v>
       </c>
       <c r="G359" t="s">
-        <v>1212</v>
+        <v>1201</v>
       </c>
       <c r="H359" t="s">
         <v>0</v>
       </c>
       <c r="I359" t="s">
-        <v>1213</v>
+        <v>1202</v>
       </c>
       <c r="J359" t="s">
         <v>0</v>
       </c>
       <c r="K359" t="s">
-        <v>1214</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s" s="2">
-        <v>1215</v>
+        <v>1199</v>
       </c>
       <c r="B360" t="s" s="2">
-        <v>375</v>
+        <v>1204</v>
       </c>
       <c r="C360" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202409002E11</v>
       </c>
       <c r="D360" t="s" s="4">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="E360" t="s" s="4">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="F360" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G360" t="s">
-        <v>1216</v>
+        <v>1201</v>
       </c>
       <c r="H360" t="s">
         <v>0</v>
       </c>
       <c r="I360" t="s">
-        <v>1217</v>
+        <v>1202</v>
       </c>
       <c r="J360" t="s">
         <v>0</v>
       </c>
       <c r="K360" t="s">
-        <v>1218</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s" s="2">
-        <v>1219</v>
+        <v>1199</v>
       </c>
       <c r="B361" t="s" s="2">
-        <v>167</v>
+        <v>1205</v>
       </c>
       <c r="C361" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202409001E11</v>
       </c>
       <c r="D361" t="s" s="4">
-        <v>168</v>
+        <v>58</v>
       </c>
       <c r="E361" t="s" s="4">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="F361" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G361" t="s">
-        <v>1220</v>
+        <v>1201</v>
       </c>
       <c r="H361" t="s">
         <v>0</v>
       </c>
       <c r="I361" t="s">
-        <v>1221</v>
+        <v>1202</v>
       </c>
       <c r="J361" t="s">
         <v>0</v>
       </c>
       <c r="K361" t="s">
-        <v>1222</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s" s="2">
-        <v>1223</v>
+        <v>1206</v>
       </c>
       <c r="B362" t="s" s="2">
-        <v>167</v>
+        <v>344</v>
       </c>
       <c r="C362" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D362" t="s" s="4">
-        <v>168</v>
+        <v>14</v>
       </c>
       <c r="E362" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F362" t="s">
         <v>16</v>
       </c>
       <c r="G362" t="s">
-        <v>1224</v>
+        <v>1207</v>
       </c>
       <c r="H362" t="s">
         <v>0</v>
       </c>
       <c r="I362" t="s">
-        <v>1225</v>
+        <v>1208</v>
       </c>
       <c r="J362" t="s">
         <v>0</v>
       </c>
       <c r="K362" t="s">
-        <v>1226</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s" s="2">
-        <v>1227</v>
+        <v>1210</v>
       </c>
       <c r="B363" t="s" s="2">
-        <v>167</v>
+        <v>1211</v>
       </c>
       <c r="C363" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202003004E11</v>
       </c>
       <c r="D363" t="s" s="4">
-        <v>168</v>
+        <v>1212</v>
       </c>
       <c r="E363" t="s" s="4">
-        <v>15</v>
+        <v>1213</v>
       </c>
       <c r="F363" t="s">
         <v>16</v>
       </c>
       <c r="G363" t="s">
-        <v>1228</v>
+        <v>1214</v>
       </c>
       <c r="H363" t="s">
         <v>0</v>
       </c>
       <c r="I363" t="s">
-        <v>1229</v>
+        <v>1215</v>
       </c>
       <c r="J363" t="s">
         <v>0</v>
       </c>
       <c r="K363" t="s">
-        <v>1230</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s" s="2">
-        <v>1227</v>
+        <v>1217</v>
       </c>
       <c r="B364" t="s" s="2">
-        <v>61</v>
+        <v>218</v>
       </c>
       <c r="C364" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D364" t="s" s="4">
-        <v>62</v>
+        <v>203</v>
       </c>
       <c r="E364" t="s" s="4">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F364" t="s">
         <v>16</v>
       </c>
       <c r="G364" t="s">
-        <v>1228</v>
+        <v>1218</v>
       </c>
       <c r="H364" t="s">
         <v>0</v>
       </c>
       <c r="I364" t="s">
-        <v>1229</v>
+        <v>1219</v>
       </c>
       <c r="J364" t="s">
         <v>0</v>
       </c>
       <c r="K364" t="s">
-        <v>1230</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s" s="2">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B365" t="s" s="2">
-        <v>183</v>
+        <v>462</v>
       </c>
       <c r="C365" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D365" t="s" s="4">
-        <v>184</v>
+        <v>209</v>
       </c>
       <c r="E365" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F365" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G365" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
       <c r="H365" t="s">
         <v>0</v>
       </c>
       <c r="I365" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
       <c r="J365" t="s">
         <v>0</v>
       </c>
       <c r="K365" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s" s="2">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="B366" t="s" s="2">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="C366" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D366" t="s" s="4">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="E366" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F366" t="s">
         <v>16</v>
       </c>
       <c r="G366" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H366" t="s">
+        <v>0</v>
+      </c>
+      <c r="I366" t="s">
+        <v>1227</v>
+      </c>
+      <c r="J366" t="s">
+        <v>0</v>
+      </c>
+      <c r="K366" t="s">
         <v>1228</v>
-      </c>
-[...10 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s" s="2">
-        <v>1231</v>
+        <v>1225</v>
       </c>
       <c r="B367" t="s" s="2">
-        <v>199</v>
+        <v>69</v>
       </c>
       <c r="C367" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D367" t="s" s="4">
-        <v>184</v>
+        <v>70</v>
       </c>
       <c r="E367" t="s" s="4">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="F367" t="s">
         <v>16</v>
       </c>
       <c r="G367" t="s">
-        <v>1232</v>
+        <v>1226</v>
       </c>
       <c r="H367" t="s">
         <v>0</v>
       </c>
       <c r="I367" t="s">
-        <v>1233</v>
+        <v>1227</v>
       </c>
       <c r="J367" t="s">
         <v>0</v>
       </c>
       <c r="K367" t="s">
-        <v>1234</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s" s="2">
-        <v>1235</v>
+        <v>1229</v>
       </c>
       <c r="B368" t="s" s="2">
-        <v>216</v>
+        <v>51</v>
       </c>
       <c r="C368" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D368" t="s" s="4">
-        <v>217</v>
+        <v>52</v>
       </c>
       <c r="E368" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F368" t="s">
         <v>16</v>
       </c>
       <c r="G368" t="s">
-        <v>1236</v>
+        <v>1230</v>
       </c>
       <c r="H368" t="s">
         <v>0</v>
       </c>
       <c r="I368" t="s">
-        <v>1237</v>
+        <v>1231</v>
       </c>
       <c r="J368" t="s">
         <v>0</v>
       </c>
       <c r="K368" t="s">
-        <v>1238</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s" s="2">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="B369" t="s" s="2">
-        <v>375</v>
+        <v>186</v>
       </c>
       <c r="C369" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D369" t="s" s="4">
-        <v>14</v>
+        <v>187</v>
       </c>
       <c r="E369" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F369" t="s">
         <v>16</v>
       </c>
       <c r="G369" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H369" t="s">
+        <v>0</v>
+      </c>
+      <c r="I369" t="s">
+        <v>1235</v>
+      </c>
+      <c r="J369" t="s">
+        <v>0</v>
+      </c>
+      <c r="K369" t="s">
         <v>1236</v>
-      </c>
-[...10 lines deleted...]
-        <v>1238</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s" s="2">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="B370" t="s" s="2">
-        <v>348</v>
+        <v>35</v>
       </c>
       <c r="C370" t="n" s="3">
-        <v>7.91202505009E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D370" t="s" s="4">
         <v>29</v>
       </c>
       <c r="E370" t="s" s="4">
         <v>30</v>
       </c>
       <c r="F370" t="s">
-        <v>349</v>
+        <v>31</v>
       </c>
       <c r="G370" t="s">
-        <v>0</v>
+        <v>1238</v>
       </c>
       <c r="H370" t="s">
         <v>0</v>
       </c>
       <c r="I370" t="s">
-        <v>0</v>
+        <v>1239</v>
       </c>
       <c r="J370" t="s">
         <v>0</v>
       </c>
       <c r="K370" t="s">
-        <v>0</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s" s="2">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="B371" t="s" s="2">
-        <v>139</v>
+        <v>1242</v>
       </c>
       <c r="C371" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202507003E11</v>
       </c>
       <c r="D371" t="s" s="4">
-        <v>68</v>
+        <v>1243</v>
       </c>
       <c r="E371" t="s" s="4">
-        <v>140</v>
+        <v>1244</v>
       </c>
       <c r="F371" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G371" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="H371" t="s">
         <v>0</v>
       </c>
       <c r="I371" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="J371" t="s">
         <v>0</v>
       </c>
       <c r="K371" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s" s="2">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="B372" t="s" s="2">
-        <v>43</v>
+        <v>558</v>
       </c>
       <c r="C372" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202003003E11</v>
       </c>
       <c r="D372" t="s" s="4">
-        <v>44</v>
+        <v>559</v>
       </c>
       <c r="E372" t="s" s="4">
-        <v>15</v>
+        <v>560</v>
       </c>
       <c r="F372" t="s">
         <v>16</v>
       </c>
       <c r="G372" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="H372" t="s">
         <v>0</v>
       </c>
       <c r="I372" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="J372" t="s">
         <v>0</v>
       </c>
       <c r="K372" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s" s="2">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="B373" t="s" s="2">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="C373" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D373" t="s" s="4">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="E373" t="s" s="4">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="F373" t="s">
         <v>31</v>
       </c>
       <c r="G373" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="H373" t="s">
         <v>0</v>
       </c>
       <c r="I373" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="J373" t="s">
         <v>0</v>
       </c>
       <c r="K373" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s" s="2">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="B374" t="s" s="2">
-        <v>260</v>
+        <v>37</v>
       </c>
       <c r="C374" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D374" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E374" t="s" s="4">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F374" t="s">
         <v>31</v>
       </c>
       <c r="G374" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="H374" t="s">
         <v>0</v>
       </c>
       <c r="I374" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="J374" t="s">
         <v>0</v>
       </c>
       <c r="K374" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s" s="2">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="B375" t="s" s="2">
-        <v>235</v>
+        <v>37</v>
       </c>
       <c r="C375" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D375" t="s" s="4">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="E375" t="s" s="4">
-        <v>178</v>
+        <v>39</v>
       </c>
       <c r="F375" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G375" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="H375" t="s">
         <v>0</v>
       </c>
       <c r="I375" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="J375" t="s">
         <v>0</v>
       </c>
       <c r="K375" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s" s="2">
-        <v>1252</v>
+        <v>1260</v>
       </c>
       <c r="B376" t="s" s="2">
-        <v>177</v>
+        <v>51</v>
       </c>
       <c r="C376" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D376" t="s" s="4">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="E376" t="s" s="4">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F376" t="s">
         <v>16</v>
       </c>
       <c r="G376" t="s">
-        <v>1253</v>
+        <v>1261</v>
       </c>
       <c r="H376" t="s">
         <v>0</v>
       </c>
       <c r="I376" t="s">
-        <v>1254</v>
+        <v>1262</v>
       </c>
       <c r="J376" t="s">
         <v>0</v>
       </c>
       <c r="K376" t="s">
-        <v>1255</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s" s="2">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="B377" t="s" s="2">
-        <v>259</v>
+        <v>186</v>
       </c>
       <c r="C377" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D377" t="s" s="4">
-        <v>37</v>
+        <v>187</v>
       </c>
       <c r="E377" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F377" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G377" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="H377" t="s">
         <v>0</v>
       </c>
       <c r="I377" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="J377" t="s">
         <v>0</v>
       </c>
       <c r="K377" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s" s="2">
-        <v>1256</v>
+        <v>1264</v>
       </c>
       <c r="B378" t="s" s="2">
-        <v>211</v>
+        <v>344</v>
       </c>
       <c r="C378" t="n" s="3">
-        <v>7.91202505002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D378" t="s" s="4">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E378" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F378" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G378" t="s">
-        <v>1257</v>
+        <v>1265</v>
       </c>
       <c r="H378" t="s">
         <v>0</v>
       </c>
       <c r="I378" t="s">
-        <v>1258</v>
+        <v>1266</v>
       </c>
       <c r="J378" t="s">
         <v>0</v>
       </c>
       <c r="K378" t="s">
-        <v>1259</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s" s="2">
-        <v>1256</v>
+        <v>1268</v>
       </c>
       <c r="B379" t="s" s="2">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="C379" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D379" t="s" s="4">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="E379" t="s" s="4">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F379" t="s">
         <v>16</v>
       </c>
       <c r="G379" t="s">
-        <v>1257</v>
+        <v>1269</v>
       </c>
       <c r="H379" t="s">
         <v>0</v>
       </c>
       <c r="I379" t="s">
-        <v>1258</v>
+        <v>1270</v>
       </c>
       <c r="J379" t="s">
         <v>0</v>
       </c>
       <c r="K379" t="s">
-        <v>1259</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s" s="2">
-        <v>1260</v>
+        <v>1272</v>
       </c>
       <c r="B380" t="s" s="2">
-        <v>56</v>
+        <v>436</v>
       </c>
       <c r="C380" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D380" t="s" s="4">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="E380" t="s" s="4">
-        <v>30</v>
+        <v>339</v>
       </c>
       <c r="F380" t="s">
         <v>31</v>
       </c>
       <c r="G380" t="s">
-        <v>1261</v>
+        <v>1273</v>
       </c>
       <c r="H380" t="s">
         <v>0</v>
       </c>
       <c r="I380" t="s">
-        <v>1262</v>
+        <v>1274</v>
       </c>
       <c r="J380" t="s">
         <v>0</v>
       </c>
       <c r="K380" t="s">
-        <v>1263</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s" s="2">
-        <v>1264</v>
+        <v>1276</v>
       </c>
       <c r="B381" t="s" s="2">
-        <v>553</v>
+        <v>344</v>
       </c>
       <c r="C381" t="n" s="3">
-        <v>7.91202303003E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D381" t="s" s="4">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E381" t="s" s="4">
-        <v>554</v>
+        <v>15</v>
       </c>
       <c r="F381" t="s">
         <v>16</v>
       </c>
       <c r="G381" t="s">
-        <v>1265</v>
+        <v>1277</v>
       </c>
       <c r="H381" t="s">
         <v>0</v>
       </c>
       <c r="I381" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
       <c r="J381" t="s">
         <v>0</v>
       </c>
       <c r="K381" t="s">
-        <v>1267</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s" s="2">
-        <v>1264</v>
+        <v>1280</v>
       </c>
       <c r="B382" t="s" s="2">
-        <v>139</v>
+        <v>344</v>
       </c>
       <c r="C382" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D382" t="s" s="4">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="E382" t="s" s="4">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="F382" t="s">
         <v>16</v>
       </c>
       <c r="G382" t="s">
-        <v>1265</v>
+        <v>1281</v>
       </c>
       <c r="H382" t="s">
         <v>0</v>
       </c>
       <c r="I382" t="s">
-        <v>1266</v>
+        <v>1282</v>
       </c>
       <c r="J382" t="s">
         <v>0</v>
       </c>
       <c r="K382" t="s">
-        <v>1267</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s" s="2">
-        <v>1268</v>
+        <v>1284</v>
       </c>
       <c r="B383" t="s" s="2">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="C383" t="n" s="3">
-        <v>7.91202004009E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D383" t="s" s="4">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="E383" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F383" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G383" t="s">
-        <v>1269</v>
+        <v>1285</v>
       </c>
       <c r="H383" t="s">
         <v>0</v>
       </c>
       <c r="I383" t="s">
-        <v>1270</v>
+        <v>1286</v>
       </c>
       <c r="J383" t="s">
         <v>0</v>
       </c>
       <c r="K383" t="s">
-        <v>1271</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s" s="2">
-        <v>1272</v>
+        <v>1288</v>
       </c>
       <c r="B384" t="s" s="2">
-        <v>429</v>
+        <v>403</v>
       </c>
       <c r="C384" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D384" t="s" s="4">
-        <v>273</v>
+        <v>14</v>
       </c>
       <c r="E384" t="s" s="4">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F384" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G384" t="s">
-        <v>1273</v>
+        <v>1289</v>
       </c>
       <c r="H384" t="s">
         <v>0</v>
       </c>
       <c r="I384" t="s">
-        <v>1274</v>
+        <v>1290</v>
       </c>
       <c r="J384" t="s">
         <v>0</v>
       </c>
       <c r="K384" t="s">
-        <v>1275</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s" s="2">
-        <v>1276</v>
+        <v>1292</v>
       </c>
       <c r="B385" t="s" s="2">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="C385" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D385" t="s" s="4">
-        <v>29</v>
+        <v>187</v>
       </c>
       <c r="E385" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F385" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G385" t="s">
-        <v>1277</v>
+        <v>1293</v>
       </c>
       <c r="H385" t="s">
         <v>0</v>
       </c>
       <c r="I385" t="s">
-        <v>1278</v>
+        <v>1294</v>
       </c>
       <c r="J385" t="s">
         <v>0</v>
       </c>
       <c r="K385" t="s">
-        <v>1279</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s" s="2">
-        <v>1280</v>
+        <v>1296</v>
       </c>
       <c r="B386" t="s" s="2">
-        <v>235</v>
+        <v>186</v>
       </c>
       <c r="C386" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D386" t="s" s="4">
-        <v>68</v>
+        <v>187</v>
       </c>
       <c r="E386" t="s" s="4">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F386" t="s">
         <v>16</v>
       </c>
       <c r="G386" t="s">
-        <v>1281</v>
+        <v>1297</v>
       </c>
       <c r="H386" t="s">
         <v>0</v>
       </c>
       <c r="I386" t="s">
-        <v>1282</v>
+        <v>1298</v>
       </c>
       <c r="J386" t="s">
         <v>0</v>
       </c>
       <c r="K386" t="s">
-        <v>1283</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s" s="2">
-        <v>1280</v>
+        <v>1300</v>
       </c>
       <c r="B387" t="s" s="2">
-        <v>302</v>
+        <v>186</v>
       </c>
       <c r="C387" t="n" s="3">
-        <v>7.91202303008E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D387" t="s" s="4">
-        <v>68</v>
+        <v>187</v>
       </c>
       <c r="E387" t="s" s="4">
-        <v>303</v>
+        <v>15</v>
       </c>
       <c r="F387" t="s">
         <v>16</v>
       </c>
       <c r="G387" t="s">
-        <v>1281</v>
+        <v>1301</v>
       </c>
       <c r="H387" t="s">
         <v>0</v>
       </c>
       <c r="I387" t="s">
-        <v>1282</v>
+        <v>1302</v>
       </c>
       <c r="J387" t="s">
         <v>0</v>
       </c>
       <c r="K387" t="s">
-        <v>1283</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s" s="2">
-        <v>1284</v>
+        <v>1300</v>
       </c>
       <c r="B388" t="s" s="2">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C388" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D388" t="s" s="4">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="E388" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F388" t="s">
         <v>16</v>
       </c>
       <c r="G388" t="s">
-        <v>1285</v>
+        <v>1301</v>
       </c>
       <c r="H388" t="s">
         <v>0</v>
       </c>
       <c r="I388" t="s">
-        <v>1286</v>
+        <v>1302</v>
       </c>
       <c r="J388" t="s">
         <v>0</v>
       </c>
       <c r="K388" t="s">
-        <v>1287</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s" s="2">
-        <v>1288</v>
+        <v>1300</v>
       </c>
       <c r="B389" t="s" s="2">
-        <v>463</v>
+        <v>69</v>
       </c>
       <c r="C389" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D389" t="s" s="4">
-        <v>464</v>
+        <v>70</v>
       </c>
       <c r="E389" t="s" s="4">
-        <v>465</v>
+        <v>71</v>
       </c>
       <c r="F389" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G389" t="s">
-        <v>1289</v>
+        <v>1301</v>
       </c>
       <c r="H389" t="s">
         <v>0</v>
       </c>
       <c r="I389" t="s">
-        <v>1290</v>
+        <v>1302</v>
       </c>
       <c r="J389" t="s">
         <v>0</v>
       </c>
       <c r="K389" t="s">
-        <v>1291</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s" s="2">
-        <v>1288</v>
+        <v>1300</v>
       </c>
       <c r="B390" t="s" s="2">
-        <v>56</v>
+        <v>218</v>
       </c>
       <c r="C390" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D390" t="s" s="4">
-        <v>29</v>
+        <v>203</v>
       </c>
       <c r="E390" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F390" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G390" t="s">
-        <v>1289</v>
+        <v>1301</v>
       </c>
       <c r="H390" t="s">
         <v>0</v>
       </c>
       <c r="I390" t="s">
-        <v>1290</v>
+        <v>1302</v>
       </c>
       <c r="J390" t="s">
         <v>0</v>
       </c>
       <c r="K390" t="s">
-        <v>1291</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s" s="2">
-        <v>1292</v>
+        <v>1304</v>
       </c>
       <c r="B391" t="s" s="2">
-        <v>167</v>
+        <v>218</v>
       </c>
       <c r="C391" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D391" t="s" s="4">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="E391" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F391" t="s">
         <v>16</v>
       </c>
       <c r="G391" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
       <c r="H391" t="s">
         <v>0</v>
       </c>
       <c r="I391" t="s">
-        <v>1294</v>
+        <v>1306</v>
       </c>
       <c r="J391" t="s">
         <v>0</v>
       </c>
       <c r="K391" t="s">
-        <v>1295</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s" s="2">
-        <v>1296</v>
+        <v>1308</v>
       </c>
       <c r="B392" t="s" s="2">
-        <v>56</v>
+        <v>240</v>
       </c>
       <c r="C392" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D392" t="s" s="4">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="E392" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F392" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G392" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="H392" t="s">
         <v>0</v>
       </c>
       <c r="I392" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
       <c r="J392" t="s">
         <v>0</v>
       </c>
       <c r="K392" t="s">
-        <v>1299</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s" s="2">
-        <v>1296</v>
+        <v>1308</v>
       </c>
       <c r="B393" t="s" s="2">
-        <v>463</v>
+        <v>403</v>
       </c>
       <c r="C393" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D393" t="s" s="4">
-        <v>464</v>
+        <v>14</v>
       </c>
       <c r="E393" t="s" s="4">
-        <v>465</v>
+        <v>15</v>
       </c>
       <c r="F393" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G393" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="H393" t="s">
         <v>0</v>
       </c>
       <c r="I393" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
       <c r="J393" t="s">
         <v>0</v>
       </c>
       <c r="K393" t="s">
-        <v>1299</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s" s="2">
-        <v>1296</v>
+        <v>1312</v>
       </c>
       <c r="B394" t="s" s="2">
-        <v>1119</v>
+        <v>376</v>
       </c>
       <c r="C394" t="n" s="3">
-        <v>7.91202309001E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D394" t="s" s="4">
-        <v>1120</v>
+        <v>38</v>
       </c>
       <c r="E394" t="s" s="4">
-        <v>1121</v>
+        <v>39</v>
       </c>
       <c r="F394" t="s">
-        <v>31</v>
+        <v>377</v>
       </c>
       <c r="G394" t="s">
-        <v>1297</v>
+        <v>0</v>
       </c>
       <c r="H394" t="s">
         <v>0</v>
       </c>
       <c r="I394" t="s">
-        <v>1298</v>
+        <v>0</v>
       </c>
       <c r="J394" t="s">
         <v>0</v>
       </c>
       <c r="K394" t="s">
-        <v>1299</v>
+        <v>0</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s" s="2">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="B395" t="s" s="2">
-        <v>104</v>
+        <v>150</v>
       </c>
       <c r="C395" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D395" t="s" s="4">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="E395" t="s" s="4">
-        <v>38</v>
+        <v>151</v>
       </c>
       <c r="F395" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G395" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
       <c r="H395" t="s">
         <v>0</v>
       </c>
       <c r="I395" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="J395" t="s">
         <v>0</v>
       </c>
       <c r="K395" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s" s="2">
-        <v>1304</v>
+        <v>1313</v>
       </c>
       <c r="B396" t="s" s="2">
-        <v>104</v>
+        <v>51</v>
       </c>
       <c r="C396" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D396" t="s" s="4">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="E396" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F396" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G396" t="s">
-        <v>1305</v>
+        <v>1314</v>
       </c>
       <c r="H396" t="s">
         <v>0</v>
       </c>
       <c r="I396" t="s">
-        <v>1306</v>
+        <v>1315</v>
       </c>
       <c r="J396" t="s">
         <v>0</v>
       </c>
       <c r="K396" t="s">
-        <v>1307</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s" s="2">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="B397" t="s" s="2">
-        <v>28</v>
+        <v>284</v>
       </c>
       <c r="C397" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D397" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E397" t="s" s="4">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F397" t="s">
         <v>31</v>
       </c>
       <c r="G397" t="s">
-        <v>1305</v>
+        <v>1318</v>
       </c>
       <c r="H397" t="s">
         <v>0</v>
       </c>
       <c r="I397" t="s">
-        <v>1306</v>
+        <v>1319</v>
       </c>
       <c r="J397" t="s">
         <v>0</v>
       </c>
       <c r="K397" t="s">
-        <v>1307</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s" s="2">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B398" t="s" s="2">
-        <v>1309</v>
+        <v>284</v>
       </c>
       <c r="C398" t="n" s="3">
-        <v>7.91202409008E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D398" t="s" s="4">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="E398" t="s" s="4">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="F398" t="s">
         <v>31</v>
       </c>
       <c r="G398" t="s">
-        <v>1310</v>
+        <v>1322</v>
       </c>
       <c r="H398" t="s">
         <v>0</v>
       </c>
       <c r="I398" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
       <c r="J398" t="s">
         <v>0</v>
       </c>
       <c r="K398" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s" s="2">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="B399" t="s" s="2">
-        <v>235</v>
+        <v>196</v>
       </c>
       <c r="C399" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D399" t="s" s="4">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="E399" t="s" s="4">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="F399" t="s">
         <v>16</v>
       </c>
       <c r="G399" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
       <c r="H399" t="s">
         <v>0</v>
       </c>
       <c r="I399" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="J399" t="s">
         <v>0</v>
       </c>
       <c r="K399" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s" s="2">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="B400" t="s" s="2">
-        <v>189</v>
+        <v>259</v>
       </c>
       <c r="C400" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D400" t="s" s="4">
-        <v>190</v>
+        <v>76</v>
       </c>
       <c r="E400" t="s" s="4">
-        <v>140</v>
+        <v>197</v>
       </c>
       <c r="F400" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G400" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
       <c r="H400" t="s">
         <v>0</v>
       </c>
       <c r="I400" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="J400" t="s">
         <v>0</v>
       </c>
       <c r="K400" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s" s="2">
-        <v>1317</v>
+        <v>1329</v>
       </c>
       <c r="B401" t="s" s="2">
         <v>230</v>
       </c>
       <c r="C401" t="n" s="3">
-        <v>7.91202207008E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D401" t="s" s="4">
-        <v>231</v>
+        <v>38</v>
       </c>
       <c r="E401" t="s" s="4">
-        <v>116</v>
+        <v>39</v>
       </c>
       <c r="F401" t="s">
         <v>31</v>
       </c>
       <c r="G401" t="s">
-        <v>1318</v>
+        <v>1330</v>
       </c>
       <c r="H401" t="s">
         <v>0</v>
       </c>
       <c r="I401" t="s">
-        <v>1319</v>
+        <v>1331</v>
       </c>
       <c r="J401" t="s">
         <v>0</v>
       </c>
       <c r="K401" t="s">
-        <v>1320</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s" s="2">
-        <v>1321</v>
+        <v>1329</v>
       </c>
       <c r="B402" t="s" s="2">
-        <v>375</v>
+        <v>283</v>
       </c>
       <c r="C402" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D402" t="s" s="4">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="E402" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F402" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G402" t="s">
-        <v>1322</v>
+        <v>1330</v>
       </c>
       <c r="H402" t="s">
         <v>0</v>
       </c>
       <c r="I402" t="s">
-        <v>1323</v>
+        <v>1331</v>
       </c>
       <c r="J402" t="s">
         <v>0</v>
       </c>
       <c r="K402" t="s">
-        <v>1324</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s" s="2">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="B403" t="s" s="2">
-        <v>125</v>
+        <v>69</v>
       </c>
       <c r="C403" t="n" s="3">
-        <v>7.91202505006E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D403" t="s" s="4">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="E403" t="s" s="4">
-        <v>129</v>
+        <v>71</v>
       </c>
       <c r="F403" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G403" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="H403" t="s">
         <v>0</v>
       </c>
       <c r="I403" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="J403" t="s">
         <v>0</v>
       </c>
       <c r="K403" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s" s="2">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B404" t="s" s="2">
-        <v>429</v>
+        <v>64</v>
       </c>
       <c r="C404" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D404" t="s" s="4">
-        <v>273</v>
+        <v>38</v>
       </c>
       <c r="E404" t="s" s="4">
-        <v>116</v>
+        <v>39</v>
       </c>
       <c r="F404" t="s">
         <v>31</v>
       </c>
       <c r="G404" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="H404" t="s">
         <v>0</v>
       </c>
       <c r="I404" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="J404" t="s">
         <v>0</v>
       </c>
       <c r="K404" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s" s="2">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="B405" t="s" s="2">
-        <v>379</v>
+        <v>150</v>
       </c>
       <c r="C405" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D405" t="s" s="4">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="E405" t="s" s="4">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="F405" t="s">
         <v>16</v>
       </c>
       <c r="G405" t="s">
-        <v>723</v>
+        <v>1338</v>
       </c>
       <c r="H405" t="s">
         <v>0</v>
       </c>
       <c r="I405" t="s">
-        <v>402</v>
+        <v>1339</v>
       </c>
       <c r="J405" t="s">
         <v>0</v>
       </c>
       <c r="K405" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s" s="2">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="B406" t="s" s="2">
-        <v>1336</v>
+        <v>581</v>
       </c>
       <c r="C406" t="n" s="3">
-        <v>7.91202502001E11</v>
+        <v>7.91202303003E11</v>
       </c>
       <c r="D406" t="s" s="4">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="E406" t="s" s="4">
-        <v>38</v>
+        <v>582</v>
       </c>
       <c r="F406" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G406" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="H406" t="s">
         <v>0</v>
       </c>
       <c r="I406" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="J406" t="s">
         <v>0</v>
       </c>
       <c r="K406" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s" s="2">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B407" t="s" s="2">
-        <v>183</v>
+        <v>13</v>
       </c>
       <c r="C407" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202004009E11</v>
       </c>
       <c r="D407" t="s" s="4">
-        <v>184</v>
+        <v>14</v>
       </c>
       <c r="E407" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F407" t="s">
         <v>16</v>
       </c>
       <c r="G407" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="H407" t="s">
         <v>0</v>
       </c>
       <c r="I407" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="J407" t="s">
         <v>0</v>
       </c>
       <c r="K407" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s" s="2">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="B408" t="s" s="2">
-        <v>1345</v>
+        <v>460</v>
       </c>
       <c r="C408" t="n" s="3">
-        <v>7.91202507005E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D408" t="s" s="4">
-        <v>1170</v>
+        <v>301</v>
       </c>
       <c r="E408" t="s" s="4">
-        <v>1171</v>
+        <v>126</v>
       </c>
       <c r="F408" t="s">
         <v>31</v>
       </c>
       <c r="G408" t="s">
         <v>1346</v>
       </c>
       <c r="H408" t="s">
         <v>0</v>
       </c>
       <c r="I408" t="s">
         <v>1347</v>
       </c>
       <c r="J408" t="s">
         <v>0</v>
       </c>
       <c r="K408" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s" s="2">
         <v>1349</v>
       </c>
       <c r="B409" t="s" s="2">
-        <v>183</v>
+        <v>37</v>
       </c>
       <c r="C409" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D409" t="s" s="4">
-        <v>184</v>
+        <v>38</v>
       </c>
       <c r="E409" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F409" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G409" t="s">
         <v>1350</v>
       </c>
       <c r="H409" t="s">
         <v>0</v>
       </c>
       <c r="I409" t="s">
         <v>1351</v>
       </c>
       <c r="J409" t="s">
         <v>0</v>
       </c>
       <c r="K409" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s" s="2">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="B410" t="s" s="2">
-        <v>167</v>
+        <v>330</v>
       </c>
       <c r="C410" t="n" s="3">
+        <v>7.91202303008E11</v>
+      </c>
+      <c r="D410" t="s" s="4">
+        <v>76</v>
+      </c>
+      <c r="E410" t="s" s="4">
+        <v>331</v>
+      </c>
+      <c r="F410" t="s">
+        <v>16</v>
+      </c>
+      <c r="G410" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H410" t="s">
+        <v>0</v>
+      </c>
+      <c r="I410" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J410" t="s">
+        <v>0</v>
+      </c>
+      <c r="K410" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" t="s" s="2">
+        <v>1353</v>
+      </c>
+      <c r="B411" t="s" s="2">
+        <v>259</v>
+      </c>
+      <c r="C411" t="n" s="3">
+        <v>7.91202303006E11</v>
+      </c>
+      <c r="D411" t="s" s="4">
+        <v>76</v>
+      </c>
+      <c r="E411" t="s" s="4">
+        <v>197</v>
+      </c>
+      <c r="F411" t="s">
+        <v>16</v>
+      </c>
+      <c r="G411" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H411" t="s">
+        <v>0</v>
+      </c>
+      <c r="I411" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J411" t="s">
+        <v>0</v>
+      </c>
+      <c r="K411" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" t="s" s="2">
+        <v>1357</v>
+      </c>
+      <c r="B412" t="s" s="2">
+        <v>218</v>
+      </c>
+      <c r="C412" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D412" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E412" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F412" t="s">
+        <v>16</v>
+      </c>
+      <c r="G412" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H412" t="s">
+        <v>0</v>
+      </c>
+      <c r="I412" t="s">
+        <v>1359</v>
+      </c>
+      <c r="J412" t="s">
+        <v>0</v>
+      </c>
+      <c r="K412" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" t="s" s="2">
+        <v>1361</v>
+      </c>
+      <c r="B413" t="s" s="2">
+        <v>491</v>
+      </c>
+      <c r="C413" t="n" s="3">
+        <v>7.91202309002E11</v>
+      </c>
+      <c r="D413" t="s" s="4">
+        <v>492</v>
+      </c>
+      <c r="E413" t="s" s="4">
+        <v>493</v>
+      </c>
+      <c r="F413" t="s">
+        <v>31</v>
+      </c>
+      <c r="G413" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H413" t="s">
+        <v>0</v>
+      </c>
+      <c r="I413" t="s">
+        <v>1363</v>
+      </c>
+      <c r="J413" t="s">
+        <v>0</v>
+      </c>
+      <c r="K413" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" t="s" s="2">
+        <v>1361</v>
+      </c>
+      <c r="B414" t="s" s="2">
+        <v>64</v>
+      </c>
+      <c r="C414" t="n" s="3">
+        <v>7.91202505008E11</v>
+      </c>
+      <c r="D414" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E414" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F414" t="s">
+        <v>31</v>
+      </c>
+      <c r="G414" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H414" t="s">
+        <v>0</v>
+      </c>
+      <c r="I414" t="s">
+        <v>1363</v>
+      </c>
+      <c r="J414" t="s">
+        <v>0</v>
+      </c>
+      <c r="K414" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" t="s" s="2">
+        <v>1365</v>
+      </c>
+      <c r="B415" t="s" s="2">
+        <v>186</v>
+      </c>
+      <c r="C415" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
-      <c r="D410" t="s" s="4">
-[...2 lines deleted...]
-      <c r="E410" t="s" s="4">
+      <c r="D415" t="s" s="4">
+        <v>187</v>
+      </c>
+      <c r="E415" t="s" s="4">
         <v>15</v>
       </c>
-      <c r="F410" t="s">
-[...15 lines deleted...]
-        <v>1352</v>
+      <c r="F415" t="s">
+        <v>16</v>
+      </c>
+      <c r="G415" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H415" t="s">
+        <v>0</v>
+      </c>
+      <c r="I415" t="s">
+        <v>1367</v>
+      </c>
+      <c r="J415" t="s">
+        <v>0</v>
+      </c>
+      <c r="K415" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" t="s" s="2">
+        <v>1369</v>
+      </c>
+      <c r="B416" t="s" s="2">
+        <v>64</v>
+      </c>
+      <c r="C416" t="n" s="3">
+        <v>7.91202505008E11</v>
+      </c>
+      <c r="D416" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E416" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F416" t="s">
+        <v>31</v>
+      </c>
+      <c r="G416" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H416" t="s">
+        <v>0</v>
+      </c>
+      <c r="I416" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J416" t="s">
+        <v>0</v>
+      </c>
+      <c r="K416" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" t="s" s="2">
+        <v>1369</v>
+      </c>
+      <c r="B417" t="s" s="2">
+        <v>491</v>
+      </c>
+      <c r="C417" t="n" s="3">
+        <v>7.91202309002E11</v>
+      </c>
+      <c r="D417" t="s" s="4">
+        <v>492</v>
+      </c>
+      <c r="E417" t="s" s="4">
+        <v>493</v>
+      </c>
+      <c r="F417" t="s">
+        <v>31</v>
+      </c>
+      <c r="G417" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H417" t="s">
+        <v>0</v>
+      </c>
+      <c r="I417" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J417" t="s">
+        <v>0</v>
+      </c>
+      <c r="K417" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" t="s" s="2">
+        <v>1369</v>
+      </c>
+      <c r="B418" t="s" s="2">
+        <v>1185</v>
+      </c>
+      <c r="C418" t="n" s="3">
+        <v>7.91202309001E11</v>
+      </c>
+      <c r="D418" t="s" s="4">
+        <v>1186</v>
+      </c>
+      <c r="E418" t="s" s="4">
+        <v>1187</v>
+      </c>
+      <c r="F418" t="s">
+        <v>31</v>
+      </c>
+      <c r="G418" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H418" t="s">
+        <v>0</v>
+      </c>
+      <c r="I418" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J418" t="s">
+        <v>0</v>
+      </c>
+      <c r="K418" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" t="s" s="2">
+        <v>1373</v>
+      </c>
+      <c r="B419" t="s" s="2">
+        <v>112</v>
+      </c>
+      <c r="C419" t="n" s="3">
+        <v>7.91202502005E11</v>
+      </c>
+      <c r="D419" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E419" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F419" t="s">
+        <v>31</v>
+      </c>
+      <c r="G419" t="s">
+        <v>1374</v>
+      </c>
+      <c r="H419" t="s">
+        <v>0</v>
+      </c>
+      <c r="I419" t="s">
+        <v>1375</v>
+      </c>
+      <c r="J419" t="s">
+        <v>0</v>
+      </c>
+      <c r="K419" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" t="s" s="2">
+        <v>1377</v>
+      </c>
+      <c r="B420" t="s" s="2">
+        <v>112</v>
+      </c>
+      <c r="C420" t="n" s="3">
+        <v>7.91202502005E11</v>
+      </c>
+      <c r="D420" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E420" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F420" t="s">
+        <v>31</v>
+      </c>
+      <c r="G420" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H420" t="s">
+        <v>0</v>
+      </c>
+      <c r="I420" t="s">
+        <v>1379</v>
+      </c>
+      <c r="J420" t="s">
+        <v>0</v>
+      </c>
+      <c r="K420" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" t="s" s="2">
+        <v>1377</v>
+      </c>
+      <c r="B421" t="s" s="2">
+        <v>37</v>
+      </c>
+      <c r="C421" t="n" s="3">
+        <v>7.91202505005E11</v>
+      </c>
+      <c r="D421" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E421" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F421" t="s">
+        <v>31</v>
+      </c>
+      <c r="G421" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H421" t="s">
+        <v>0</v>
+      </c>
+      <c r="I421" t="s">
+        <v>1379</v>
+      </c>
+      <c r="J421" t="s">
+        <v>0</v>
+      </c>
+      <c r="K421" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" t="s" s="2">
+        <v>1381</v>
+      </c>
+      <c r="B422" t="s" s="2">
+        <v>1382</v>
+      </c>
+      <c r="C422" t="n" s="3">
+        <v>7.91202409008E11</v>
+      </c>
+      <c r="D422" t="s" s="4">
+        <v>58</v>
+      </c>
+      <c r="E422" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="F422" t="s">
+        <v>31</v>
+      </c>
+      <c r="G422" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H422" t="s">
+        <v>0</v>
+      </c>
+      <c r="I422" t="s">
+        <v>1384</v>
+      </c>
+      <c r="J422" t="s">
+        <v>0</v>
+      </c>
+      <c r="K422" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" t="s" s="2">
+        <v>1386</v>
+      </c>
+      <c r="B423" t="s" s="2">
+        <v>259</v>
+      </c>
+      <c r="C423" t="n" s="3">
+        <v>7.91202303006E11</v>
+      </c>
+      <c r="D423" t="s" s="4">
+        <v>76</v>
+      </c>
+      <c r="E423" t="s" s="4">
+        <v>197</v>
+      </c>
+      <c r="F423" t="s">
+        <v>16</v>
+      </c>
+      <c r="G423" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H423" t="s">
+        <v>0</v>
+      </c>
+      <c r="I423" t="s">
+        <v>1388</v>
+      </c>
+      <c r="J423" t="s">
+        <v>0</v>
+      </c>
+      <c r="K423" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" t="s" s="2">
+        <v>1386</v>
+      </c>
+      <c r="B424" t="s" s="2">
+        <v>208</v>
+      </c>
+      <c r="C424" t="n" s="3">
+        <v>7.91202103002E11</v>
+      </c>
+      <c r="D424" t="s" s="4">
+        <v>209</v>
+      </c>
+      <c r="E424" t="s" s="4">
+        <v>151</v>
+      </c>
+      <c r="F424" t="s">
+        <v>31</v>
+      </c>
+      <c r="G424" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H424" t="s">
+        <v>0</v>
+      </c>
+      <c r="I424" t="s">
+        <v>1388</v>
+      </c>
+      <c r="J424" t="s">
+        <v>0</v>
+      </c>
+      <c r="K424" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" t="s" s="2">
+        <v>1390</v>
+      </c>
+      <c r="B425" t="s" s="2">
+        <v>254</v>
+      </c>
+      <c r="C425" t="n" s="3">
+        <v>7.91202207008E11</v>
+      </c>
+      <c r="D425" t="s" s="4">
+        <v>255</v>
+      </c>
+      <c r="E425" t="s" s="4">
+        <v>126</v>
+      </c>
+      <c r="F425" t="s">
+        <v>31</v>
+      </c>
+      <c r="G425" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H425" t="s">
+        <v>0</v>
+      </c>
+      <c r="I425" t="s">
+        <v>1392</v>
+      </c>
+      <c r="J425" t="s">
+        <v>0</v>
+      </c>
+      <c r="K425" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" t="s" s="2">
+        <v>1394</v>
+      </c>
+      <c r="B426" t="s" s="2">
+        <v>403</v>
+      </c>
+      <c r="C426" t="n" s="3">
+        <v>7.91202004008E11</v>
+      </c>
+      <c r="D426" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E426" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F426" t="s">
+        <v>16</v>
+      </c>
+      <c r="G426" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H426" t="s">
+        <v>0</v>
+      </c>
+      <c r="I426" t="s">
+        <v>1396</v>
+      </c>
+      <c r="J426" t="s">
+        <v>0</v>
+      </c>
+      <c r="K426" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" t="s" s="2">
+        <v>1398</v>
+      </c>
+      <c r="B427" t="s" s="2">
+        <v>139</v>
+      </c>
+      <c r="C427" t="n" s="3">
+        <v>7.91202505006E11</v>
+      </c>
+      <c r="D427" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E427" t="s" s="4">
+        <v>140</v>
+      </c>
+      <c r="F427" t="s">
+        <v>31</v>
+      </c>
+      <c r="G427" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H427" t="s">
+        <v>0</v>
+      </c>
+      <c r="I427" t="s">
+        <v>1400</v>
+      </c>
+      <c r="J427" t="s">
+        <v>0</v>
+      </c>
+      <c r="K427" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" t="s" s="2">
+        <v>1402</v>
+      </c>
+      <c r="B428" t="s" s="2">
+        <v>460</v>
+      </c>
+      <c r="C428" t="n" s="3">
+        <v>7.91202207003E11</v>
+      </c>
+      <c r="D428" t="s" s="4">
+        <v>301</v>
+      </c>
+      <c r="E428" t="s" s="4">
+        <v>126</v>
+      </c>
+      <c r="F428" t="s">
+        <v>31</v>
+      </c>
+      <c r="G428" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H428" t="s">
+        <v>0</v>
+      </c>
+      <c r="I428" t="s">
+        <v>1404</v>
+      </c>
+      <c r="J428" t="s">
+        <v>0</v>
+      </c>
+      <c r="K428" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" t="s" s="2">
+        <v>1406</v>
+      </c>
+      <c r="B429" t="s" s="2">
+        <v>407</v>
+      </c>
+      <c r="C429" t="n" s="3">
+        <v>7.91202003006E11</v>
+      </c>
+      <c r="D429" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E429" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F429" t="s">
+        <v>16</v>
+      </c>
+      <c r="G429" t="s">
+        <v>769</v>
+      </c>
+      <c r="H429" t="s">
+        <v>0</v>
+      </c>
+      <c r="I429" t="s">
+        <v>430</v>
+      </c>
+      <c r="J429" t="s">
+        <v>0</v>
+      </c>
+      <c r="K429" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" t="s" s="2">
+        <v>1408</v>
+      </c>
+      <c r="B430" t="s" s="2">
+        <v>1409</v>
+      </c>
+      <c r="C430" t="n" s="3">
+        <v>7.91202502001E11</v>
+      </c>
+      <c r="D430" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E430" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F430" t="s">
+        <v>31</v>
+      </c>
+      <c r="G430" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H430" t="s">
+        <v>0</v>
+      </c>
+      <c r="I430" t="s">
+        <v>1411</v>
+      </c>
+      <c r="J430" t="s">
+        <v>0</v>
+      </c>
+      <c r="K430" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" t="s" s="2">
+        <v>1413</v>
+      </c>
+      <c r="B431" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="C431" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D431" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E431" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F431" t="s">
+        <v>16</v>
+      </c>
+      <c r="G431" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H431" t="s">
+        <v>0</v>
+      </c>
+      <c r="I431" t="s">
+        <v>1415</v>
+      </c>
+      <c r="J431" t="s">
+        <v>0</v>
+      </c>
+      <c r="K431" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" t="s" s="2">
+        <v>1417</v>
+      </c>
+      <c r="B432" t="s" s="2">
+        <v>1418</v>
+      </c>
+      <c r="C432" t="n" s="3">
+        <v>7.91202507005E11</v>
+      </c>
+      <c r="D432" t="s" s="4">
+        <v>1243</v>
+      </c>
+      <c r="E432" t="s" s="4">
+        <v>1244</v>
+      </c>
+      <c r="F432" t="s">
+        <v>31</v>
+      </c>
+      <c r="G432" t="s">
+        <v>1419</v>
+      </c>
+      <c r="H432" t="s">
+        <v>0</v>
+      </c>
+      <c r="I432" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J432" t="s">
+        <v>0</v>
+      </c>
+      <c r="K432" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" t="s" s="2">
+        <v>1422</v>
+      </c>
+      <c r="B433" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="C433" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D433" t="s" s="4">
+        <v>203</v>
+      </c>
+      <c r="E433" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F433" t="s">
+        <v>16</v>
+      </c>
+      <c r="G433" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H433" t="s">
+        <v>0</v>
+      </c>
+      <c r="I433" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J433" t="s">
+        <v>0</v>
+      </c>
+      <c r="K433" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" t="s" s="2">
+        <v>1422</v>
+      </c>
+      <c r="B434" t="s" s="2">
+        <v>186</v>
+      </c>
+      <c r="C434" t="n" s="3">
+        <v>7.91202005016E11</v>
+      </c>
+      <c r="D434" t="s" s="4">
+        <v>187</v>
+      </c>
+      <c r="E434" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F434" t="s">
+        <v>16</v>
+      </c>
+      <c r="G434" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H434" t="s">
+        <v>0</v>
+      </c>
+      <c r="I434" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J434" t="s">
+        <v>0</v>
+      </c>
+      <c r="K434" t="s">
+        <v>1425</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>