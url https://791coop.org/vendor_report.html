--- v2 (2025-12-21)
+++ v3 (2026-01-13)
@@ -13,51 +13,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
 <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
 <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="791Vendors" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7756" uniqueCount="1426">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8001" uniqueCount="1457">
   <si>
     <t/>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>Contract</t>
   </si>
   <si>
     <t>Awarded Date</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Lead Agency</t>
   </si>
   <si>
     <t>Contact Name</t>
   </si>
   <si>
@@ -96,77 +96,98 @@
   <si>
     <t>info@2vindustries.com</t>
   </si>
   <si>
     <t>Abacus Computers Inc</t>
   </si>
   <si>
     <t>Security Products, Equipment and Services</t>
   </si>
   <si>
     <t>05/19/2023</t>
   </si>
   <si>
     <t>05/31/2030</t>
   </si>
   <si>
     <t>Tim McNurlen</t>
   </si>
   <si>
     <t>(432) 687-5424</t>
   </si>
   <si>
     <t>tdmcnurlen@abacustx.com</t>
   </si>
   <si>
+    <t xml:space="preserve">ABC Restoration </t>
+  </si>
+  <si>
+    <t>Facility Trade Services-JOC Part 2</t>
+  </si>
+  <si>
+    <t>12/01/2025</t>
+  </si>
+  <si>
+    <t>12/01/2030</t>
+  </si>
+  <si>
+    <t>CTCOG</t>
+  </si>
+  <si>
+    <t>Phil Bryant</t>
+  </si>
+  <si>
+    <t>(281) 999-1696</t>
+  </si>
+  <si>
+    <t>pbryant@abcrestoration.com</t>
+  </si>
+  <si>
+    <t>Trades Labor and Materials-Non-JOC</t>
+  </si>
+  <si>
     <t>Absolute Communications &amp; Network Inc</t>
   </si>
   <si>
+    <t>Security Systems and Related Products, Technology, and Services</t>
+  </si>
+  <si>
+    <t>12/01/2033</t>
+  </si>
+  <si>
+    <t>Robert Ener</t>
+  </si>
+  <si>
+    <t>(210) 892-3800</t>
+  </si>
+  <si>
+    <t>robert_ener@callabsolute.com</t>
+  </si>
+  <si>
     <t>Metering Systems and Related Products, Technology, and Services</t>
   </si>
   <si>
-    <t>12/01/2025</t>
-[...19 lines deleted...]
-  <si>
     <t>Accenture Infrastructure &amp; Capital Projects, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Government Consulting Services </t>
   </si>
   <si>
     <t>07/09/2025</t>
   </si>
   <si>
     <t>07/09/2033</t>
   </si>
   <si>
     <t>Corey Burbach</t>
   </si>
   <si>
     <t>(949) 680-9232</t>
   </si>
   <si>
     <t>c.burbach@accenture.com</t>
   </si>
   <si>
     <t>Acme Soap Inc</t>
   </si>
   <si>
     <t>Facility Maintenance and Managed Services and Supplies</t>
@@ -342,92 +363,86 @@
   <si>
     <t>(956) 381-2080</t>
   </si>
   <si>
     <t>aigsolutionsgroup@gmail.com</t>
   </si>
   <si>
     <t>ALL ABOUT ANIMALS, LLC</t>
   </si>
   <si>
     <t>Cindi Cavallini</t>
   </si>
   <si>
     <t>(760) 468-1147</t>
   </si>
   <si>
     <t>allaboutanimalslive@yahoo.com</t>
   </si>
   <si>
     <t>All Traffic Solutions</t>
   </si>
   <si>
     <t>Portable Speed Signs</t>
   </si>
   <si>
-    <t>Kabir Uddin</t>
-[...5 lines deleted...]
-    <t>kuddin@alltrafficsolutions.com</t>
+    <t>Jodi Rowe</t>
+  </si>
+  <si>
+    <t>(866) 366-6602</t>
+  </si>
+  <si>
+    <t>contracts@alltrafficsolutions.com</t>
   </si>
   <si>
     <t>Technology Products and Services</t>
   </si>
   <si>
     <t>AlmsTravel LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Communications Systems, Equipment, and Shelter Products and Services. </t>
   </si>
   <si>
     <t>08/06/2025</t>
   </si>
   <si>
     <t>08/06/2030</t>
   </si>
   <si>
     <t>Alo Company</t>
   </si>
   <si>
-    <t>Oscar Sosa</t>
+    <t xml:space="preserve">Oscar Sosa </t>
   </si>
   <si>
     <t>(210) 548-3906</t>
   </si>
   <si>
     <t>obs@alogc.com</t>
   </si>
   <si>
-    <t>Facility Trade Services-JOC Part 2</t>
-[...4 lines deleted...]
-  <si>
     <t>Alpha Building Corporation</t>
   </si>
   <si>
     <t>Job Order Contracting / IDIQ / Best Value Unit-Price -Part 2</t>
   </si>
   <si>
     <t>08/25/2022</t>
   </si>
   <si>
     <t>08/31/2027</t>
   </si>
   <si>
     <t>Candi Lewis</t>
   </si>
   <si>
     <t>(210) 850-1054</t>
   </si>
   <si>
     <t>clewis@alphabuilding.com</t>
   </si>
   <si>
     <t>AlphaB2B LLC</t>
   </si>
   <si>
     <t>Heather Fotch</t>
@@ -486,50 +501,65 @@
   <si>
     <t>cchavez@apssatx.net</t>
   </si>
   <si>
     <t>Technology Products, Equipment and Services</t>
   </si>
   <si>
     <t>05/31/2026</t>
   </si>
   <si>
     <t>AmTab Manufacturing Corporation</t>
   </si>
   <si>
     <t>Furniture Products, Equipment and Services</t>
   </si>
   <si>
     <t>Themio Lies</t>
   </si>
   <si>
     <t>(630) 301-7600</t>
   </si>
   <si>
     <t>contractteam@amtab.com</t>
   </si>
   <si>
+    <t>Anchorage Unlimited (Anchorage Medical Equipment &amp; Supplies)</t>
+  </si>
+  <si>
+    <t>Uniforms and Uniform Services</t>
+  </si>
+  <si>
+    <t>Dana Griffin</t>
+  </si>
+  <si>
+    <t>(800) 981-8991</t>
+  </si>
+  <si>
+    <t>dgriffin@anchoragemedicalsupplies.com</t>
+  </si>
+  <si>
     <t>Anderson Fencing And Custom Welding</t>
   </si>
   <si>
     <t>Tanner Anderson</t>
   </si>
   <si>
     <t>(469) 474-1172</t>
   </si>
   <si>
     <t>tanneranderson31@gmail.com</t>
   </si>
   <si>
     <t>Apptegy, Inc</t>
   </si>
   <si>
     <t>Benjamin Berley</t>
   </si>
   <si>
     <t>(870) 833-0702</t>
   </si>
   <si>
     <t>benjamin@apptegy.com</t>
   </si>
   <si>
     <t>Arcadian Tech (Arcadian Pursuits LLC)</t>
@@ -537,57 +567,57 @@
   <si>
     <t>Duane Henderson</t>
   </si>
   <si>
     <t>(469) 487-0621</t>
   </si>
   <si>
     <t>duane@arcadianpursuits.com</t>
   </si>
   <si>
     <t>Arete Marketing Solutions</t>
   </si>
   <si>
     <t>Carlos Montanez</t>
   </si>
   <si>
     <t>(832) 703-2517</t>
   </si>
   <si>
     <t>carlos@aretemarketingsolutions.com</t>
   </si>
   <si>
     <t>ASAP Security Services</t>
   </si>
   <si>
-    <t>Dan Green</t>
-[...5 lines deleted...]
-    <t>dgreen@serviceasap.com</t>
+    <t>Ben Swank</t>
+  </si>
+  <si>
+    <t>(832) 470-1277</t>
+  </si>
+  <si>
+    <t>bswank@serviceasap.com</t>
   </si>
   <si>
     <t>Ascend Education</t>
   </si>
   <si>
     <t>Marjorie Briley</t>
   </si>
   <si>
     <t>(318) 865-8232</t>
   </si>
   <si>
     <t>orders@ascendmath.com</t>
   </si>
   <si>
     <t>Aspire HR, Inc.</t>
   </si>
   <si>
     <t>Winnie Chu</t>
   </si>
   <si>
     <t>(214) 880-0099</t>
   </si>
   <si>
     <t>wchu@aspirehr.com</t>
   </si>
@@ -648,51 +678,51 @@
   <si>
     <t>07/07/2020</t>
   </si>
   <si>
     <t xml:space="preserve">Sudhir Kumar </t>
   </si>
   <si>
     <t>(708) 799-6464</t>
   </si>
   <si>
     <t>sales@avantiusa.com</t>
   </si>
   <si>
     <t>Basic IDIQ, Inc.</t>
   </si>
   <si>
     <t>Full Service JOC Services-Part 2</t>
   </si>
   <si>
     <t>06/02/2021</t>
   </si>
   <si>
     <t>Jeff Thigpen</t>
   </si>
   <si>
-    <t>(512) 966-5686</t>
+    <t>(888) 402-4347</t>
   </si>
   <si>
     <t>jthigpen@basicidiq.com</t>
   </si>
   <si>
     <t>Bass Computers, Inc</t>
   </si>
   <si>
     <t>JIM CAMPBELL</t>
   </si>
   <si>
     <t>(281) 766-6700</t>
   </si>
   <si>
     <t>bassedu@basscomputers.com</t>
   </si>
   <si>
     <t>Beyond Play LLC</t>
   </si>
   <si>
     <t>Education Curriculum, Products, and Services</t>
   </si>
   <si>
     <t>Orna Maoz</t>
   </si>
@@ -1086,68 +1116,68 @@
   <si>
     <t>Dalton Lemert</t>
   </si>
   <si>
     <t>(888) 958-1396</t>
   </si>
   <si>
     <t>dalton@characterstrong.com</t>
   </si>
   <si>
     <t>Christal Vision</t>
   </si>
   <si>
     <t>Ed Christal</t>
   </si>
   <si>
     <t>(210) 660-0700</t>
   </si>
   <si>
     <t>ed@satx.rr.com</t>
   </si>
   <si>
     <t>CI Pavement</t>
   </si>
   <si>
+    <t>Rob Alderink</t>
+  </si>
+  <si>
+    <t>(972) 721-9796</t>
+  </si>
+  <si>
+    <t>rob@cipavement.com</t>
+  </si>
+  <si>
     <t>Full Service Facility Equipment and Maintenance Services</t>
   </si>
   <si>
     <t>06/03/2021</t>
   </si>
   <si>
     <t>03/28/2024</t>
   </si>
   <si>
-    <t>Rob Alderink</t>
-[...7 lines deleted...]
-  <si>
     <t>Cignition, Inc.</t>
   </si>
   <si>
     <t>Lori Hahn</t>
   </si>
   <si>
     <t>(916) 833-1100</t>
   </si>
   <si>
     <t>lori.hahn@cignition.com</t>
   </si>
   <si>
     <t>Circle Industries Inc.</t>
   </si>
   <si>
     <t>Joel Hilliard</t>
   </si>
   <si>
     <t>(833) 424-7253</t>
   </si>
   <si>
     <t>jhilliard@circleind.com</t>
   </si>
   <si>
     <t>Circuit Transit Inc</t>
@@ -1386,62 +1416,62 @@
   <si>
     <t>Pam Goodman</t>
   </si>
   <si>
     <t>(919) 272-2617</t>
   </si>
   <si>
     <t>k6eacy@gmail.com</t>
   </si>
   <si>
     <t>Deary's Gymnastics Supply (Deary Bros. Inc)</t>
   </si>
   <si>
     <t>Holly Corbisley</t>
   </si>
   <si>
     <t>(800) 932-3339</t>
   </si>
   <si>
     <t>holly@gymsupply.com</t>
   </si>
   <si>
     <t>DFW Security MGM Security Services, Inc.</t>
   </si>
   <si>
+    <t>Security Products, Equipment, and Services</t>
+  </si>
+  <si>
     <t>Mike Luinstra</t>
   </si>
   <si>
     <t>(817) 880-3625</t>
   </si>
   <si>
     <t>mluinstra@dfwsecurity.com</t>
   </si>
   <si>
-    <t>Security Products, Equipment, and Services</t>
-[...1 lines deleted...]
-  <si>
     <t>Diamond Drugs, Inc.</t>
   </si>
   <si>
     <t>Jail Inmate Medical and Pharmacy Services</t>
   </si>
   <si>
     <t>Jennifer Pittore</t>
   </si>
   <si>
     <t>(724) 349-1111</t>
   </si>
   <si>
     <t>japittore@diamondpharmacy.com</t>
   </si>
   <si>
     <t>Discount PC</t>
   </si>
   <si>
     <t>April Potter</t>
   </si>
   <si>
     <t>(512) 715-4273</t>
   </si>
   <si>
     <t>april@discountpc.com</t>
@@ -1509,51 +1539,51 @@
   <si>
     <t>Downtowner Holdings LLC</t>
   </si>
   <si>
     <t>Mobility As A Service and Solutions</t>
   </si>
   <si>
     <t>11/15/2023</t>
   </si>
   <si>
     <t>10/31/2031</t>
   </si>
   <si>
     <t>Travis Gleason</t>
   </si>
   <si>
     <t>(561) 929-1471</t>
   </si>
   <si>
     <t>travis@ridedowntowner.com</t>
   </si>
   <si>
     <t>Dream Ranch Office Supplies (Dream Ranch LLC)</t>
   </si>
   <si>
-    <t>Sheri DeWet</t>
+    <t xml:space="preserve">Sheri DeWet </t>
   </si>
   <si>
     <t>(940) 591-6565</t>
   </si>
   <si>
     <t>sheri@dreamranchtx.com</t>
   </si>
   <si>
     <t>DrumFit USA Corporation</t>
   </si>
   <si>
     <t>Melissa Turcotte</t>
   </si>
   <si>
     <t>(877) 322-3389</t>
   </si>
   <si>
     <t>rfp@drum.fit</t>
   </si>
   <si>
     <t>Drymore</t>
   </si>
   <si>
     <t>Jessica Lykins</t>
   </si>
@@ -1674,50 +1704,62 @@
   <si>
     <t>EG2IT</t>
   </si>
   <si>
     <t>Emery Geosits</t>
   </si>
   <si>
     <t>(214) 945-7807</t>
   </si>
   <si>
     <t>egeosits@eg2it.com</t>
   </si>
   <si>
     <t>EKHP Consulting LLC</t>
   </si>
   <si>
     <t>Bill Peek</t>
   </si>
   <si>
     <t>(512) 925-4541</t>
   </si>
   <si>
     <t>bill@ekhpconsulting.net</t>
   </si>
   <si>
+    <t>ELD Apparel</t>
+  </si>
+  <si>
+    <t>Ezra Perlmuter</t>
+  </si>
+  <si>
+    <t>(847) 414-3414</t>
+  </si>
+  <si>
+    <t>ezra@eldapparel.com</t>
+  </si>
+  <si>
     <t>Element Fleet</t>
   </si>
   <si>
     <t>Bill Collins</t>
   </si>
   <si>
     <t>(347) 574-0838</t>
   </si>
   <si>
     <t>WCollins@elementcorp.com</t>
   </si>
   <si>
     <t>EMR Elevator, Inc</t>
   </si>
   <si>
     <t>Maintenance Services Elevators/Escalators and Moving Walkways</t>
   </si>
   <si>
     <t>04/21/2020</t>
   </si>
   <si>
     <t>04/21/2025</t>
   </si>
   <si>
     <t>Hope L. Evans</t>
@@ -2211,50 +2253,62 @@
   <si>
     <t>H-ITT LLC</t>
   </si>
   <si>
     <t>Rande Newberry</t>
   </si>
   <si>
     <t>(877) 244-4488</t>
   </si>
   <si>
     <t>rande@h-itt.com</t>
   </si>
   <si>
     <t>Houston Communications, Inc.</t>
   </si>
   <si>
     <t>Mike Anderson</t>
   </si>
   <si>
     <t>(281) 491-1616</t>
   </si>
   <si>
     <t>mikea@hciconnects.com</t>
   </si>
   <si>
+    <t>Hudson IT Consulting</t>
+  </si>
+  <si>
+    <t>Angela Hudson</t>
+  </si>
+  <si>
+    <t>(210) 452-0506</t>
+  </si>
+  <si>
+    <t>angela@hudsonitconsulting.com</t>
+  </si>
+  <si>
     <t>HumanWare</t>
   </si>
   <si>
     <t>Julie Hebert</t>
   </si>
   <si>
     <t>(800) 722-3393</t>
   </si>
   <si>
     <t>Julie.hebert@humanware.com</t>
   </si>
   <si>
     <t>Hunton Services</t>
   </si>
   <si>
     <t>Scott Schomburg</t>
   </si>
   <si>
     <t>(713) 643-8336</t>
   </si>
   <si>
     <t>sschomburg@huntongroup.com</t>
   </si>
   <si>
     <t>iBenzer</t>
@@ -2418,113 +2472,125 @@
   <si>
     <t>mike.r@jccom.net</t>
   </si>
   <si>
     <t>JF Petroleum Group, Inc.</t>
   </si>
   <si>
     <t>Steve Bernstein</t>
   </si>
   <si>
     <t>(704) 393-8542</t>
   </si>
   <si>
     <t>sbernstein@jfpetrogroup.com</t>
   </si>
   <si>
     <t>JGA Roofing Systems, LLC</t>
   </si>
   <si>
     <t>HVAC Equipment and Services Part 2</t>
   </si>
   <si>
     <t>Jose G Aviles</t>
   </si>
   <si>
-    <t>(888) 336-0077</t>
+    <t>(888) 330-0077</t>
   </si>
   <si>
     <t>estimating@jgaroofing.com</t>
   </si>
   <si>
     <t xml:space="preserve">Johnson Controls </t>
   </si>
   <si>
+    <t>HVAC Services,Supplies and Equipments Part 1</t>
+  </si>
+  <si>
+    <t>David R. Clark</t>
+  </si>
+  <si>
+    <t>(414) 524-1200</t>
+  </si>
+  <si>
+    <t>David.R.Clark@jci.com</t>
+  </si>
+  <si>
     <t>Security Products and Services,Physical Security,Cyber Security,Cameras,Biometrics and fire life Safety Systems</t>
   </si>
   <si>
     <t>09/09/2020</t>
   </si>
   <si>
-    <t>David R. Clark</t>
-[...10 lines deleted...]
-  <si>
     <t>JonesCo General Contractors LLC.</t>
   </si>
   <si>
     <t>Joshua Jones</t>
   </si>
   <si>
     <t>(918) 691-2080</t>
   </si>
   <si>
     <t>jjones@jonescollc.com</t>
   </si>
   <si>
     <t>K3 Integrated (CIPOM LLC)</t>
   </si>
   <si>
     <t>Mario Delgado</t>
   </si>
   <si>
     <t>(210) 596-9093</t>
   </si>
   <si>
     <t>mdelgado@k3iot.com</t>
   </si>
   <si>
     <t>KAMICO Instructional Media, Inc.</t>
   </si>
   <si>
     <t>Jeremy McCray</t>
   </si>
   <si>
     <t>(254) 947-7283</t>
   </si>
   <si>
     <t>bids@kamico.com</t>
   </si>
   <si>
+    <t xml:space="preserve">Kastle Systems of Texas LLC </t>
+  </si>
+  <si>
+    <t>Tony Cook</t>
+  </si>
+  <si>
+    <t>(713) 528-2700</t>
+  </si>
+  <si>
+    <t>tony.cook@kastle.com</t>
+  </si>
+  <si>
     <t>Kevadiya Inc</t>
   </si>
   <si>
     <t>H. Davd Lester</t>
   </si>
   <si>
     <t>(248) 387-2843</t>
   </si>
   <si>
     <t>dlester@kevadiya.com</t>
   </si>
   <si>
     <t xml:space="preserve">KH Literacy Education LLC </t>
   </si>
   <si>
     <t>Kristen Henry</t>
   </si>
   <si>
     <t>(210) 347-9423</t>
   </si>
   <si>
     <t>kristen@khliteracyeducation.com</t>
   </si>
   <si>
     <t>Kickbox Leasing, LLC</t>
@@ -3366,50 +3432,62 @@
   <si>
     <t>Rogers Athletic Company</t>
   </si>
   <si>
     <t xml:space="preserve">Nate Yarhouse </t>
   </si>
   <si>
     <t>(800) 248-0270</t>
   </si>
   <si>
     <t>nyarhouse@rogersathletic.com</t>
   </si>
   <si>
     <t>Rykin Pump Company Inc</t>
   </si>
   <si>
     <t>Amy Dennis</t>
   </si>
   <si>
     <t>(432) 580-0101</t>
   </si>
   <si>
     <t>Amy@rykinpump.com</t>
   </si>
   <si>
+    <t>Rymar Construction</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maria Hobbs </t>
+  </si>
+  <si>
+    <t>(512) 986-9625</t>
+  </si>
+  <si>
+    <t>mhobbs@rymarconstruction.com</t>
+  </si>
+  <si>
     <t>Saddleback Educational, Inc.</t>
   </si>
   <si>
     <t>Brittany Gomez</t>
   </si>
   <si>
     <t>(714) 640-5200</t>
   </si>
   <si>
     <t>bids@sdlback.com</t>
   </si>
   <si>
     <t>SanJae Educational Resources, Inc.</t>
   </si>
   <si>
     <t>Sandra E. Butler</t>
   </si>
   <si>
     <t>(877) 726-5231</t>
   </si>
   <si>
     <t>sandy@sanjaeco.com</t>
   </si>
   <si>
     <t>Sarvicus LLC</t>
@@ -3567,71 +3645,74 @@
   <si>
     <t xml:space="preserve">South Texas School Furniture </t>
   </si>
   <si>
     <t>Alan Jirkovsky</t>
   </si>
   <si>
     <t>(361) 798-4364</t>
   </si>
   <si>
     <t>alanj@texaslibrary.com</t>
   </si>
   <si>
     <t>Southern Executive Transport, LLC DBA Apex Procurement Solutions</t>
   </si>
   <si>
     <t>Krystyn Nixon</t>
   </si>
   <si>
     <t>(832) 985-5554</t>
   </si>
   <si>
     <t>Krystyn@SolutionswithApex.com</t>
   </si>
   <si>
+    <t>Southwest Key Programs</t>
+  </si>
+  <si>
     <t>Spare Labs</t>
   </si>
   <si>
+    <t>James McCarthy</t>
+  </si>
+  <si>
+    <t>(778) 239-3667</t>
+  </si>
+  <si>
+    <t>james@spare.com</t>
+  </si>
+  <si>
     <t>Mobility Software and Solutions</t>
   </si>
   <si>
     <t>10/04/2023</t>
   </si>
   <si>
     <t>09/30/2031</t>
   </si>
   <si>
-    <t>James McCarthy</t>
-[...7 lines deleted...]
-  <si>
     <t>SpedTrack (Ionwave Technologies)</t>
   </si>
   <si>
     <t>Darren Henderson</t>
   </si>
   <si>
     <t>(417) 823-8449</t>
   </si>
   <si>
     <t>sales@spedtrack.com</t>
   </si>
   <si>
     <t xml:space="preserve">Sphero </t>
   </si>
   <si>
     <t xml:space="preserve">David Millage </t>
   </si>
   <si>
     <t>(303) 502-9466</t>
   </si>
   <si>
     <t>david.millage@sphero.com</t>
   </si>
   <si>
     <t>Sports Facilities Management, LLC</t>
@@ -3774,51 +3855,51 @@
   <si>
     <t>Ricky Peters</t>
   </si>
   <si>
     <t>(682) 760-7603</t>
   </si>
   <si>
     <t>rpeters@southwestelevator.com</t>
   </si>
   <si>
     <t>Symphonize Inc.</t>
   </si>
   <si>
     <t>Sreedhar Tatavarthi</t>
   </si>
   <si>
     <t>(630) 347-2554</t>
   </si>
   <si>
     <t>Sreedhar.tatavarthi@symphonize.com</t>
   </si>
   <si>
     <t>Syntegras LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">Amy Nobles </t>
+    <t>Amy Nobles</t>
   </si>
   <si>
     <t>(281) 352-7541</t>
   </si>
   <si>
     <t>anobles@syntegras.net</t>
   </si>
   <si>
     <t>Tall City Cyber LLC</t>
   </si>
   <si>
     <t>Eric Etheredge</t>
   </si>
   <si>
     <t>(806) 543-3374</t>
   </si>
   <si>
     <t>eric.e@tallcitycyber.com</t>
   </si>
   <si>
     <t>TeachTown (Jigsaw Learning LLC)</t>
   </si>
   <si>
     <t>Kimberly A. Johnson</t>
   </si>
@@ -4101,57 +4182,57 @@
   <si>
     <t>Ashley Barado</t>
   </si>
   <si>
     <t>(844) 629-2837</t>
   </si>
   <si>
     <t>ashley.barado@umswater.com</t>
   </si>
   <si>
     <t>UTJ Holdco, Inc. (Teaching Strategies, LLC)</t>
   </si>
   <si>
     <t xml:space="preserve">Heather O'Shea </t>
   </si>
   <si>
     <t>(301) 634-0818</t>
   </si>
   <si>
     <t>legal@teachingstrategies.com</t>
   </si>
   <si>
     <t>Uzurv Holdings Inc</t>
   </si>
   <si>
-    <t>Trish Fitzpartrick</t>
+    <t>Susan Starwalt</t>
   </si>
   <si>
     <t>(866) 898-7836</t>
   </si>
   <si>
-    <t>trish@uzurv.com</t>
+    <t>susan.starwalt@uzurv.com</t>
   </si>
   <si>
     <t>Ventris Learning</t>
   </si>
   <si>
     <t>Robert Meyer</t>
   </si>
   <si>
     <t>(608) 825-8282</t>
   </si>
   <si>
     <t>rmeyer@ventrislearning.com</t>
   </si>
   <si>
     <t>Via Transportation Inc</t>
   </si>
   <si>
     <t>Mike Vaccarino</t>
   </si>
   <si>
     <t>(914) 943-8478</t>
   </si>
   <si>
     <t>michael.vaccarino@ridewithvia.com</t>
   </si>
@@ -4237,50 +4318,62 @@
     <t xml:space="preserve">Jorge Moreno </t>
   </si>
   <si>
     <t>(210) 422-6836</t>
   </si>
   <si>
     <t>JMoreno@willdan.com</t>
   </si>
   <si>
     <t>Wocachee, LLC dba ProtekAV</t>
   </si>
   <si>
     <t>Calvin Womack</t>
   </si>
   <si>
     <t>(210) 859-1441</t>
   </si>
   <si>
     <t>cwomack@protekav.com</t>
   </si>
   <si>
     <t>Wood Designs</t>
   </si>
   <si>
     <t>wooddesigns@ironfurnace.com</t>
+  </si>
+  <si>
+    <t>Work Wear Safety Shoes</t>
+  </si>
+  <si>
+    <t>Tami Newman</t>
+  </si>
+  <si>
+    <t>(817) 640-2299</t>
+  </si>
+  <si>
+    <t>tami.newman@workwearsafety.com</t>
   </si>
   <si>
     <t>Workflow Manager (WCEC Engineers, Inc.)</t>
   </si>
   <si>
     <t>MPO Project Tracker Utility</t>
   </si>
   <si>
     <t>Clancy Black</t>
   </si>
   <si>
     <t>(801) 449-0564</t>
   </si>
   <si>
     <t>cblack@workflowmanager.app</t>
   </si>
   <si>
     <t>WT Cox Information Services</t>
   </si>
   <si>
     <t xml:space="preserve">Debra M. Knox </t>
   </si>
   <si>
     <t>(800) 571-9554</t>
   </si>
@@ -4513,15122 +4606,15612 @@
       </c>
       <c r="G3" t="s">
         <v>24</v>
       </c>
       <c r="H3" t="s">
         <v>0</v>
       </c>
       <c r="I3" t="s">
         <v>25</v>
       </c>
       <c r="J3" t="n">
         <v>257.0</v>
       </c>
       <c r="K3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="2">
         <v>27</v>
       </c>
       <c r="B4" t="s" s="2">
         <v>28</v>
       </c>
       <c r="C4" t="n" s="3">
-        <v>7.91202510004E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D4" t="s" s="4">
         <v>29</v>
       </c>
       <c r="E4" t="s" s="4">
         <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>31</v>
       </c>
       <c r="G4" t="s">
         <v>32</v>
       </c>
       <c r="H4" t="s">
         <v>0</v>
       </c>
       <c r="I4" t="s">
         <v>33</v>
       </c>
       <c r="J4" t="s">
         <v>0</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="2">
         <v>27</v>
       </c>
       <c r="B5" t="s" s="2">
         <v>35</v>
       </c>
       <c r="C5" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202510007E11</v>
       </c>
       <c r="D5" t="s" s="4">
         <v>29</v>
       </c>
       <c r="E5" t="s" s="4">
         <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>0</v>
       </c>
       <c r="I5" t="s">
         <v>33</v>
       </c>
       <c r="J5" t="s">
         <v>0</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="2">
         <v>36</v>
       </c>
       <c r="B6" t="s" s="2">
         <v>37</v>
       </c>
       <c r="C6" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D6" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s" s="4">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>0</v>
+      </c>
+      <c r="I6" t="s">
         <v>40</v>
       </c>
-      <c r="H6" t="s">
-[...2 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J6" t="s">
+        <v>0</v>
+      </c>
+      <c r="K6" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="2">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s" s="2">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C7" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D7" t="s" s="4">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="E7" t="s" s="4">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>0</v>
       </c>
       <c r="I7" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="J7" t="s">
         <v>0</v>
       </c>
       <c r="K7" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="2">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="B8" t="s" s="2">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C8" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D8" t="s" s="4">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E8" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G8" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>0</v>
       </c>
       <c r="I8" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>5.0</v>
+        <v>48</v>
+      </c>
+      <c r="J8" t="s">
+        <v>0</v>
       </c>
       <c r="K8" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="2">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s" s="2">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="C9" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D9" t="s" s="4">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s" s="4">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="H9" t="s">
         <v>0</v>
       </c>
       <c r="I9" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="J9" t="s">
         <v>0</v>
       </c>
       <c r="K9" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="2">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s" s="2">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="C10" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D10" t="s" s="4">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="E10" t="s" s="4">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G10" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H10" t="s">
         <v>0</v>
       </c>
       <c r="I10" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>61</v>
+      </c>
+      <c r="J10" t="n">
+        <v>5.0</v>
       </c>
       <c r="K10" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="2">
+        <v>63</v>
+      </c>
+      <c r="B11" t="s" s="2">
+        <v>64</v>
+      </c>
+      <c r="C11" t="n" s="3">
+        <v>7.91202409005E11</v>
+      </c>
+      <c r="D11" t="s" s="4">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s" s="4">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>31</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>0</v>
+      </c>
+      <c r="I11" t="s">
         <v>68</v>
       </c>
-      <c r="B11" t="s" s="2">
+      <c r="J11" t="s">
+        <v>0</v>
+      </c>
+      <c r="K11" t="s">
         <v>69</v>
-      </c>
-[...25 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="2">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s" s="2">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C12" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D12" t="s" s="4">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="E12" t="s" s="4">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F12" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G12" t="s">
         <v>72</v>
       </c>
       <c r="H12" t="s">
         <v>0</v>
       </c>
       <c r="I12" t="s">
         <v>73</v>
       </c>
       <c r="J12" t="s">
         <v>0</v>
       </c>
       <c r="K12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="2">
+        <v>75</v>
+      </c>
+      <c r="B13" t="s" s="2">
+        <v>76</v>
+      </c>
+      <c r="C13" t="n" s="3">
+        <v>7.91202007026E11</v>
+      </c>
+      <c r="D13" t="s" s="4">
         <v>77</v>
       </c>
-      <c r="B13" t="s" s="2">
+      <c r="E13" t="s" s="4">
         <v>78</v>
       </c>
-      <c r="C13" t="n" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>79</v>
       </c>
       <c r="H13" t="s">
         <v>0</v>
       </c>
       <c r="I13" t="s">
         <v>80</v>
       </c>
       <c r="J13" t="s">
         <v>0</v>
       </c>
       <c r="K13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="2">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s" s="2">
-        <v>37</v>
+        <v>82</v>
       </c>
       <c r="C14" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D14" t="s" s="4">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="E14" t="s" s="4">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F14" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>79</v>
       </c>
       <c r="H14" t="s">
         <v>0</v>
       </c>
       <c r="I14" t="s">
         <v>80</v>
       </c>
       <c r="J14" t="s">
         <v>0</v>
       </c>
       <c r="K14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s" s="2">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B15" t="s" s="2">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C15" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202502008E11</v>
       </c>
       <c r="D15" t="s" s="4">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="E15" t="s" s="4">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="F15" t="s">
         <v>31</v>
       </c>
       <c r="G15" t="s">
         <v>86</v>
       </c>
       <c r="H15" t="s">
         <v>0</v>
       </c>
       <c r="I15" t="s">
         <v>87</v>
       </c>
       <c r="J15" t="s">
         <v>0</v>
       </c>
       <c r="K15" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s" s="2">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B16" t="s" s="2">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="C16" t="n" s="3">
-        <v>7.91202403001E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D16" t="s" s="4">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s" s="4">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>31</v>
       </c>
       <c r="G16" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="H16" t="s">
         <v>0</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="J16" t="s">
         <v>0</v>
       </c>
       <c r="K16" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s" s="2">
         <v>89</v>
       </c>
       <c r="B17" t="s" s="2">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C17" t="n" s="3">
-        <v>7.91202403005E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D17" t="s" s="4">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="E17" t="s" s="4">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F17" t="s">
         <v>31</v>
       </c>
       <c r="G17" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H17" t="s">
         <v>0</v>
       </c>
       <c r="I17" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="J17" t="s">
         <v>0</v>
       </c>
       <c r="K17" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s" s="2">
         <v>96</v>
       </c>
       <c r="B18" t="s" s="2">
         <v>97</v>
       </c>
       <c r="C18" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202403001E11</v>
       </c>
       <c r="D18" t="s" s="4">
+        <v>65</v>
+      </c>
+      <c r="E18" t="s" s="4">
+        <v>66</v>
+      </c>
+      <c r="F18" t="s">
+        <v>31</v>
+      </c>
+      <c r="G18" t="s">
         <v>98</v>
       </c>
-      <c r="E18" t="s" s="4">
+      <c r="H18" t="s">
+        <v>0</v>
+      </c>
+      <c r="I18" t="s">
         <v>99</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="J18" t="s">
+        <v>0</v>
+      </c>
+      <c r="K18" t="s">
         <v>100</v>
-      </c>
-[...10 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s" s="2">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="B19" t="s" s="2">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="C19" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202403005E11</v>
       </c>
       <c r="D19" t="s" s="4">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="E19" t="s" s="4">
-        <v>23</v>
+        <v>102</v>
       </c>
       <c r="F19" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G19" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="H19" t="s">
         <v>0</v>
       </c>
       <c r="I19" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="J19" t="s">
         <v>0</v>
       </c>
       <c r="K19" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="2">
+        <v>103</v>
+      </c>
+      <c r="B20" t="s" s="2">
+        <v>104</v>
+      </c>
+      <c r="C20" t="n" s="3">
+        <v>7.9120200502E11</v>
+      </c>
+      <c r="D20" t="s" s="4">
+        <v>105</v>
+      </c>
+      <c r="E20" t="s" s="4">
+        <v>106</v>
+      </c>
+      <c r="F20" t="s">
+        <v>16</v>
+      </c>
+      <c r="G20" t="s">
         <v>107</v>
       </c>
-      <c r="B20" t="s" s="2">
+      <c r="H20" t="s">
+        <v>0</v>
+      </c>
+      <c r="I20" t="s">
         <v>108</v>
       </c>
-      <c r="C20" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G20" t="s">
+      <c r="J20" t="s">
+        <v>0</v>
+      </c>
+      <c r="K20" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="2">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B21" t="s" s="2">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="C21" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D21" t="s" s="4">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="E21" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H21" t="s">
         <v>0</v>
       </c>
       <c r="I21" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="J21" t="s">
         <v>0</v>
       </c>
       <c r="K21" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="2">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="B22" t="s" s="2">
-        <v>51</v>
+        <v>115</v>
       </c>
       <c r="C22" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202409006E11</v>
       </c>
       <c r="D22" t="s" s="4">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="E22" t="s" s="4">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="F22" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G22" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="H22" t="s">
         <v>0</v>
       </c>
       <c r="I22" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>117</v>
+      </c>
+      <c r="J22" t="n">
+        <v>340.0</v>
       </c>
       <c r="K22" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s" s="2">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="B23" t="s" s="2">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="C23" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D23" t="s" s="4">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E23" t="s" s="4">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="F23" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G23" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="H23" t="s">
         <v>0</v>
       </c>
       <c r="I23" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>117</v>
+      </c>
+      <c r="J23" t="n">
+        <v>340.0</v>
       </c>
       <c r="K23" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s" s="2">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B24" t="s" s="2">
-        <v>114</v>
+        <v>58</v>
       </c>
       <c r="C24" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D24" t="s" s="4">
-        <v>115</v>
+        <v>59</v>
       </c>
       <c r="E24" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F24" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" t="s">
         <v>116</v>
       </c>
-      <c r="F24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H24" t="s">
         <v>0</v>
       </c>
       <c r="I24" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>117</v>
+      </c>
+      <c r="J24" t="n">
+        <v>340.0</v>
       </c>
       <c r="K24" t="s">
-        <v>0</v>
+        <v>118</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s" s="2">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B25" t="s" s="2">
-        <v>78</v>
+        <v>119</v>
       </c>
       <c r="C25" t="n" s="3">
-        <v>7.91202502008E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D25" t="s" s="4">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E25" t="s" s="4">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F25" t="s">
         <v>31</v>
       </c>
       <c r="G25" t="s">
+        <v>116</v>
+      </c>
+      <c r="H25" t="s">
+        <v>0</v>
+      </c>
+      <c r="I25" t="s">
+        <v>117</v>
+      </c>
+      <c r="J25" t="n">
+        <v>340.0</v>
+      </c>
+      <c r="K25" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s" s="2">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B26" t="s" s="2">
         <v>121</v>
       </c>
       <c r="C26" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D26" t="s" s="4">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="E26" t="s" s="4">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F26" t="s">
         <v>31</v>
       </c>
       <c r="G26" t="s">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="H26" t="s">
         <v>0</v>
       </c>
       <c r="I26" t="s">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="J26" t="s">
         <v>0</v>
       </c>
       <c r="K26" t="s">
-        <v>120</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s" s="2">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B27" t="s" s="2">
-        <v>124</v>
+        <v>85</v>
       </c>
       <c r="C27" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202502008E11</v>
       </c>
       <c r="D27" t="s" s="4">
-        <v>125</v>
+        <v>52</v>
       </c>
       <c r="E27" t="s" s="4">
-        <v>126</v>
+        <v>53</v>
       </c>
       <c r="F27" t="s">
         <v>31</v>
       </c>
       <c r="G27" t="s">
+        <v>125</v>
+      </c>
+      <c r="H27" t="s">
+        <v>0</v>
+      </c>
+      <c r="I27" t="s">
+        <v>126</v>
+      </c>
+      <c r="J27" t="s">
+        <v>0</v>
+      </c>
+      <c r="K27" t="s">
         <v>127</v>
-      </c>
-[...10 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s" s="2">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B28" t="s" s="2">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="C28" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202510007E11</v>
       </c>
       <c r="D28" t="s" s="4">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="E28" t="s" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F28" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G28" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="H28" t="s">
         <v>0</v>
       </c>
       <c r="I28" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>705.0</v>
+        <v>126</v>
+      </c>
+      <c r="J28" t="s">
+        <v>0</v>
       </c>
       <c r="K28" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s" s="2">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="B29" t="s" s="2">
         <v>28</v>
       </c>
       <c r="C29" t="n" s="3">
-        <v>7.91202510004E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D29" t="s" s="4">
         <v>29</v>
       </c>
       <c r="E29" t="s" s="4">
         <v>30</v>
       </c>
       <c r="F29" t="s">
         <v>31</v>
       </c>
       <c r="G29" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="H29" t="s">
         <v>0</v>
       </c>
       <c r="I29" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="J29" t="s">
         <v>0</v>
       </c>
       <c r="K29" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s" s="2">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="B30" t="s" s="2">
-        <v>83</v>
+        <v>129</v>
       </c>
       <c r="C30" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D30" t="s" s="4">
-        <v>84</v>
+        <v>130</v>
       </c>
       <c r="E30" t="s" s="4">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="F30" t="s">
         <v>31</v>
       </c>
       <c r="G30" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="H30" t="s">
         <v>0</v>
       </c>
       <c r="I30" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="J30" t="s">
         <v>0</v>
       </c>
       <c r="K30" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s" s="2">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B31" t="s" s="2">
+        <v>58</v>
+      </c>
+      <c r="C31" t="n" s="3">
+        <v>7.91202003002E11</v>
+      </c>
+      <c r="D31" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="E31" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F31" t="s">
+        <v>16</v>
+      </c>
+      <c r="G31" t="s">
+        <v>136</v>
+      </c>
+      <c r="H31" t="s">
+        <v>0</v>
+      </c>
+      <c r="I31" t="s">
+        <v>137</v>
+      </c>
+      <c r="J31" t="n">
+        <v>705.0</v>
+      </c>
+      <c r="K31" t="s">
         <v>138</v>
-      </c>
-[...25 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s" s="2">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B32" t="s" s="2">
-        <v>139</v>
+        <v>42</v>
       </c>
       <c r="C32" t="n" s="3">
-        <v>7.91202505006E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D32" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E32" t="s" s="4">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F32" t="s">
         <v>31</v>
       </c>
       <c r="G32" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H32" t="s">
         <v>0</v>
       </c>
       <c r="I32" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="J32" t="s">
         <v>0</v>
       </c>
       <c r="K32" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s" s="2">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B33" t="s" s="2">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C33" t="n" s="3">
-        <v>7.91202403005E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D33" t="s" s="4">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="E33" t="s" s="4">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F33" t="s">
         <v>31</v>
       </c>
       <c r="G33" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H33" t="s">
         <v>0</v>
       </c>
       <c r="I33" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="J33" t="s">
         <v>0</v>
       </c>
       <c r="K33" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s" s="2">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B34" t="s" s="2">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C34" t="n" s="3">
-        <v>7.91202403003E11</v>
+        <v>7.91202510002E11</v>
       </c>
       <c r="D34" t="s" s="4">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="E34" t="s" s="4">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="F34" t="s">
         <v>31</v>
       </c>
       <c r="G34" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="H34" t="s">
         <v>0</v>
       </c>
       <c r="I34" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="J34" t="s">
         <v>0</v>
       </c>
       <c r="K34" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s" s="2">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="B35" t="s" s="2">
-        <v>21</v>
+        <v>144</v>
       </c>
       <c r="C35" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202505006E11</v>
       </c>
       <c r="D35" t="s" s="4">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E35" t="s" s="4">
-        <v>23</v>
+        <v>145</v>
       </c>
       <c r="F35" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G35" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="H35" t="s">
         <v>0</v>
       </c>
       <c r="I35" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="J35" t="s">
         <v>0</v>
       </c>
       <c r="K35" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="2">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="B36" t="s" s="2">
-        <v>150</v>
+        <v>101</v>
       </c>
       <c r="C36" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202403005E11</v>
       </c>
       <c r="D36" t="s" s="4">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="E36" t="s" s="4">
-        <v>151</v>
+        <v>102</v>
       </c>
       <c r="F36" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G36" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="H36" t="s">
         <v>0</v>
       </c>
       <c r="I36" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="J36" t="s">
         <v>0</v>
       </c>
       <c r="K36" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="2">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="B37" t="s" s="2">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="C37" t="n" s="3">
-        <v>7.91202303004E11</v>
+        <v>7.91202403003E11</v>
       </c>
       <c r="D37" t="s" s="4">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="E37" t="s" s="4">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="F37" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G37" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="H37" t="s">
         <v>0</v>
       </c>
       <c r="I37" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="J37" t="s">
         <v>0</v>
       </c>
       <c r="K37" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s" s="2">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="B38" t="s" s="2">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="C38" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D38" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E38" t="s" s="4">
-        <v>122</v>
+        <v>23</v>
       </c>
       <c r="F38" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G38" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="H38" t="s">
         <v>0</v>
       </c>
       <c r="I38" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="J38" t="s">
         <v>0</v>
       </c>
       <c r="K38" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s" s="2">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="B39" t="s" s="2">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C39" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D39" t="s" s="4">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E39" t="s" s="4">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="H39" t="s">
         <v>0</v>
       </c>
       <c r="I39" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="J39" t="s">
         <v>0</v>
       </c>
       <c r="K39" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s" s="2">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s" s="2">
-        <v>35</v>
+        <v>158</v>
       </c>
       <c r="C40" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D40" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E40" t="s" s="4">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F40" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G40" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="H40" t="s">
         <v>0</v>
       </c>
       <c r="I40" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="J40" t="s">
         <v>0</v>
       </c>
       <c r="K40" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s" s="2">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="B41" t="s" s="2">
-        <v>51</v>
+        <v>163</v>
       </c>
       <c r="C41" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202510006E11</v>
       </c>
       <c r="D41" t="s" s="4">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="E41" t="s" s="4">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F41" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G41" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="H41" t="s">
         <v>0</v>
       </c>
       <c r="I41" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="J41" t="s">
         <v>0</v>
       </c>
       <c r="K41" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s" s="2">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="B42" t="s" s="2">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="C42" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D42" t="s" s="4">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="E42" t="s" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F42" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G42" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="H42" t="s">
         <v>0</v>
       </c>
       <c r="I42" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="J42" t="s">
         <v>0</v>
       </c>
       <c r="K42" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s" s="2">
+        <v>171</v>
+      </c>
+      <c r="B43" t="s" s="2">
+        <v>155</v>
+      </c>
+      <c r="C43" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D43" t="s" s="4">
+        <v>83</v>
+      </c>
+      <c r="E43" t="s" s="4">
+        <v>156</v>
+      </c>
+      <c r="F43" t="s">
+        <v>16</v>
+      </c>
+      <c r="G43" t="s">
+        <v>172</v>
+      </c>
+      <c r="H43" t="s">
+        <v>0</v>
+      </c>
+      <c r="I43" t="s">
         <v>173</v>
       </c>
-      <c r="B43" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G43" t="s">
+      <c r="J43" t="s">
+        <v>0</v>
+      </c>
+      <c r="K43" t="s">
         <v>174</v>
-      </c>
-[...10 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s" s="2">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B44" t="s" s="2">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="C44" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D44" t="s" s="4">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="E44" t="s" s="4">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="F44" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G44" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H44" t="s">
         <v>0</v>
       </c>
       <c r="I44" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="J44" t="s">
         <v>0</v>
       </c>
       <c r="K44" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s" s="2">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B45" t="s" s="2">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C45" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D45" t="s" s="4">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E45" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H45" t="s">
         <v>0</v>
       </c>
       <c r="I45" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="J45" t="s">
         <v>0</v>
       </c>
       <c r="K45" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s" s="2">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B46" t="s" s="2">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C46" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D46" t="s" s="4">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E46" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="H46" t="s">
         <v>0</v>
       </c>
       <c r="I46" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>136.0</v>
+        <v>185</v>
+      </c>
+      <c r="J46" t="s">
+        <v>0</v>
       </c>
       <c r="K46" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s" s="2">
+        <v>183</v>
+      </c>
+      <c r="B47" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="C47" t="n" s="3">
+        <v>7.91202303001E11</v>
+      </c>
+      <c r="D47" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E47" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="F47" t="s">
+        <v>16</v>
+      </c>
+      <c r="G47" t="s">
+        <v>184</v>
+      </c>
+      <c r="H47" t="s">
+        <v>0</v>
+      </c>
+      <c r="I47" t="s">
         <v>185</v>
       </c>
-      <c r="B47" t="s" s="2">
+      <c r="J47" t="s">
+        <v>0</v>
+      </c>
+      <c r="K47" t="s">
         <v>186</v>
-      </c>
-[...25 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s" s="2">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="B48" t="s" s="2">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="C48" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D48" t="s" s="4">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="E48" t="s" s="4">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="H48" t="s">
         <v>0</v>
       </c>
       <c r="I48" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="J48" t="s">
         <v>0</v>
       </c>
       <c r="K48" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s" s="2">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="B49" t="s" s="2">
-        <v>196</v>
+        <v>58</v>
       </c>
       <c r="C49" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D49" t="s" s="4">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="E49" t="s" s="4">
-        <v>197</v>
+        <v>15</v>
       </c>
       <c r="F49" t="s">
         <v>16</v>
       </c>
       <c r="G49" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="H49" t="s">
         <v>0</v>
       </c>
       <c r="I49" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>258.0</v>
+        <v>189</v>
+      </c>
+      <c r="J49" t="s">
+        <v>0</v>
       </c>
       <c r="K49" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s" s="2">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="B50" t="s" s="2">
-        <v>202</v>
+        <v>58</v>
       </c>
       <c r="C50" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D50" t="s" s="4">
-        <v>203</v>
+        <v>59</v>
       </c>
       <c r="E50" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F50" t="s">
         <v>16</v>
       </c>
       <c r="G50" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="H50" t="s">
         <v>0</v>
       </c>
       <c r="I50" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>193</v>
+      </c>
+      <c r="J50" t="n">
+        <v>136.0</v>
       </c>
       <c r="K50" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s" s="2">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="B51" t="s" s="2">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="C51" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D51" t="s" s="4">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="E51" t="s" s="4">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="F51" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G51" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="H51" t="s">
         <v>0</v>
       </c>
       <c r="I51" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>199</v>
+      </c>
+      <c r="J51" t="n">
+        <v>4513.0</v>
       </c>
       <c r="K51" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s" s="2">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B52" t="s" s="2">
-        <v>121</v>
+        <v>58</v>
       </c>
       <c r="C52" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D52" t="s" s="4">
-        <v>29</v>
+        <v>59</v>
       </c>
       <c r="E52" t="s" s="4">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="F52" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G52" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="H52" t="s">
         <v>0</v>
       </c>
       <c r="I52" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="J52" t="s">
         <v>0</v>
       </c>
       <c r="K52" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s" s="2">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B53" t="s" s="2">
-        <v>21</v>
+        <v>206</v>
       </c>
       <c r="C53" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D53" t="s" s="4">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="E53" t="s" s="4">
-        <v>23</v>
+        <v>207</v>
       </c>
       <c r="F53" t="s">
         <v>16</v>
       </c>
       <c r="G53" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="H53" t="s">
         <v>0</v>
       </c>
       <c r="I53" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>209</v>
+      </c>
+      <c r="J53" t="n">
+        <v>258.0</v>
       </c>
       <c r="K53" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s" s="2">
+        <v>211</v>
+      </c>
+      <c r="B54" t="s" s="2">
+        <v>212</v>
+      </c>
+      <c r="C54" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D54" t="s" s="4">
         <v>213</v>
       </c>
-      <c r="B54" t="s" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="E54" t="s" s="4">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="F54" t="s">
         <v>16</v>
       </c>
       <c r="G54" t="s">
         <v>214</v>
       </c>
       <c r="H54" t="s">
         <v>0</v>
       </c>
       <c r="I54" t="s">
         <v>215</v>
       </c>
       <c r="J54" t="s">
         <v>0</v>
       </c>
       <c r="K54" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s" s="2">
         <v>217</v>
       </c>
       <c r="B55" t="s" s="2">
         <v>218</v>
       </c>
       <c r="C55" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D55" t="s" s="4">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="E55" t="s" s="4">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="F55" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G55" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H55" t="s">
         <v>0</v>
       </c>
       <c r="I55" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J55" t="s">
         <v>0</v>
       </c>
       <c r="K55" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s" s="2">
         <v>217</v>
       </c>
       <c r="B56" t="s" s="2">
-        <v>186</v>
+        <v>28</v>
       </c>
       <c r="C56" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D56" t="s" s="4">
-        <v>187</v>
+        <v>29</v>
       </c>
       <c r="E56" t="s" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F56" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G56" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H56" t="s">
         <v>0</v>
       </c>
       <c r="I56" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J56" t="s">
         <v>0</v>
       </c>
       <c r="K56" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s" s="2">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B57" t="s" s="2">
-        <v>218</v>
+        <v>21</v>
       </c>
       <c r="C57" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D57" t="s" s="4">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="E57" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F57" t="s">
         <v>16</v>
       </c>
       <c r="G57" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H57" t="s">
         <v>0</v>
       </c>
       <c r="I57" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J57" t="s">
         <v>0</v>
       </c>
       <c r="K57" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s" s="2">
+        <v>223</v>
+      </c>
+      <c r="B58" t="s" s="2">
+        <v>155</v>
+      </c>
+      <c r="C58" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D58" t="s" s="4">
+        <v>83</v>
+      </c>
+      <c r="E58" t="s" s="4">
+        <v>156</v>
+      </c>
+      <c r="F58" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" t="s">
+        <v>224</v>
+      </c>
+      <c r="H58" t="s">
+        <v>0</v>
+      </c>
+      <c r="I58" t="s">
+        <v>225</v>
+      </c>
+      <c r="J58" t="s">
+        <v>0</v>
+      </c>
+      <c r="K58" t="s">
         <v>226</v>
-      </c>
-[...28 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="B59" t="s" s="2">
+        <v>228</v>
+      </c>
+      <c r="C59" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D59" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E59" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F59" t="s">
+        <v>16</v>
+      </c>
+      <c r="G59" t="s">
         <v>229</v>
       </c>
-      <c r="B59" t="s" s="2">
+      <c r="H59" t="s">
+        <v>0</v>
+      </c>
+      <c r="I59" t="s">
         <v>230</v>
       </c>
-      <c r="C59" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G59" t="s">
+      <c r="J59" t="s">
+        <v>0</v>
+      </c>
+      <c r="K59" t="s">
         <v>231</v>
-      </c>
-[...10 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="B60" t="s" s="2">
+        <v>196</v>
+      </c>
+      <c r="C60" t="n" s="3">
+        <v>7.91202005016E11</v>
+      </c>
+      <c r="D60" t="s" s="4">
+        <v>197</v>
+      </c>
+      <c r="E60" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F60" t="s">
+        <v>16</v>
+      </c>
+      <c r="G60" t="s">
         <v>229</v>
       </c>
-      <c r="B60" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G60" t="s">
+      <c r="H60" t="s">
+        <v>0</v>
+      </c>
+      <c r="I60" t="s">
+        <v>230</v>
+      </c>
+      <c r="J60" t="s">
+        <v>0</v>
+      </c>
+      <c r="K60" t="s">
         <v>231</v>
-      </c>
-[...10 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s" s="2">
+        <v>232</v>
+      </c>
+      <c r="B61" t="s" s="2">
+        <v>228</v>
+      </c>
+      <c r="C61" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D61" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E61" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F61" t="s">
+        <v>16</v>
+      </c>
+      <c r="G61" t="s">
+        <v>233</v>
+      </c>
+      <c r="H61" t="s">
+        <v>0</v>
+      </c>
+      <c r="I61" t="s">
         <v>234</v>
       </c>
-      <c r="B61" t="s" s="2">
+      <c r="J61" t="s">
+        <v>0</v>
+      </c>
+      <c r="K61" t="s">
         <v>235</v>
-      </c>
-[...25 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s" s="2">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B62" t="s" s="2">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C62" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202507001E11</v>
       </c>
       <c r="D62" t="s" s="4">
-        <v>241</v>
+        <v>122</v>
       </c>
       <c r="E62" t="s" s="4">
-        <v>15</v>
+        <v>238</v>
       </c>
       <c r="F62" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G62" t="s">
-        <v>242</v>
+        <v>0</v>
       </c>
       <c r="H62" t="s">
         <v>0</v>
       </c>
       <c r="I62" t="s">
-        <v>243</v>
+        <v>0</v>
       </c>
       <c r="J62" t="s">
         <v>0</v>
       </c>
       <c r="K62" t="s">
-        <v>244</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s" s="2">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="B63" t="s" s="2">
-        <v>57</v>
+        <v>240</v>
       </c>
       <c r="C63" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D63" t="s" s="4">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="E63" t="s" s="4">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="F63" t="s">
         <v>31</v>
       </c>
       <c r="G63" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="H63" t="s">
         <v>0</v>
       </c>
       <c r="I63" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="J63" t="s">
         <v>0</v>
       </c>
       <c r="K63" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s" s="2">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="B64" t="s" s="2">
-        <v>202</v>
+        <v>44</v>
       </c>
       <c r="C64" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D64" t="s" s="4">
-        <v>203</v>
+        <v>45</v>
       </c>
       <c r="E64" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F64" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G64" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="H64" t="s">
         <v>0</v>
       </c>
       <c r="I64" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="J64" t="s">
         <v>0</v>
       </c>
       <c r="K64" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s" s="2">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="B65" t="s" s="2">
-        <v>218</v>
+        <v>245</v>
       </c>
       <c r="C65" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D65" t="s" s="4">
-        <v>203</v>
+        <v>29</v>
       </c>
       <c r="E65" t="s" s="4">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F65" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G65" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="H65" t="s">
         <v>0</v>
       </c>
       <c r="I65" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="J65" t="s">
         <v>0</v>
       </c>
       <c r="K65" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s" s="2">
+        <v>249</v>
+      </c>
+      <c r="B66" t="s" s="2">
+        <v>250</v>
+      </c>
+      <c r="C66" t="n" s="3">
+        <v>7.91202003005E11</v>
+      </c>
+      <c r="D66" t="s" s="4">
+        <v>251</v>
+      </c>
+      <c r="E66" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F66" t="s">
+        <v>16</v>
+      </c>
+      <c r="G66" t="s">
+        <v>252</v>
+      </c>
+      <c r="H66" t="s">
+        <v>0</v>
+      </c>
+      <c r="I66" t="s">
         <v>253</v>
       </c>
-      <c r="B66" t="s" s="2">
+      <c r="J66" t="s">
+        <v>0</v>
+      </c>
+      <c r="K66" t="s">
         <v>254</v>
-      </c>
-[...25 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s" s="2">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B67" t="s" s="2">
-        <v>196</v>
+        <v>64</v>
       </c>
       <c r="C67" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D67" t="s" s="4">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="E67" t="s" s="4">
-        <v>197</v>
+        <v>66</v>
       </c>
       <c r="F67" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G67" t="s">
         <v>256</v>
       </c>
       <c r="H67" t="s">
         <v>0</v>
       </c>
       <c r="I67" t="s">
         <v>257</v>
       </c>
       <c r="J67" t="s">
         <v>0</v>
       </c>
       <c r="K67" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s" s="2">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="B68" t="s" s="2">
-        <v>259</v>
+        <v>212</v>
       </c>
       <c r="C68" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D68" t="s" s="4">
-        <v>76</v>
+        <v>213</v>
       </c>
       <c r="E68" t="s" s="4">
-        <v>197</v>
+        <v>15</v>
       </c>
       <c r="F68" t="s">
         <v>16</v>
       </c>
       <c r="G68" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="H68" t="s">
         <v>0</v>
       </c>
       <c r="I68" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="J68" t="s">
         <v>0</v>
       </c>
       <c r="K68" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s" s="2">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B69" t="s" s="2">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="C69" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D69" t="s" s="4">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E69" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69" t="s">
+        <v>260</v>
+      </c>
+      <c r="H69" t="s">
+        <v>0</v>
+      </c>
+      <c r="I69" t="s">
         <v>261</v>
       </c>
-      <c r="H69" t="s">
-[...2 lines deleted...]
-      <c r="I69" t="s">
+      <c r="J69" t="s">
+        <v>0</v>
+      </c>
+      <c r="K69" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s" s="2">
+        <v>263</v>
+      </c>
+      <c r="B70" t="s" s="2">
         <v>264</v>
       </c>
-      <c r="B70" t="s" s="2">
+      <c r="C70" t="n" s="3">
+        <v>7.91202207008E11</v>
+      </c>
+      <c r="D70" t="s" s="4">
         <v>265</v>
       </c>
-      <c r="C70" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D70" t="s" s="4">
+      <c r="E70" t="s" s="4">
+        <v>131</v>
+      </c>
+      <c r="F70" t="s">
+        <v>31</v>
+      </c>
+      <c r="G70" t="s">
         <v>266</v>
       </c>
-      <c r="E70" t="s" s="4">
-[...5 lines deleted...]
-      <c r="G70" t="s">
+      <c r="H70" t="s">
+        <v>0</v>
+      </c>
+      <c r="I70" t="s">
         <v>267</v>
       </c>
-      <c r="H70" t="s">
-[...2 lines deleted...]
-      <c r="I70" t="s">
+      <c r="J70" t="s">
+        <v>0</v>
+      </c>
+      <c r="K70" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s" s="2">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="B71" t="s" s="2">
-        <v>69</v>
+        <v>206</v>
       </c>
       <c r="C71" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D71" t="s" s="4">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="E71" t="s" s="4">
-        <v>71</v>
+        <v>207</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="H71" t="s">
         <v>0</v>
       </c>
       <c r="I71" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="J71" t="s">
         <v>0</v>
       </c>
       <c r="K71" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s" s="2">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="B72" t="s" s="2">
+        <v>269</v>
+      </c>
+      <c r="C72" t="n" s="3">
+        <v>7.91202303006E11</v>
+      </c>
+      <c r="D72" t="s" s="4">
         <v>83</v>
       </c>
-      <c r="C72" t="n" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="E72" t="s" s="4">
-        <v>85</v>
+        <v>207</v>
       </c>
       <c r="F72" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G72" t="s">
-        <v>91</v>
+        <v>266</v>
       </c>
       <c r="H72" t="s">
         <v>0</v>
       </c>
       <c r="I72" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="J72" t="s">
         <v>0</v>
       </c>
       <c r="K72" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s" s="2">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="B73" t="s" s="2">
-        <v>278</v>
+        <v>228</v>
       </c>
       <c r="C73" t="n" s="3">
-        <v>7.91202103009E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D73" t="s" s="4">
-        <v>279</v>
+        <v>213</v>
       </c>
       <c r="E73" t="s" s="4">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="F73" t="s">
         <v>16</v>
       </c>
       <c r="G73" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="H73" t="s">
         <v>0</v>
       </c>
       <c r="I73" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="J73" t="s">
         <v>0</v>
       </c>
       <c r="K73" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s" s="2">
+        <v>274</v>
+      </c>
+      <c r="B74" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="C74" t="n" s="3">
+        <v>7.9120200401E11</v>
+      </c>
+      <c r="D74" t="s" s="4">
+        <v>276</v>
+      </c>
+      <c r="E74" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F74" t="s">
+        <v>16</v>
+      </c>
+      <c r="G74" t="s">
         <v>277</v>
       </c>
-      <c r="B74" t="s" s="2">
-[...16 lines deleted...]
-      </c>
       <c r="H74" t="s">
         <v>0</v>
       </c>
       <c r="I74" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="J74" t="s">
         <v>0</v>
       </c>
       <c r="K74" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s" s="2">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B75" t="s" s="2">
-        <v>284</v>
+        <v>76</v>
       </c>
       <c r="C75" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D75" t="s" s="4">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="E75" t="s" s="4">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="F75" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G75" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H75" t="s">
         <v>0</v>
       </c>
       <c r="I75" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J75" t="s">
         <v>0</v>
       </c>
       <c r="K75" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s" s="2">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="B76" t="s" s="2">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="C76" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D76" t="s" s="4">
-        <v>45</v>
+        <v>91</v>
       </c>
       <c r="E76" t="s" s="4">
-        <v>46</v>
+        <v>92</v>
       </c>
       <c r="F76" t="s">
         <v>31</v>
       </c>
       <c r="G76" t="s">
-        <v>280</v>
+        <v>98</v>
       </c>
       <c r="H76" t="s">
         <v>0</v>
       </c>
       <c r="I76" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="J76" t="s">
         <v>0</v>
       </c>
       <c r="K76" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s" s="2">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="B77" t="s" s="2">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C77" t="n" s="3">
-        <v>7.91202502006E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D77" t="s" s="4">
-        <v>45</v>
+        <v>289</v>
       </c>
       <c r="E77" t="s" s="4">
-        <v>46</v>
+        <v>156</v>
       </c>
       <c r="F77" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G77" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="H77" t="s">
         <v>0</v>
       </c>
       <c r="I77" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="J77" t="s">
         <v>0</v>
       </c>
       <c r="K77" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s" s="2">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B78" t="s" s="2">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="C78" t="n" s="3">
-        <v>7.91202505003E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D78" t="s" s="4">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="E78" t="s" s="4">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="F78" t="s">
         <v>31</v>
       </c>
       <c r="G78" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="H78" t="s">
         <v>0</v>
       </c>
       <c r="I78" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="J78" t="s">
         <v>0</v>
       </c>
       <c r="K78" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s" s="2">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="B79" t="s" s="2">
-        <v>235</v>
+        <v>294</v>
       </c>
       <c r="C79" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D79" t="s" s="4">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="E79" t="s" s="4">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F79" t="s">
         <v>31</v>
       </c>
       <c r="G79" t="s">
+        <v>290</v>
+      </c>
+      <c r="H79" t="s">
+        <v>0</v>
+      </c>
+      <c r="I79" t="s">
+        <v>291</v>
+      </c>
+      <c r="J79" t="s">
+        <v>0</v>
+      </c>
+      <c r="K79" t="s">
         <v>292</v>
-      </c>
-[...10 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s" s="2">
+        <v>287</v>
+      </c>
+      <c r="B80" t="s" s="2">
         <v>295</v>
       </c>
-      <c r="B80" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C80" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D80" t="s" s="4">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E80" t="s" s="4">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F80" t="s">
         <v>31</v>
       </c>
       <c r="G80" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="H80" t="s">
         <v>0</v>
       </c>
       <c r="I80" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>38.0</v>
+        <v>291</v>
+      </c>
+      <c r="J80" t="s">
+        <v>0</v>
       </c>
       <c r="K80" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s" s="2">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="B81" t="s" s="2">
-        <v>300</v>
+        <v>119</v>
       </c>
       <c r="C81" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D81" t="s" s="4">
-        <v>301</v>
+        <v>52</v>
       </c>
       <c r="E81" t="s" s="4">
-        <v>126</v>
+        <v>53</v>
       </c>
       <c r="F81" t="s">
         <v>31</v>
       </c>
       <c r="G81" t="s">
-        <v>302</v>
+        <v>290</v>
       </c>
       <c r="H81" t="s">
         <v>0</v>
       </c>
       <c r="I81" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="J81" t="s">
         <v>0</v>
       </c>
       <c r="K81" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s" s="2">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="B82" t="s" s="2">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C82" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202505003E11</v>
       </c>
       <c r="D82" t="s" s="4">
-        <v>301</v>
+        <v>45</v>
       </c>
       <c r="E82" t="s" s="4">
-        <v>126</v>
+        <v>46</v>
       </c>
       <c r="F82" t="s">
         <v>31</v>
       </c>
       <c r="G82" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="H82" t="s">
         <v>0</v>
       </c>
       <c r="I82" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="J82" t="s">
         <v>0</v>
       </c>
       <c r="K82" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s" s="2">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="B83" t="s" s="2">
-        <v>218</v>
+        <v>245</v>
       </c>
       <c r="C83" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D83" t="s" s="4">
-        <v>203</v>
+        <v>29</v>
       </c>
       <c r="E83" t="s" s="4">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F83" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G83" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="H83" t="s">
         <v>0</v>
       </c>
       <c r="I83" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="J83" t="s">
         <v>0</v>
       </c>
       <c r="K83" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s" s="2">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B84" t="s" s="2">
-        <v>202</v>
+        <v>51</v>
       </c>
       <c r="C84" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D84" t="s" s="4">
-        <v>203</v>
+        <v>52</v>
       </c>
       <c r="E84" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F84" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G84" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="H84" t="s">
         <v>0</v>
       </c>
       <c r="I84" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>307</v>
+      </c>
+      <c r="J84" t="n">
+        <v>38.0</v>
       </c>
       <c r="K84" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s" s="2">
+        <v>309</v>
+      </c>
+      <c r="B85" t="s" s="2">
+        <v>310</v>
+      </c>
+      <c r="C85" t="n" s="3">
+        <v>7.91202207002E11</v>
+      </c>
+      <c r="D85" t="s" s="4">
+        <v>311</v>
+      </c>
+      <c r="E85" t="s" s="4">
+        <v>131</v>
+      </c>
+      <c r="F85" t="s">
+        <v>31</v>
+      </c>
+      <c r="G85" t="s">
+        <v>312</v>
+      </c>
+      <c r="H85" t="s">
+        <v>0</v>
+      </c>
+      <c r="I85" t="s">
         <v>313</v>
       </c>
-      <c r="B85" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G85" t="s">
+      <c r="J85" t="s">
+        <v>0</v>
+      </c>
+      <c r="K85" t="s">
         <v>314</v>
-      </c>
-[...10 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s" s="2">
+        <v>315</v>
+      </c>
+      <c r="B86" t="s" s="2">
+        <v>310</v>
+      </c>
+      <c r="C86" t="n" s="3">
+        <v>7.91202207002E11</v>
+      </c>
+      <c r="D86" t="s" s="4">
+        <v>311</v>
+      </c>
+      <c r="E86" t="s" s="4">
+        <v>131</v>
+      </c>
+      <c r="F86" t="s">
+        <v>31</v>
+      </c>
+      <c r="G86" t="s">
+        <v>316</v>
+      </c>
+      <c r="H86" t="s">
+        <v>0</v>
+      </c>
+      <c r="I86" t="s">
         <v>317</v>
       </c>
-      <c r="B86" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G86" t="s">
+      <c r="J86" t="s">
+        <v>0</v>
+      </c>
+      <c r="K86" t="s">
         <v>318</v>
-      </c>
-[...10 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s" s="2">
+        <v>319</v>
+      </c>
+      <c r="B87" t="s" s="2">
+        <v>228</v>
+      </c>
+      <c r="C87" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D87" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E87" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F87" t="s">
+        <v>16</v>
+      </c>
+      <c r="G87" t="s">
+        <v>320</v>
+      </c>
+      <c r="H87" t="s">
+        <v>0</v>
+      </c>
+      <c r="I87" t="s">
         <v>321</v>
       </c>
-      <c r="B87" t="s" s="2">
-[...22 lines deleted...]
-      </c>
       <c r="J87" t="s">
         <v>0</v>
       </c>
       <c r="K87" t="s">
-        <v>0</v>
+        <v>322</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s" s="2">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B88" t="s" s="2">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="C88" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D88" t="s" s="4">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E88" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H88" t="s">
         <v>0</v>
       </c>
       <c r="I88" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="J88" t="s">
         <v>0</v>
       </c>
       <c r="K88" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s" s="2">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B89" t="s" s="2">
-        <v>202</v>
+        <v>104</v>
       </c>
       <c r="C89" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D89" t="s" s="4">
-        <v>203</v>
+        <v>105</v>
       </c>
       <c r="E89" t="s" s="4">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="F89" t="s">
         <v>16</v>
       </c>
       <c r="G89" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H89" t="s">
         <v>0</v>
       </c>
       <c r="I89" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="J89" t="s">
         <v>0</v>
       </c>
       <c r="K89" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s" s="2">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B90" t="s" s="2">
-        <v>124</v>
+        <v>58</v>
       </c>
       <c r="C90" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D90" t="s" s="4">
-        <v>125</v>
+        <v>59</v>
       </c>
       <c r="E90" t="s" s="4">
-        <v>126</v>
+        <v>15</v>
       </c>
       <c r="F90" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G90" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H90" t="s">
         <v>0</v>
       </c>
       <c r="I90" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J90" t="s">
         <v>0</v>
       </c>
       <c r="K90" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s" s="2">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="B91" t="s" s="2">
-        <v>330</v>
+        <v>121</v>
       </c>
       <c r="C91" t="n" s="3">
-        <v>7.91202303008E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D91" t="s" s="4">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="E91" t="s" s="4">
-        <v>331</v>
+        <v>123</v>
       </c>
       <c r="F91" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G91" t="s">
-        <v>327</v>
+        <v>0</v>
       </c>
       <c r="H91" t="s">
         <v>0</v>
       </c>
       <c r="I91" t="s">
-        <v>328</v>
+        <v>0</v>
       </c>
       <c r="J91" t="s">
         <v>0</v>
       </c>
       <c r="K91" t="s">
-        <v>329</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s" s="2">
         <v>332</v>
       </c>
       <c r="B92" t="s" s="2">
-        <v>112</v>
+        <v>228</v>
       </c>
       <c r="C92" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D92" t="s" s="4">
-        <v>45</v>
+        <v>213</v>
       </c>
       <c r="E92" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F92" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G92" t="s">
         <v>333</v>
       </c>
       <c r="H92" t="s">
         <v>0</v>
       </c>
       <c r="I92" t="s">
         <v>334</v>
       </c>
       <c r="J92" t="s">
         <v>0</v>
       </c>
       <c r="K92" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s" s="2">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="B93" t="s" s="2">
-        <v>337</v>
+        <v>212</v>
       </c>
       <c r="C93" t="n" s="3">
-        <v>7.91202003001E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D93" t="s" s="4">
-        <v>338</v>
+        <v>213</v>
       </c>
       <c r="E93" t="s" s="4">
-        <v>339</v>
+        <v>15</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="H93" t="s">
         <v>0</v>
       </c>
       <c r="I93" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="J93" t="s">
         <v>0</v>
       </c>
       <c r="K93" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s" s="2">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="B94" t="s" s="2">
-        <v>344</v>
+        <v>129</v>
       </c>
       <c r="C94" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D94" t="s" s="4">
-        <v>14</v>
+        <v>130</v>
       </c>
       <c r="E94" t="s" s="4">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F94" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G94" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="H94" t="s">
         <v>0</v>
       </c>
       <c r="I94" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>1829.0</v>
+        <v>338</v>
+      </c>
+      <c r="J94" t="s">
+        <v>0</v>
       </c>
       <c r="K94" t="s">
-        <v>347</v>
+        <v>339</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s" s="2">
-        <v>348</v>
+        <v>336</v>
       </c>
       <c r="B95" t="s" s="2">
-        <v>218</v>
+        <v>340</v>
       </c>
       <c r="C95" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303008E11</v>
       </c>
       <c r="D95" t="s" s="4">
-        <v>203</v>
+        <v>83</v>
       </c>
       <c r="E95" t="s" s="4">
-        <v>15</v>
+        <v>341</v>
       </c>
       <c r="F95" t="s">
         <v>16</v>
       </c>
       <c r="G95" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="H95" t="s">
         <v>0</v>
       </c>
       <c r="I95" t="s">
-        <v>350</v>
+        <v>338</v>
       </c>
       <c r="J95" t="s">
         <v>0</v>
       </c>
       <c r="K95" t="s">
-        <v>351</v>
+        <v>339</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s" s="2">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="B96" t="s" s="2">
-        <v>186</v>
+        <v>119</v>
       </c>
       <c r="C96" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D96" t="s" s="4">
-        <v>187</v>
+        <v>52</v>
       </c>
       <c r="E96" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F96" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G96" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="H96" t="s">
         <v>0</v>
       </c>
       <c r="I96" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="J96" t="s">
         <v>0</v>
       </c>
       <c r="K96" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s" s="2">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="B97" t="s" s="2">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="C97" t="n" s="3">
-        <v>7.91202103001E11</v>
+        <v>7.91202003001E11</v>
       </c>
       <c r="D97" t="s" s="4">
-        <v>358</v>
+        <v>348</v>
       </c>
       <c r="E97" t="s" s="4">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="F97" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G97" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="H97" t="s">
         <v>0</v>
       </c>
       <c r="I97" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="J97" t="s">
         <v>0</v>
       </c>
       <c r="K97" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s" s="2">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="B98" t="s" s="2">
-        <v>112</v>
+        <v>354</v>
       </c>
       <c r="C98" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D98" t="s" s="4">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E98" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F98" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G98" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="H98" t="s">
         <v>0</v>
       </c>
       <c r="I98" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>356</v>
+      </c>
+      <c r="J98" t="n">
+        <v>1829.0</v>
       </c>
       <c r="K98" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s" s="2">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="B99" t="s" s="2">
-        <v>142</v>
+        <v>228</v>
       </c>
       <c r="C99" t="n" s="3">
-        <v>7.91202403003E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D99" t="s" s="4">
-        <v>58</v>
+        <v>213</v>
       </c>
       <c r="E99" t="s" s="4">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="F99" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G99" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="H99" t="s">
         <v>0</v>
       </c>
       <c r="I99" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="J99" t="s">
         <v>0</v>
       </c>
       <c r="K99" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s" s="2">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="B100" t="s" s="2">
-        <v>284</v>
+        <v>196</v>
       </c>
       <c r="C100" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D100" t="s" s="4">
-        <v>38</v>
+        <v>197</v>
       </c>
       <c r="E100" t="s" s="4">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F100" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G100" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="H100" t="s">
         <v>0</v>
       </c>
       <c r="I100" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="J100" t="s">
         <v>0</v>
       </c>
       <c r="K100" t="s">
-        <v>374</v>
+        <v>365</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s" s="2">
-        <v>375</v>
+        <v>366</v>
       </c>
       <c r="B101" t="s" s="2">
-        <v>376</v>
+        <v>35</v>
       </c>
       <c r="C101" t="n" s="3">
-        <v>7.91202505009E11</v>
+        <v>7.91202510007E11</v>
       </c>
       <c r="D101" t="s" s="4">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E101" t="s" s="4">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="F101" t="s">
-        <v>377</v>
+        <v>31</v>
       </c>
       <c r="G101" t="s">
-        <v>378</v>
+        <v>367</v>
       </c>
       <c r="H101" t="s">
         <v>0</v>
       </c>
       <c r="I101" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>64.0</v>
+        <v>368</v>
+      </c>
+      <c r="J101" t="s">
+        <v>0</v>
       </c>
       <c r="K101" t="s">
-        <v>380</v>
+        <v>369</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s" s="2">
-        <v>375</v>
+        <v>366</v>
       </c>
       <c r="B102" t="s" s="2">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="C102" t="n" s="3">
-        <v>7.91202505007E11</v>
+        <v>7.91202103001E11</v>
       </c>
       <c r="D102" t="s" s="4">
-        <v>38</v>
+        <v>371</v>
       </c>
       <c r="E102" t="s" s="4">
-        <v>39</v>
+        <v>372</v>
       </c>
       <c r="F102" t="s">
         <v>31</v>
       </c>
       <c r="G102" t="s">
-        <v>378</v>
+        <v>367</v>
       </c>
       <c r="H102" t="s">
         <v>0</v>
       </c>
       <c r="I102" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>64.0</v>
+        <v>368</v>
+      </c>
+      <c r="J102" t="s">
+        <v>0</v>
       </c>
       <c r="K102" t="s">
-        <v>380</v>
+        <v>369</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s" s="2">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="B103" t="s" s="2">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C103" t="n" s="3">
         <v>7.91202502005E11</v>
       </c>
       <c r="D103" t="s" s="4">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E103" t="s" s="4">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F103" t="s">
         <v>31</v>
       </c>
       <c r="G103" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H103" t="s">
         <v>0</v>
       </c>
       <c r="I103" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="J103" t="s">
         <v>0</v>
       </c>
       <c r="K103" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s" s="2">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="B104" t="s" s="2">
-        <v>57</v>
+        <v>147</v>
       </c>
       <c r="C104" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202403003E11</v>
       </c>
       <c r="D104" t="s" s="4">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="E104" t="s" s="4">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="F104" t="s">
         <v>31</v>
       </c>
       <c r="G104" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="H104" t="s">
         <v>0</v>
       </c>
       <c r="I104" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="J104" t="s">
         <v>0</v>
       </c>
       <c r="K104" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s" s="2">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B105" t="s" s="2">
-        <v>218</v>
+        <v>294</v>
       </c>
       <c r="C105" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D105" t="s" s="4">
-        <v>203</v>
+        <v>45</v>
       </c>
       <c r="E105" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F105" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G105" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="H105" t="s">
         <v>0</v>
       </c>
       <c r="I105" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="J105" t="s">
         <v>0</v>
       </c>
       <c r="K105" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s" s="2">
+        <v>385</v>
+      </c>
+      <c r="B106" t="s" s="2">
+        <v>386</v>
+      </c>
+      <c r="C106" t="n" s="3">
+        <v>7.91202505009E11</v>
+      </c>
+      <c r="D106" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E106" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F106" t="s">
+        <v>387</v>
+      </c>
+      <c r="G106" t="s">
+        <v>388</v>
+      </c>
+      <c r="H106" t="s">
+        <v>0</v>
+      </c>
+      <c r="I106" t="s">
         <v>389</v>
       </c>
-      <c r="B106" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G106" t="s">
+      <c r="J106" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="K106" t="s">
         <v>390</v>
-      </c>
-[...10 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s" s="2">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="B107" t="s" s="2">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="C107" t="n" s="3">
-        <v>7.91202502002E11</v>
+        <v>7.91202505007E11</v>
       </c>
       <c r="D107" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E107" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F107" t="s">
         <v>31</v>
       </c>
       <c r="G107" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="H107" t="s">
         <v>0</v>
       </c>
       <c r="I107" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>389</v>
+      </c>
+      <c r="J107" t="n">
+        <v>64.0</v>
       </c>
       <c r="K107" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s" s="2">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="B108" t="s" s="2">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C108" t="n" s="3">
         <v>7.91202502005E11</v>
       </c>
       <c r="D108" t="s" s="4">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E108" t="s" s="4">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F108" t="s">
         <v>31</v>
       </c>
       <c r="G108" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="H108" t="s">
         <v>0</v>
       </c>
       <c r="I108" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="J108" t="s">
         <v>0</v>
       </c>
       <c r="K108" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s" s="2">
-        <v>402</v>
+        <v>391</v>
       </c>
       <c r="B109" t="s" s="2">
-        <v>403</v>
+        <v>64</v>
       </c>
       <c r="C109" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D109" t="s" s="4">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="E109" t="s" s="4">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="F109" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G109" t="s">
-        <v>404</v>
+        <v>392</v>
       </c>
       <c r="H109" t="s">
         <v>0</v>
       </c>
       <c r="I109" t="s">
-        <v>405</v>
+        <v>393</v>
       </c>
       <c r="J109" t="s">
         <v>0</v>
       </c>
       <c r="K109" t="s">
-        <v>406</v>
+        <v>394</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s" s="2">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="B110" t="s" s="2">
-        <v>51</v>
+        <v>228</v>
       </c>
       <c r="C110" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D110" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E110" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F110" t="s">
         <v>16</v>
       </c>
       <c r="G110" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="H110" t="s">
         <v>0</v>
       </c>
       <c r="I110" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="J110" t="s">
         <v>0</v>
       </c>
       <c r="K110" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s" s="2">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B111" t="s" s="2">
-        <v>407</v>
+        <v>58</v>
       </c>
       <c r="C111" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D111" t="s" s="4">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E111" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F111" t="s">
         <v>16</v>
       </c>
       <c r="G111" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="H111" t="s">
         <v>0</v>
       </c>
       <c r="I111" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="J111" t="s">
         <v>0</v>
       </c>
       <c r="K111" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s" s="2">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B112" t="s" s="2">
-        <v>13</v>
+        <v>404</v>
       </c>
       <c r="C112" t="n" s="3">
-        <v>7.91202004009E11</v>
+        <v>7.91202502002E11</v>
       </c>
       <c r="D112" t="s" s="4">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="E112" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F112" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G112" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H112" t="s">
         <v>0</v>
       </c>
       <c r="I112" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J112" t="s">
         <v>0</v>
       </c>
       <c r="K112" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s" s="2">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="B113" t="s" s="2">
-        <v>265</v>
+        <v>119</v>
       </c>
       <c r="C113" t="n" s="3">
-        <v>7.9120200401E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D113" t="s" s="4">
-        <v>266</v>
+        <v>52</v>
       </c>
       <c r="E113" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F113" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G113" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="H113" t="s">
         <v>0</v>
       </c>
       <c r="I113" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="J113" t="s">
         <v>0</v>
       </c>
       <c r="K113" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s" s="2">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="B114" t="s" s="2">
-        <v>300</v>
+        <v>413</v>
       </c>
       <c r="C114" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D114" t="s" s="4">
-        <v>301</v>
+        <v>14</v>
       </c>
       <c r="E114" t="s" s="4">
-        <v>126</v>
+        <v>15</v>
       </c>
       <c r="F114" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G114" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="H114" t="s">
         <v>0</v>
       </c>
       <c r="I114" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="J114" t="s">
         <v>0</v>
       </c>
       <c r="K114" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s" s="2">
         <v>412</v>
       </c>
       <c r="B115" t="s" s="2">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="C115" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D115" t="s" s="4">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="E115" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F115" t="s">
         <v>16</v>
       </c>
       <c r="G115" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H115" t="s">
         <v>0</v>
       </c>
       <c r="I115" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="J115" t="s">
         <v>0</v>
       </c>
       <c r="K115" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s" s="2">
+        <v>412</v>
+      </c>
+      <c r="B116" t="s" s="2">
+        <v>417</v>
+      </c>
+      <c r="C116" t="n" s="3">
+        <v>7.91202003006E11</v>
+      </c>
+      <c r="D116" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="E116" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F116" t="s">
+        <v>16</v>
+      </c>
+      <c r="G116" t="s">
+        <v>414</v>
+      </c>
+      <c r="H116" t="s">
+        <v>0</v>
+      </c>
+      <c r="I116" t="s">
+        <v>415</v>
+      </c>
+      <c r="J116" t="s">
+        <v>0</v>
+      </c>
+      <c r="K116" t="s">
         <v>416</v>
-      </c>
-[...28 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s" s="2">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="B117" t="s" s="2">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="C117" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202004009E11</v>
       </c>
       <c r="D117" t="s" s="4">
-        <v>203</v>
+        <v>14</v>
       </c>
       <c r="E117" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="H117" t="s">
         <v>0</v>
       </c>
       <c r="I117" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="J117" t="s">
         <v>0</v>
       </c>
       <c r="K117" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s" s="2">
-        <v>424</v>
+        <v>412</v>
       </c>
       <c r="B118" t="s" s="2">
-        <v>287</v>
+        <v>275</v>
       </c>
       <c r="C118" t="n" s="3">
-        <v>7.91202505003E11</v>
+        <v>7.9120200401E11</v>
       </c>
       <c r="D118" t="s" s="4">
-        <v>38</v>
+        <v>276</v>
       </c>
       <c r="E118" t="s" s="4">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F118" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G118" t="s">
-        <v>425</v>
+        <v>414</v>
       </c>
       <c r="H118" t="s">
         <v>0</v>
       </c>
       <c r="I118" t="s">
-        <v>426</v>
+        <v>415</v>
       </c>
       <c r="J118" t="s">
         <v>0</v>
       </c>
       <c r="K118" t="s">
-        <v>427</v>
+        <v>416</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s" s="2">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="B119" t="s" s="2">
-        <v>407</v>
+        <v>310</v>
       </c>
       <c r="C119" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D119" t="s" s="4">
-        <v>52</v>
+        <v>311</v>
       </c>
       <c r="E119" t="s" s="4">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F119" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G119" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="H119" t="s">
         <v>0</v>
       </c>
       <c r="I119" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="J119" t="s">
         <v>0</v>
       </c>
       <c r="K119" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s" s="2">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="B120" t="s" s="2">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="C120" t="n" s="3">
-        <v>7.91202403005E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D120" t="s" s="4">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="E120" t="s" s="4">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="F120" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G120" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="H120" t="s">
         <v>0</v>
       </c>
       <c r="I120" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="J120" t="s">
         <v>0</v>
       </c>
       <c r="K120" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s" s="2">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="B121" t="s" s="2">
-        <v>436</v>
+        <v>119</v>
       </c>
       <c r="C121" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D121" t="s" s="4">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E121" t="s" s="4">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="F121" t="s">
         <v>31</v>
       </c>
       <c r="G121" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="H121" t="s">
         <v>0</v>
       </c>
       <c r="I121" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="J121" t="s">
         <v>0</v>
       </c>
       <c r="K121" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s" s="2">
+        <v>430</v>
+      </c>
+      <c r="B122" t="s" s="2">
+        <v>212</v>
+      </c>
+      <c r="C122" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D122" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E122" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F122" t="s">
+        <v>16</v>
+      </c>
+      <c r="G122" t="s">
+        <v>431</v>
+      </c>
+      <c r="H122" t="s">
+        <v>0</v>
+      </c>
+      <c r="I122" t="s">
         <v>432</v>
       </c>
-      <c r="B122" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G122" t="s">
+      <c r="J122" t="s">
+        <v>0</v>
+      </c>
+      <c r="K122" t="s">
         <v>433</v>
-      </c>
-[...10 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s" s="2">
+        <v>434</v>
+      </c>
+      <c r="B123" t="s" s="2">
+        <v>297</v>
+      </c>
+      <c r="C123" t="n" s="3">
+        <v>7.91202505003E11</v>
+      </c>
+      <c r="D123" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E123" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F123" t="s">
+        <v>31</v>
+      </c>
+      <c r="G123" t="s">
+        <v>435</v>
+      </c>
+      <c r="H123" t="s">
+        <v>0</v>
+      </c>
+      <c r="I123" t="s">
+        <v>436</v>
+      </c>
+      <c r="J123" t="s">
+        <v>0</v>
+      </c>
+      <c r="K123" t="s">
         <v>437</v>
-      </c>
-[...28 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s" s="2">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="B124" t="s" s="2">
-        <v>218</v>
+        <v>417</v>
       </c>
       <c r="C124" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D124" t="s" s="4">
-        <v>203</v>
+        <v>59</v>
       </c>
       <c r="E124" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F124" t="s">
         <v>16</v>
       </c>
       <c r="G124" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="H124" t="s">
         <v>0</v>
       </c>
       <c r="I124" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="J124" t="s">
         <v>0</v>
       </c>
       <c r="K124" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s" s="2">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="B125" t="s" s="2">
-        <v>446</v>
+        <v>101</v>
       </c>
       <c r="C125" t="n" s="3">
-        <v>7.91202103003E11</v>
+        <v>7.91202403005E11</v>
       </c>
       <c r="D125" t="s" s="4">
-        <v>447</v>
+        <v>65</v>
       </c>
       <c r="E125" t="s" s="4">
-        <v>151</v>
+        <v>102</v>
       </c>
       <c r="F125" t="s">
         <v>31</v>
       </c>
       <c r="G125" t="s">
-        <v>0</v>
+        <v>443</v>
       </c>
       <c r="H125" t="s">
         <v>0</v>
       </c>
       <c r="I125" t="s">
-        <v>0</v>
+        <v>444</v>
       </c>
       <c r="J125" t="s">
         <v>0</v>
       </c>
       <c r="K125" t="s">
-        <v>0</v>
+        <v>445</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s" s="2">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="B126" t="s" s="2">
-        <v>218</v>
+        <v>446</v>
       </c>
       <c r="C126" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D126" t="s" s="4">
-        <v>203</v>
+        <v>52</v>
       </c>
       <c r="E126" t="s" s="4">
-        <v>15</v>
+        <v>349</v>
       </c>
       <c r="F126" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G126" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="H126" t="s">
         <v>0</v>
       </c>
       <c r="I126" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="J126" t="s">
         <v>0</v>
       </c>
       <c r="K126" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s" s="2">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="B127" t="s" s="2">
-        <v>186</v>
+        <v>28</v>
       </c>
       <c r="C127" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D127" t="s" s="4">
-        <v>187</v>
+        <v>29</v>
       </c>
       <c r="E127" t="s" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F127" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G127" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="H127" t="s">
         <v>0</v>
       </c>
       <c r="I127" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="J127" t="s">
         <v>0</v>
       </c>
       <c r="K127" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s" s="2">
+        <v>447</v>
+      </c>
+      <c r="B128" t="s" s="2">
+        <v>104</v>
+      </c>
+      <c r="C128" t="n" s="3">
+        <v>7.9120200502E11</v>
+      </c>
+      <c r="D128" t="s" s="4">
+        <v>105</v>
+      </c>
+      <c r="E128" t="s" s="4">
+        <v>106</v>
+      </c>
+      <c r="F128" t="s">
+        <v>16</v>
+      </c>
+      <c r="G128" t="s">
         <v>448</v>
       </c>
-      <c r="B128" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G128" t="s">
+      <c r="H128" t="s">
+        <v>0</v>
+      </c>
+      <c r="I128" t="s">
         <v>449</v>
       </c>
-      <c r="H128" t="s">
-[...2 lines deleted...]
-      <c r="I128" t="s">
+      <c r="J128" t="s">
+        <v>0</v>
+      </c>
+      <c r="K128" t="s">
         <v>450</v>
-      </c>
-[...4 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s" s="2">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="B129" t="s" s="2">
-        <v>344</v>
+        <v>228</v>
       </c>
       <c r="C129" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D129" t="s" s="4">
-        <v>14</v>
+        <v>213</v>
       </c>
       <c r="E129" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F129" t="s">
         <v>16</v>
       </c>
       <c r="G129" t="s">
+        <v>452</v>
+      </c>
+      <c r="H129" t="s">
+        <v>0</v>
+      </c>
+      <c r="I129" t="s">
         <v>453</v>
       </c>
-      <c r="H129" t="s">
-[...2 lines deleted...]
-      <c r="I129" t="s">
+      <c r="J129" t="s">
+        <v>0</v>
+      </c>
+      <c r="K129" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s" s="2">
+        <v>455</v>
+      </c>
+      <c r="B130" t="s" s="2">
         <v>456</v>
       </c>
-      <c r="B130" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C130" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202103003E11</v>
       </c>
       <c r="D130" t="s" s="4">
-        <v>22</v>
+        <v>457</v>
       </c>
       <c r="E130" t="s" s="4">
-        <v>23</v>
+        <v>156</v>
       </c>
       <c r="F130" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G130" t="s">
-        <v>457</v>
+        <v>0</v>
       </c>
       <c r="H130" t="s">
         <v>0</v>
       </c>
       <c r="I130" t="s">
-        <v>458</v>
+        <v>0</v>
       </c>
       <c r="J130" t="s">
         <v>0</v>
       </c>
       <c r="K130" t="s">
-        <v>459</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="2">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B131" t="s" s="2">
+        <v>228</v>
+      </c>
+      <c r="C131" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D131" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E131" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F131" t="s">
+        <v>16</v>
+      </c>
+      <c r="G131" t="s">
+        <v>459</v>
+      </c>
+      <c r="H131" t="s">
+        <v>0</v>
+      </c>
+      <c r="I131" t="s">
         <v>460</v>
       </c>
-      <c r="C131" t="n" s="3">
-[...19 lines deleted...]
-      </c>
       <c r="J131" t="s">
         <v>0</v>
       </c>
       <c r="K131" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="2">
+        <v>458</v>
+      </c>
+      <c r="B132" t="s" s="2">
+        <v>196</v>
+      </c>
+      <c r="C132" t="n" s="3">
+        <v>7.91202005016E11</v>
+      </c>
+      <c r="D132" t="s" s="4">
+        <v>197</v>
+      </c>
+      <c r="E132" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F132" t="s">
+        <v>16</v>
+      </c>
+      <c r="G132" t="s">
+        <v>459</v>
+      </c>
+      <c r="H132" t="s">
+        <v>0</v>
+      </c>
+      <c r="I132" t="s">
+        <v>460</v>
+      </c>
+      <c r="J132" t="s">
+        <v>0</v>
+      </c>
+      <c r="K132" t="s">
         <v>461</v>
-      </c>
-[...28 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s" s="2">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="B133" t="s" s="2">
-        <v>150</v>
+        <v>76</v>
       </c>
       <c r="C133" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D133" t="s" s="4">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E133" t="s" s="4">
-        <v>151</v>
+        <v>78</v>
       </c>
       <c r="F133" t="s">
         <v>16</v>
       </c>
       <c r="G133" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="H133" t="s">
         <v>0</v>
       </c>
       <c r="I133" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="J133" t="s">
         <v>0</v>
       </c>
       <c r="K133" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s" s="2">
-        <v>470</v>
+        <v>462</v>
       </c>
       <c r="B134" t="s" s="2">
-        <v>51</v>
+        <v>354</v>
       </c>
       <c r="C134" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D134" t="s" s="4">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="E134" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="H134" t="s">
         <v>0</v>
       </c>
       <c r="I134" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="J134" t="s">
         <v>0</v>
       </c>
       <c r="K134" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s" s="2">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="B135" t="s" s="2">
-        <v>114</v>
+        <v>467</v>
       </c>
       <c r="C135" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D135" t="s" s="4">
-        <v>115</v>
+        <v>311</v>
       </c>
       <c r="E135" t="s" s="4">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="F135" t="s">
         <v>31</v>
       </c>
       <c r="G135" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="H135" t="s">
         <v>0</v>
       </c>
       <c r="I135" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="J135" t="s">
         <v>0</v>
       </c>
       <c r="K135" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s" s="2">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="B136" t="s" s="2">
-        <v>240</v>
+        <v>21</v>
       </c>
       <c r="C136" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D136" t="s" s="4">
-        <v>241</v>
+        <v>22</v>
       </c>
       <c r="E136" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F136" t="s">
         <v>16</v>
       </c>
       <c r="G136" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="H136" t="s">
         <v>0</v>
       </c>
       <c r="I136" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="J136" t="s">
         <v>0</v>
       </c>
       <c r="K136" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s" s="2">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="B137" t="s" s="2">
-        <v>112</v>
+        <v>472</v>
       </c>
       <c r="C137" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D137" t="s" s="4">
-        <v>45</v>
+        <v>219</v>
       </c>
       <c r="E137" t="s" s="4">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="F137" t="s">
         <v>31</v>
       </c>
       <c r="G137" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="H137" t="s">
         <v>0</v>
       </c>
       <c r="I137" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>474</v>
+      </c>
+      <c r="J137" t="n">
+        <v>1096.0</v>
       </c>
       <c r="K137" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s" s="2">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="B138" t="s" s="2">
-        <v>460</v>
+        <v>155</v>
       </c>
       <c r="C138" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D138" t="s" s="4">
-        <v>301</v>
+        <v>83</v>
       </c>
       <c r="E138" t="s" s="4">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="F138" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G138" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="H138" t="s">
         <v>0</v>
       </c>
       <c r="I138" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="J138" t="s">
         <v>0</v>
       </c>
       <c r="K138" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s" s="2">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="B139" t="s" s="2">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="C139" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D139" t="s" s="4">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="E139" t="s" s="4">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="F139" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G139" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="H139" t="s">
         <v>0</v>
       </c>
       <c r="I139" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="J139" t="s">
         <v>0</v>
       </c>
       <c r="K139" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s" s="2">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="B140" t="s" s="2">
-        <v>491</v>
+        <v>121</v>
       </c>
       <c r="C140" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D140" t="s" s="4">
-        <v>492</v>
+        <v>122</v>
       </c>
       <c r="E140" t="s" s="4">
-        <v>493</v>
+        <v>123</v>
       </c>
       <c r="F140" t="s">
         <v>31</v>
       </c>
       <c r="G140" t="s">
-        <v>494</v>
+        <v>481</v>
       </c>
       <c r="H140" t="s">
         <v>0</v>
       </c>
       <c r="I140" t="s">
-        <v>495</v>
+        <v>482</v>
       </c>
       <c r="J140" t="s">
         <v>0</v>
       </c>
       <c r="K140" t="s">
-        <v>496</v>
+        <v>483</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s" s="2">
-        <v>497</v>
+        <v>484</v>
       </c>
       <c r="B141" t="s" s="2">
-        <v>112</v>
+        <v>250</v>
       </c>
       <c r="C141" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D141" t="s" s="4">
-        <v>45</v>
+        <v>251</v>
       </c>
       <c r="E141" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F141" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G141" t="s">
-        <v>498</v>
+        <v>485</v>
       </c>
       <c r="H141" t="s">
         <v>0</v>
       </c>
       <c r="I141" t="s">
-        <v>499</v>
+        <v>486</v>
       </c>
       <c r="J141" t="s">
         <v>0</v>
       </c>
       <c r="K141" t="s">
-        <v>500</v>
+        <v>487</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s" s="2">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="B142" t="s" s="2">
-        <v>44</v>
+        <v>119</v>
       </c>
       <c r="C142" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D142" t="s" s="4">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E142" t="s" s="4">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F142" t="s">
         <v>31</v>
       </c>
       <c r="G142" t="s">
-        <v>498</v>
+        <v>489</v>
       </c>
       <c r="H142" t="s">
         <v>0</v>
       </c>
       <c r="I142" t="s">
-        <v>499</v>
+        <v>490</v>
       </c>
       <c r="J142" t="s">
         <v>0</v>
       </c>
       <c r="K142" t="s">
-        <v>500</v>
+        <v>491</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s" s="2">
-        <v>501</v>
+        <v>492</v>
       </c>
       <c r="B143" t="s" s="2">
-        <v>344</v>
+        <v>467</v>
       </c>
       <c r="C143" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D143" t="s" s="4">
-        <v>14</v>
+        <v>311</v>
       </c>
       <c r="E143" t="s" s="4">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F143" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G143" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="H143" t="s">
         <v>0</v>
       </c>
       <c r="I143" t="s">
-        <v>503</v>
+        <v>494</v>
       </c>
       <c r="J143" t="s">
         <v>0</v>
       </c>
       <c r="K143" t="s">
-        <v>504</v>
+        <v>495</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s" s="2">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="B144" t="s" s="2">
-        <v>218</v>
+        <v>90</v>
       </c>
       <c r="C144" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D144" t="s" s="4">
-        <v>203</v>
+        <v>91</v>
       </c>
       <c r="E144" t="s" s="4">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="F144" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G144" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="H144" t="s">
         <v>0</v>
       </c>
       <c r="I144" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="J144" t="s">
         <v>0</v>
       </c>
       <c r="K144" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s" s="2">
+        <v>500</v>
+      </c>
+      <c r="B145" t="s" s="2">
+        <v>501</v>
+      </c>
+      <c r="C145" t="n" s="3">
+        <v>7.91202309002E11</v>
+      </c>
+      <c r="D145" t="s" s="4">
+        <v>502</v>
+      </c>
+      <c r="E145" t="s" s="4">
+        <v>503</v>
+      </c>
+      <c r="F145" t="s">
+        <v>31</v>
+      </c>
+      <c r="G145" t="s">
+        <v>504</v>
+      </c>
+      <c r="H145" t="s">
+        <v>0</v>
+      </c>
+      <c r="I145" t="s">
         <v>505</v>
       </c>
-      <c r="B145" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G145" t="s">
+      <c r="J145" t="s">
+        <v>0</v>
+      </c>
+      <c r="K145" t="s">
         <v>506</v>
-      </c>
-[...10 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s" s="2">
+        <v>507</v>
+      </c>
+      <c r="B146" t="s" s="2">
+        <v>119</v>
+      </c>
+      <c r="C146" t="n" s="3">
+        <v>7.91202502005E11</v>
+      </c>
+      <c r="D146" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E146" t="s" s="4">
+        <v>53</v>
+      </c>
+      <c r="F146" t="s">
+        <v>31</v>
+      </c>
+      <c r="G146" t="s">
+        <v>508</v>
+      </c>
+      <c r="H146" t="s">
+        <v>0</v>
+      </c>
+      <c r="I146" t="s">
         <v>509</v>
       </c>
-      <c r="B146" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G146" t="s">
+      <c r="J146" t="s">
+        <v>0</v>
+      </c>
+      <c r="K146" t="s">
         <v>510</v>
-      </c>
-[...10 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s" s="2">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="B147" t="s" s="2">
-        <v>218</v>
+        <v>35</v>
       </c>
       <c r="C147" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202510007E11</v>
       </c>
       <c r="D147" t="s" s="4">
-        <v>203</v>
+        <v>29</v>
       </c>
       <c r="E147" t="s" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F147" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G147" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="H147" t="s">
         <v>0</v>
       </c>
       <c r="I147" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="J147" t="s">
         <v>0</v>
       </c>
       <c r="K147" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s" s="2">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="B148" t="s" s="2">
-        <v>491</v>
+        <v>51</v>
       </c>
       <c r="C148" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D148" t="s" s="4">
-        <v>492</v>
+        <v>52</v>
       </c>
       <c r="E148" t="s" s="4">
-        <v>493</v>
+        <v>53</v>
       </c>
       <c r="F148" t="s">
         <v>31</v>
       </c>
       <c r="G148" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="H148" t="s">
         <v>0</v>
       </c>
       <c r="I148" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
       <c r="J148" t="s">
         <v>0</v>
       </c>
       <c r="K148" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s" s="2">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="B149" t="s" s="2">
-        <v>150</v>
+        <v>354</v>
       </c>
       <c r="C149" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D149" t="s" s="4">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="E149" t="s" s="4">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="F149" t="s">
         <v>16</v>
       </c>
       <c r="G149" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="H149" t="s">
         <v>0</v>
       </c>
       <c r="I149" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="J149" t="s">
         <v>0</v>
       </c>
       <c r="K149" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s" s="2">
-        <v>525</v>
+        <v>511</v>
       </c>
       <c r="B150" t="s" s="2">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="C150" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D150" t="s" s="4">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E150" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F150" t="s">
         <v>16</v>
       </c>
       <c r="G150" t="s">
-        <v>526</v>
+        <v>512</v>
       </c>
       <c r="H150" t="s">
         <v>0</v>
       </c>
       <c r="I150" t="s">
-        <v>527</v>
+        <v>513</v>
       </c>
       <c r="J150" t="s">
         <v>0</v>
       </c>
       <c r="K150" t="s">
-        <v>528</v>
+        <v>514</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s" s="2">
-        <v>529</v>
+        <v>515</v>
       </c>
       <c r="B151" t="s" s="2">
-        <v>218</v>
+        <v>13</v>
       </c>
       <c r="C151" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202004009E11</v>
       </c>
       <c r="D151" t="s" s="4">
-        <v>203</v>
+        <v>14</v>
       </c>
       <c r="E151" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F151" t="s">
         <v>16</v>
       </c>
       <c r="G151" t="s">
-        <v>530</v>
+        <v>516</v>
       </c>
       <c r="H151" t="s">
         <v>0</v>
       </c>
       <c r="I151" t="s">
-        <v>531</v>
+        <v>517</v>
       </c>
       <c r="J151" t="s">
         <v>0</v>
       </c>
       <c r="K151" t="s">
-        <v>532</v>
+        <v>518</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s" s="2">
-        <v>533</v>
+        <v>519</v>
       </c>
       <c r="B152" t="s" s="2">
-        <v>218</v>
+        <v>144</v>
       </c>
       <c r="C152" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D152" t="s" s="4">
-        <v>203</v>
+        <v>105</v>
       </c>
       <c r="E152" t="s" s="4">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="F152" t="s">
         <v>16</v>
       </c>
       <c r="G152" t="s">
-        <v>534</v>
+        <v>520</v>
       </c>
       <c r="H152" t="s">
         <v>0</v>
       </c>
       <c r="I152" t="s">
-        <v>535</v>
+        <v>521</v>
       </c>
       <c r="J152" t="s">
         <v>0</v>
       </c>
       <c r="K152" t="s">
-        <v>536</v>
+        <v>522</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s" s="2">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="B153" t="s" s="2">
-        <v>51</v>
+        <v>228</v>
       </c>
       <c r="C153" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D153" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E153" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="H153" t="s">
         <v>0</v>
       </c>
       <c r="I153" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="J153" t="s">
         <v>0</v>
       </c>
       <c r="K153" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s" s="2">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="B154" t="s" s="2">
-        <v>51</v>
+        <v>501</v>
       </c>
       <c r="C154" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D154" t="s" s="4">
-        <v>52</v>
+        <v>502</v>
       </c>
       <c r="E154" t="s" s="4">
-        <v>15</v>
+        <v>503</v>
       </c>
       <c r="F154" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G154" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="H154" t="s">
         <v>0</v>
       </c>
       <c r="I154" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="J154" t="s">
         <v>0</v>
       </c>
       <c r="K154" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s" s="2">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="B155" t="s" s="2">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C155" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D155" t="s" s="4">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E155" t="s" s="4">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F155" t="s">
         <v>16</v>
       </c>
       <c r="G155" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="H155" t="s">
         <v>0</v>
       </c>
       <c r="I155" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="J155" t="s">
         <v>0</v>
       </c>
       <c r="K155" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s" s="2">
+        <v>535</v>
+      </c>
+      <c r="B156" t="s" s="2">
+        <v>228</v>
+      </c>
+      <c r="C156" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D156" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E156" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F156" t="s">
+        <v>16</v>
+      </c>
+      <c r="G156" t="s">
+        <v>536</v>
+      </c>
+      <c r="H156" t="s">
+        <v>0</v>
+      </c>
+      <c r="I156" t="s">
         <v>537</v>
       </c>
-      <c r="B156" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G156" t="s">
+      <c r="J156" t="s">
+        <v>0</v>
+      </c>
+      <c r="K156" t="s">
         <v>538</v>
-      </c>
-[...10 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s" s="2">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="B157" t="s" s="2">
-        <v>51</v>
+        <v>228</v>
       </c>
       <c r="C157" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D157" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E157" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F157" t="s">
         <v>16</v>
       </c>
       <c r="G157" t="s">
+        <v>540</v>
+      </c>
+      <c r="H157" t="s">
+        <v>0</v>
+      </c>
+      <c r="I157" t="s">
+        <v>541</v>
+      </c>
+      <c r="J157" t="s">
+        <v>0</v>
+      </c>
+      <c r="K157" t="s">
         <v>542</v>
-      </c>
-[...10 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s" s="2">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="B158" t="s" s="2">
-        <v>51</v>
+        <v>228</v>
       </c>
       <c r="C158" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D158" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E158" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F158" t="s">
         <v>16</v>
       </c>
       <c r="G158" t="s">
+        <v>544</v>
+      </c>
+      <c r="H158" t="s">
+        <v>0</v>
+      </c>
+      <c r="I158" t="s">
+        <v>545</v>
+      </c>
+      <c r="J158" t="s">
+        <v>0</v>
+      </c>
+      <c r="K158" t="s">
         <v>546</v>
-      </c>
-[...10 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s" s="2">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="B159" t="s" s="2">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="C159" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D159" t="s" s="4">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="E159" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F159" t="s">
         <v>16</v>
       </c>
       <c r="G159" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="H159" t="s">
         <v>0</v>
       </c>
       <c r="I159" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="J159" t="s">
         <v>0</v>
       </c>
       <c r="K159" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s" s="2">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="B160" t="s" s="2">
-        <v>278</v>
+        <v>58</v>
       </c>
       <c r="C160" t="n" s="3">
-        <v>7.91202103009E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D160" t="s" s="4">
-        <v>279</v>
+        <v>59</v>
       </c>
       <c r="E160" t="s" s="4">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="F160" t="s">
         <v>16</v>
       </c>
       <c r="G160" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="H160" t="s">
         <v>0</v>
       </c>
       <c r="I160" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="J160" t="s">
         <v>0</v>
       </c>
       <c r="K160" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s" s="2">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="B161" t="s" s="2">
-        <v>558</v>
+        <v>155</v>
       </c>
       <c r="C161" t="n" s="3">
-        <v>7.91202003003E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D161" t="s" s="4">
-        <v>559</v>
+        <v>83</v>
       </c>
       <c r="E161" t="s" s="4">
-        <v>560</v>
+        <v>156</v>
       </c>
       <c r="F161" t="s">
         <v>16</v>
       </c>
       <c r="G161" t="s">
-        <v>561</v>
+        <v>548</v>
       </c>
       <c r="H161" t="s">
         <v>0</v>
       </c>
       <c r="I161" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="J161" t="s">
         <v>0</v>
       </c>
       <c r="K161" t="s">
-        <v>563</v>
+        <v>550</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s" s="2">
-        <v>564</v>
+        <v>547</v>
       </c>
       <c r="B162" t="s" s="2">
-        <v>150</v>
+        <v>119</v>
       </c>
       <c r="C162" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D162" t="s" s="4">
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="E162" t="s" s="4">
-        <v>151</v>
+        <v>53</v>
       </c>
       <c r="F162" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G162" t="s">
-        <v>565</v>
+        <v>548</v>
       </c>
       <c r="H162" t="s">
         <v>0</v>
       </c>
       <c r="I162" t="s">
-        <v>566</v>
+        <v>549</v>
       </c>
       <c r="J162" t="s">
         <v>0</v>
       </c>
       <c r="K162" t="s">
-        <v>567</v>
+        <v>550</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s" s="2">
-        <v>568</v>
+        <v>551</v>
       </c>
       <c r="B163" t="s" s="2">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="C163" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D163" t="s" s="4">
-        <v>98</v>
+        <v>59</v>
       </c>
       <c r="E163" t="s" s="4">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="F163" t="s">
         <v>16</v>
       </c>
       <c r="G163" t="s">
-        <v>569</v>
+        <v>552</v>
       </c>
       <c r="H163" t="s">
         <v>0</v>
       </c>
       <c r="I163" t="s">
-        <v>570</v>
+        <v>553</v>
       </c>
       <c r="J163" t="s">
         <v>0</v>
       </c>
       <c r="K163" t="s">
-        <v>571</v>
+        <v>554</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s" s="2">
-        <v>572</v>
+        <v>555</v>
       </c>
       <c r="B164" t="s" s="2">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="C164" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D164" t="s" s="4">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="E164" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
-        <v>573</v>
+        <v>556</v>
       </c>
       <c r="H164" t="s">
         <v>0</v>
       </c>
       <c r="I164" t="s">
-        <v>574</v>
+        <v>557</v>
       </c>
       <c r="J164" t="s">
         <v>0</v>
       </c>
       <c r="K164" t="s">
-        <v>575</v>
+        <v>558</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s" s="2">
-        <v>572</v>
+        <v>559</v>
       </c>
       <c r="B165" t="s" s="2">
-        <v>142</v>
+        <v>21</v>
       </c>
       <c r="C165" t="n" s="3">
-        <v>7.91202403003E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D165" t="s" s="4">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="E165" t="s" s="4">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="F165" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G165" t="s">
-        <v>573</v>
+        <v>560</v>
       </c>
       <c r="H165" t="s">
         <v>0</v>
       </c>
       <c r="I165" t="s">
-        <v>574</v>
+        <v>561</v>
       </c>
       <c r="J165" t="s">
         <v>0</v>
       </c>
       <c r="K165" t="s">
-        <v>575</v>
+        <v>562</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s" s="2">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="B166" t="s" s="2">
-        <v>218</v>
+        <v>163</v>
       </c>
       <c r="C166" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202510006E11</v>
       </c>
       <c r="D166" t="s" s="4">
-        <v>203</v>
+        <v>29</v>
       </c>
       <c r="E166" t="s" s="4">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F166" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G166" t="s">
-        <v>577</v>
+        <v>564</v>
       </c>
       <c r="H166" t="s">
         <v>0</v>
       </c>
       <c r="I166" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-        <v>734.0</v>
+        <v>565</v>
+      </c>
+      <c r="J166" t="s">
+        <v>0</v>
       </c>
       <c r="K166" t="s">
-        <v>579</v>
+        <v>566</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s" s="2">
-        <v>580</v>
+        <v>567</v>
       </c>
       <c r="B167" t="s" s="2">
-        <v>581</v>
+        <v>288</v>
       </c>
       <c r="C167" t="n" s="3">
-        <v>7.91202303003E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D167" t="s" s="4">
-        <v>22</v>
+        <v>289</v>
       </c>
       <c r="E167" t="s" s="4">
-        <v>582</v>
+        <v>156</v>
       </c>
       <c r="F167" t="s">
         <v>16</v>
       </c>
       <c r="G167" t="s">
-        <v>583</v>
+        <v>568</v>
       </c>
       <c r="H167" t="s">
         <v>0</v>
       </c>
       <c r="I167" t="s">
-        <v>584</v>
+        <v>569</v>
       </c>
       <c r="J167" t="s">
         <v>0</v>
       </c>
       <c r="K167" t="s">
-        <v>585</v>
+        <v>570</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s" s="2">
-        <v>586</v>
+        <v>571</v>
       </c>
       <c r="B168" t="s" s="2">
-        <v>114</v>
+        <v>572</v>
       </c>
       <c r="C168" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202003003E11</v>
       </c>
       <c r="D168" t="s" s="4">
-        <v>115</v>
+        <v>573</v>
       </c>
       <c r="E168" t="s" s="4">
-        <v>116</v>
+        <v>574</v>
       </c>
       <c r="F168" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G168" t="s">
-        <v>587</v>
+        <v>575</v>
       </c>
       <c r="H168" t="s">
         <v>0</v>
       </c>
       <c r="I168" t="s">
-        <v>588</v>
+        <v>576</v>
       </c>
       <c r="J168" t="s">
         <v>0</v>
       </c>
       <c r="K168" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s" s="2">
-        <v>590</v>
+        <v>578</v>
       </c>
       <c r="B169" t="s" s="2">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="C169" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D169" t="s" s="4">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="E169" t="s" s="4">
-        <v>23</v>
+        <v>156</v>
       </c>
       <c r="F169" t="s">
         <v>16</v>
       </c>
       <c r="G169" t="s">
-        <v>591</v>
+        <v>579</v>
       </c>
       <c r="H169" t="s">
         <v>0</v>
       </c>
       <c r="I169" t="s">
-        <v>592</v>
+        <v>580</v>
       </c>
       <c r="J169" t="s">
         <v>0</v>
       </c>
       <c r="K169" t="s">
-        <v>593</v>
+        <v>581</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s" s="2">
-        <v>594</v>
+        <v>582</v>
       </c>
       <c r="B170" t="s" s="2">
-        <v>208</v>
+        <v>144</v>
       </c>
       <c r="C170" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D170" t="s" s="4">
-        <v>209</v>
+        <v>105</v>
       </c>
       <c r="E170" t="s" s="4">
-        <v>151</v>
+        <v>106</v>
       </c>
       <c r="F170" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G170" t="s">
-        <v>595</v>
+        <v>583</v>
       </c>
       <c r="H170" t="s">
         <v>0</v>
       </c>
       <c r="I170" t="s">
-        <v>596</v>
+        <v>584</v>
       </c>
       <c r="J170" t="s">
         <v>0</v>
       </c>
       <c r="K170" t="s">
-        <v>597</v>
+        <v>585</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s" s="2">
-        <v>598</v>
+        <v>586</v>
       </c>
       <c r="B171" t="s" s="2">
-        <v>599</v>
+        <v>21</v>
       </c>
       <c r="C171" t="n" s="3">
-        <v>7.91202207007E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D171" t="s" s="4">
-        <v>255</v>
+        <v>22</v>
       </c>
       <c r="E171" t="s" s="4">
-        <v>126</v>
+        <v>23</v>
       </c>
       <c r="F171" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G171" t="s">
-        <v>600</v>
+        <v>587</v>
       </c>
       <c r="H171" t="s">
         <v>0</v>
       </c>
       <c r="I171" t="s">
-        <v>601</v>
+        <v>588</v>
       </c>
       <c r="J171" t="s">
         <v>0</v>
       </c>
       <c r="K171" t="s">
-        <v>602</v>
+        <v>589</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s" s="2">
-        <v>603</v>
+        <v>586</v>
       </c>
       <c r="B172" t="s" s="2">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="C172" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202403003E11</v>
       </c>
       <c r="D172" t="s" s="4">
-        <v>115</v>
+        <v>65</v>
       </c>
       <c r="E172" t="s" s="4">
-        <v>116</v>
+        <v>66</v>
       </c>
       <c r="F172" t="s">
         <v>31</v>
       </c>
       <c r="G172" t="s">
-        <v>0</v>
+        <v>587</v>
       </c>
       <c r="H172" t="s">
         <v>0</v>
       </c>
       <c r="I172" t="s">
-        <v>0</v>
+        <v>588</v>
       </c>
       <c r="J172" t="s">
         <v>0</v>
       </c>
       <c r="K172" t="s">
-        <v>0</v>
+        <v>589</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s" s="2">
-        <v>604</v>
+        <v>590</v>
       </c>
       <c r="B173" t="s" s="2">
-        <v>57</v>
+        <v>228</v>
       </c>
       <c r="C173" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D173" t="s" s="4">
-        <v>58</v>
+        <v>213</v>
       </c>
       <c r="E173" t="s" s="4">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="F173" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G173" t="s">
-        <v>605</v>
+        <v>591</v>
       </c>
       <c r="H173" t="s">
         <v>0</v>
       </c>
       <c r="I173" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>592</v>
+      </c>
+      <c r="J173" t="n">
+        <v>734.0</v>
       </c>
       <c r="K173" t="s">
-        <v>607</v>
+        <v>593</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s" s="2">
-        <v>608</v>
+        <v>594</v>
       </c>
       <c r="B174" t="s" s="2">
-        <v>202</v>
+        <v>595</v>
       </c>
       <c r="C174" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202303003E11</v>
       </c>
       <c r="D174" t="s" s="4">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="E174" t="s" s="4">
-        <v>15</v>
+        <v>596</v>
       </c>
       <c r="F174" t="s">
         <v>16</v>
       </c>
       <c r="G174" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="H174" t="s">
         <v>0</v>
       </c>
       <c r="I174" t="s">
-        <v>610</v>
+        <v>598</v>
       </c>
       <c r="J174" t="s">
         <v>0</v>
       </c>
       <c r="K174" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s" s="2">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="B175" t="s" s="2">
-        <v>218</v>
+        <v>121</v>
       </c>
       <c r="C175" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D175" t="s" s="4">
-        <v>203</v>
+        <v>122</v>
       </c>
       <c r="E175" t="s" s="4">
-        <v>15</v>
+        <v>123</v>
       </c>
       <c r="F175" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G175" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="H175" t="s">
         <v>0</v>
       </c>
       <c r="I175" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="J175" t="s">
         <v>0</v>
       </c>
       <c r="K175" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s" s="2">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="B176" t="s" s="2">
-        <v>613</v>
+        <v>21</v>
       </c>
       <c r="C176" t="n" s="3">
-        <v>7.91202409007E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D176" t="s" s="4">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="E176" t="s" s="4">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="F176" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G176" t="s">
-        <v>0</v>
+        <v>605</v>
       </c>
       <c r="H176" t="s">
         <v>0</v>
       </c>
       <c r="I176" t="s">
-        <v>0</v>
+        <v>606</v>
       </c>
       <c r="J176" t="s">
         <v>0</v>
       </c>
       <c r="K176" t="s">
-        <v>0</v>
+        <v>607</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s" s="2">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="B177" t="s" s="2">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="C177" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D177" t="s" s="4">
-        <v>29</v>
+        <v>219</v>
       </c>
       <c r="E177" t="s" s="4">
-        <v>30</v>
+        <v>156</v>
       </c>
       <c r="F177" t="s">
         <v>31</v>
       </c>
       <c r="G177" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
       <c r="H177" t="s">
         <v>0</v>
       </c>
       <c r="I177" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-        <v>903.0</v>
+        <v>610</v>
+      </c>
+      <c r="J177" t="s">
+        <v>0</v>
       </c>
       <c r="K177" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s" s="2">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="B178" t="s" s="2">
-        <v>21</v>
+        <v>613</v>
       </c>
       <c r="C178" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202207007E11</v>
       </c>
       <c r="D178" t="s" s="4">
-        <v>22</v>
+        <v>265</v>
       </c>
       <c r="E178" t="s" s="4">
-        <v>23</v>
+        <v>131</v>
       </c>
       <c r="F178" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G178" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="H178" t="s">
         <v>0</v>
       </c>
       <c r="I178" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="J178" t="s">
         <v>0</v>
       </c>
       <c r="K178" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s" s="2">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="B179" t="s" s="2">
-        <v>436</v>
+        <v>121</v>
       </c>
       <c r="C179" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D179" t="s" s="4">
-        <v>45</v>
+        <v>122</v>
       </c>
       <c r="E179" t="s" s="4">
-        <v>339</v>
+        <v>123</v>
       </c>
       <c r="F179" t="s">
         <v>31</v>
       </c>
       <c r="G179" t="s">
-        <v>623</v>
+        <v>0</v>
       </c>
       <c r="H179" t="s">
         <v>0</v>
       </c>
       <c r="I179" t="s">
-        <v>624</v>
+        <v>0</v>
       </c>
       <c r="J179" t="s">
         <v>0</v>
       </c>
       <c r="K179" t="s">
-        <v>625</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s" s="2">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="B180" t="s" s="2">
-        <v>218</v>
+        <v>64</v>
       </c>
       <c r="C180" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D180" t="s" s="4">
-        <v>203</v>
+        <v>65</v>
       </c>
       <c r="E180" t="s" s="4">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="F180" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G180" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="H180" t="s">
         <v>0</v>
       </c>
       <c r="I180" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="J180" t="s">
         <v>0</v>
       </c>
       <c r="K180" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s" s="2">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="B181" t="s" s="2">
-        <v>407</v>
+        <v>212</v>
       </c>
       <c r="C181" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D181" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E181" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F181" t="s">
         <v>16</v>
       </c>
       <c r="G181" t="s">
-        <v>429</v>
+        <v>623</v>
       </c>
       <c r="H181" t="s">
         <v>0</v>
       </c>
       <c r="I181" t="s">
-        <v>430</v>
+        <v>624</v>
       </c>
       <c r="J181" t="s">
         <v>0</v>
       </c>
       <c r="K181" t="s">
-        <v>631</v>
+        <v>625</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s" s="2">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="B182" t="s" s="2">
-        <v>633</v>
+        <v>228</v>
       </c>
       <c r="C182" t="n" s="3">
-        <v>7.91202510001E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D182" t="s" s="4">
-        <v>29</v>
+        <v>213</v>
       </c>
       <c r="E182" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F182" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G182" t="s">
-        <v>634</v>
+        <v>623</v>
       </c>
       <c r="H182" t="s">
         <v>0</v>
       </c>
       <c r="I182" t="s">
-        <v>635</v>
+        <v>624</v>
       </c>
       <c r="J182" t="s">
         <v>0</v>
       </c>
       <c r="K182" t="s">
-        <v>636</v>
+        <v>625</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s" s="2">
-        <v>637</v>
+        <v>626</v>
       </c>
       <c r="B183" t="s" s="2">
-        <v>28</v>
+        <v>627</v>
       </c>
       <c r="C183" t="n" s="3">
-        <v>7.91202510004E11</v>
+        <v>7.91202409007E11</v>
       </c>
       <c r="D183" t="s" s="4">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="E183" t="s" s="4">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="F183" t="s">
         <v>31</v>
       </c>
       <c r="G183" t="s">
-        <v>638</v>
+        <v>0</v>
       </c>
       <c r="H183" t="s">
         <v>0</v>
       </c>
       <c r="I183" t="s">
-        <v>639</v>
+        <v>0</v>
       </c>
       <c r="J183" t="s">
         <v>0</v>
       </c>
       <c r="K183" t="s">
-        <v>640</v>
+        <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s" s="2">
-        <v>641</v>
+        <v>628</v>
       </c>
       <c r="B184" t="s" s="2">
-        <v>69</v>
+        <v>245</v>
       </c>
       <c r="C184" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D184" t="s" s="4">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="E184" t="s" s="4">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="F184" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G184" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="H184" t="s">
         <v>0</v>
       </c>
       <c r="I184" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="J184" t="n">
+        <v>903.0</v>
       </c>
       <c r="K184" t="s">
-        <v>644</v>
+        <v>631</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s" s="2">
-        <v>645</v>
+        <v>632</v>
       </c>
       <c r="B185" t="s" s="2">
-        <v>150</v>
+        <v>37</v>
       </c>
       <c r="C185" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D185" t="s" s="4">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="E185" t="s" s="4">
-        <v>151</v>
+        <v>38</v>
       </c>
       <c r="F185" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G185" t="s">
-        <v>646</v>
+        <v>633</v>
       </c>
       <c r="H185" t="s">
         <v>0</v>
       </c>
       <c r="I185" t="s">
-        <v>647</v>
+        <v>634</v>
       </c>
       <c r="J185" t="s">
         <v>0</v>
       </c>
       <c r="K185" t="s">
-        <v>648</v>
+        <v>635</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s" s="2">
-        <v>649</v>
+        <v>632</v>
       </c>
       <c r="B186" t="s" s="2">
-        <v>462</v>
+        <v>21</v>
       </c>
       <c r="C186" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D186" t="s" s="4">
-        <v>209</v>
+        <v>22</v>
       </c>
       <c r="E186" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F186" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G186" t="s">
-        <v>650</v>
+        <v>633</v>
       </c>
       <c r="H186" t="s">
-        <v>651</v>
+        <v>0</v>
       </c>
       <c r="I186" t="s">
-        <v>652</v>
+        <v>634</v>
       </c>
       <c r="J186" t="s">
         <v>0</v>
       </c>
       <c r="K186" t="s">
-        <v>653</v>
+        <v>635</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s" s="2">
-        <v>654</v>
+        <v>636</v>
       </c>
       <c r="B187" t="s" s="2">
-        <v>21</v>
+        <v>446</v>
       </c>
       <c r="C187" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D187" t="s" s="4">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E187" t="s" s="4">
-        <v>23</v>
+        <v>349</v>
       </c>
       <c r="F187" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G187" t="s">
-        <v>655</v>
+        <v>637</v>
       </c>
       <c r="H187" t="s">
         <v>0</v>
       </c>
       <c r="I187" t="s">
-        <v>656</v>
+        <v>638</v>
       </c>
       <c r="J187" t="s">
         <v>0</v>
       </c>
       <c r="K187" t="s">
-        <v>657</v>
+        <v>639</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s" s="2">
-        <v>658</v>
+        <v>640</v>
       </c>
       <c r="B188" t="s" s="2">
-        <v>407</v>
+        <v>228</v>
       </c>
       <c r="C188" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D188" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E188" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
-        <v>659</v>
+        <v>641</v>
       </c>
       <c r="H188" t="s">
         <v>0</v>
       </c>
       <c r="I188" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="J188" t="s">
         <v>0</v>
       </c>
       <c r="K188" t="s">
-        <v>661</v>
+        <v>643</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s" s="2">
-        <v>662</v>
+        <v>644</v>
       </c>
       <c r="B189" t="s" s="2">
-        <v>436</v>
+        <v>417</v>
       </c>
       <c r="C189" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D189" t="s" s="4">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E189" t="s" s="4">
-        <v>339</v>
+        <v>15</v>
       </c>
       <c r="F189" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G189" t="s">
-        <v>663</v>
+        <v>439</v>
       </c>
       <c r="H189" t="s">
         <v>0</v>
       </c>
       <c r="I189" t="s">
-        <v>664</v>
+        <v>440</v>
       </c>
       <c r="J189" t="s">
         <v>0</v>
       </c>
       <c r="K189" t="s">
-        <v>665</v>
+        <v>645</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s" s="2">
-        <v>666</v>
+        <v>646</v>
       </c>
       <c r="B190" t="s" s="2">
-        <v>124</v>
+        <v>647</v>
       </c>
       <c r="C190" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D190" t="s" s="4">
-        <v>125</v>
+        <v>29</v>
       </c>
       <c r="E190" t="s" s="4">
-        <v>126</v>
+        <v>38</v>
       </c>
       <c r="F190" t="s">
         <v>31</v>
       </c>
       <c r="G190" t="s">
-        <v>667</v>
+        <v>648</v>
       </c>
       <c r="H190" t="s">
         <v>0</v>
       </c>
       <c r="I190" t="s">
-        <v>668</v>
+        <v>649</v>
       </c>
       <c r="J190" t="s">
         <v>0</v>
       </c>
       <c r="K190" t="s">
-        <v>669</v>
+        <v>650</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s" s="2">
-        <v>666</v>
+        <v>651</v>
       </c>
       <c r="B191" t="s" s="2">
-        <v>90</v>
+        <v>42</v>
       </c>
       <c r="C191" t="n" s="3">
-        <v>7.91202403001E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D191" t="s" s="4">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="E191" t="s" s="4">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="F191" t="s">
         <v>31</v>
       </c>
       <c r="G191" t="s">
-        <v>667</v>
+        <v>652</v>
       </c>
       <c r="H191" t="s">
         <v>0</v>
       </c>
       <c r="I191" t="s">
-        <v>668</v>
+        <v>653</v>
       </c>
       <c r="J191" t="s">
         <v>0</v>
       </c>
       <c r="K191" t="s">
-        <v>669</v>
+        <v>654</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s" s="2">
-        <v>670</v>
+        <v>655</v>
       </c>
       <c r="B192" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C192" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D192" t="s" s="4">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E192" t="s" s="4">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
-        <v>671</v>
+        <v>656</v>
       </c>
       <c r="H192" t="s">
         <v>0</v>
       </c>
       <c r="I192" t="s">
-        <v>672</v>
+        <v>657</v>
       </c>
       <c r="J192" t="s">
         <v>0</v>
       </c>
       <c r="K192" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s" s="2">
-        <v>674</v>
+        <v>659</v>
       </c>
       <c r="B193" t="s" s="2">
-        <v>357</v>
+        <v>155</v>
       </c>
       <c r="C193" t="n" s="3">
-        <v>7.91202103001E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D193" t="s" s="4">
-        <v>358</v>
+        <v>83</v>
       </c>
       <c r="E193" t="s" s="4">
-        <v>359</v>
+        <v>156</v>
       </c>
       <c r="F193" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G193" t="s">
-        <v>675</v>
+        <v>660</v>
       </c>
       <c r="H193" t="s">
         <v>0</v>
       </c>
       <c r="I193" t="s">
-        <v>676</v>
+        <v>661</v>
       </c>
       <c r="J193" t="s">
         <v>0</v>
       </c>
       <c r="K193" t="s">
-        <v>677</v>
+        <v>662</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s" s="2">
-        <v>674</v>
+        <v>663</v>
       </c>
       <c r="B194" t="s" s="2">
-        <v>259</v>
+        <v>472</v>
       </c>
       <c r="C194" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D194" t="s" s="4">
-        <v>76</v>
+        <v>219</v>
       </c>
       <c r="E194" t="s" s="4">
-        <v>197</v>
+        <v>23</v>
       </c>
       <c r="F194" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G194" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="H194" t="s">
-        <v>0</v>
+        <v>665</v>
       </c>
       <c r="I194" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
       <c r="J194" t="s">
         <v>0</v>
       </c>
       <c r="K194" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s" s="2">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="B195" t="s" s="2">
-        <v>196</v>
+        <v>21</v>
       </c>
       <c r="C195" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D195" t="s" s="4">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="E195" t="s" s="4">
-        <v>197</v>
+        <v>23</v>
       </c>
       <c r="F195" t="s">
         <v>16</v>
       </c>
       <c r="G195" t="s">
-        <v>675</v>
+        <v>669</v>
       </c>
       <c r="H195" t="s">
         <v>0</v>
       </c>
       <c r="I195" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="J195" t="s">
         <v>0</v>
       </c>
       <c r="K195" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s" s="2">
+        <v>672</v>
+      </c>
+      <c r="B196" t="s" s="2">
+        <v>417</v>
+      </c>
+      <c r="C196" t="n" s="3">
+        <v>7.91202003006E11</v>
+      </c>
+      <c r="D196" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="E196" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F196" t="s">
+        <v>16</v>
+      </c>
+      <c r="G196" t="s">
+        <v>673</v>
+      </c>
+      <c r="H196" t="s">
+        <v>0</v>
+      </c>
+      <c r="I196" t="s">
         <v>674</v>
       </c>
-      <c r="B196" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G196" t="s">
+      <c r="J196" t="s">
+        <v>0</v>
+      </c>
+      <c r="K196" t="s">
         <v>675</v>
-      </c>
-[...10 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s" s="2">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B197" t="s" s="2">
+        <v>446</v>
+      </c>
+      <c r="C197" t="n" s="3">
+        <v>7.91202502009E11</v>
+      </c>
+      <c r="D197" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E197" t="s" s="4">
+        <v>349</v>
+      </c>
+      <c r="F197" t="s">
+        <v>31</v>
+      </c>
+      <c r="G197" t="s">
+        <v>677</v>
+      </c>
+      <c r="H197" t="s">
+        <v>0</v>
+      </c>
+      <c r="I197" t="s">
         <v>678</v>
       </c>
-      <c r="C197" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D197" t="s" s="4">
+      <c r="J197" t="s">
+        <v>0</v>
+      </c>
+      <c r="K197" t="s">
         <v>679</v>
-      </c>
-[...19 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s" s="2">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="B198" t="s" s="2">
-        <v>208</v>
+        <v>129</v>
       </c>
       <c r="C198" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D198" t="s" s="4">
-        <v>209</v>
+        <v>130</v>
       </c>
       <c r="E198" t="s" s="4">
-        <v>151</v>
+        <v>131</v>
       </c>
       <c r="F198" t="s">
         <v>31</v>
       </c>
       <c r="G198" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="H198" t="s">
         <v>0</v>
       </c>
       <c r="I198" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="J198" t="s">
         <v>0</v>
       </c>
       <c r="K198" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s" s="2">
         <v>680</v>
       </c>
       <c r="B199" t="s" s="2">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="C199" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202403001E11</v>
       </c>
       <c r="D199" t="s" s="4">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="E199" t="s" s="4">
-        <v>151</v>
+        <v>66</v>
       </c>
       <c r="F199" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G199" t="s">
         <v>681</v>
       </c>
       <c r="H199" t="s">
         <v>0</v>
       </c>
       <c r="I199" t="s">
         <v>682</v>
       </c>
       <c r="J199" t="s">
         <v>0</v>
       </c>
       <c r="K199" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s" s="2">
         <v>684</v>
       </c>
       <c r="B200" t="s" s="2">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="C200" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D200" t="s" s="4">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="E200" t="s" s="4">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="F200" t="s">
         <v>16</v>
       </c>
       <c r="G200" t="s">
         <v>685</v>
       </c>
       <c r="H200" t="s">
         <v>0</v>
       </c>
       <c r="I200" t="s">
         <v>686</v>
       </c>
       <c r="J200" t="s">
         <v>0</v>
       </c>
       <c r="K200" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s" s="2">
         <v>688</v>
       </c>
       <c r="B201" t="s" s="2">
-        <v>57</v>
+        <v>269</v>
       </c>
       <c r="C201" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D201" t="s" s="4">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="E201" t="s" s="4">
-        <v>59</v>
+        <v>207</v>
       </c>
       <c r="F201" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G201" t="s">
         <v>689</v>
       </c>
       <c r="H201" t="s">
         <v>0</v>
       </c>
       <c r="I201" t="s">
         <v>690</v>
       </c>
       <c r="J201" t="s">
         <v>0</v>
       </c>
       <c r="K201" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s" s="2">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="B202" t="s" s="2">
-        <v>75</v>
+        <v>370</v>
       </c>
       <c r="C202" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202103001E11</v>
       </c>
       <c r="D202" t="s" s="4">
-        <v>76</v>
+        <v>371</v>
       </c>
       <c r="E202" t="s" s="4">
-        <v>23</v>
+        <v>372</v>
       </c>
       <c r="F202" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G202" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="H202" t="s">
         <v>0</v>
       </c>
       <c r="I202" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="J202" t="s">
         <v>0</v>
       </c>
       <c r="K202" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s" s="2">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c r="B203" t="s" s="2">
-        <v>235</v>
+        <v>206</v>
       </c>
       <c r="C203" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D203" t="s" s="4">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="E203" t="s" s="4">
-        <v>30</v>
+        <v>207</v>
       </c>
       <c r="F203" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G203" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="H203" t="s">
         <v>0</v>
       </c>
       <c r="I203" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>7047.0</v>
+        <v>690</v>
+      </c>
+      <c r="J203" t="s">
+        <v>0</v>
       </c>
       <c r="K203" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s" s="2">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="B204" t="s" s="2">
-        <v>407</v>
+        <v>104</v>
       </c>
       <c r="C204" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D204" t="s" s="4">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="E204" t="s" s="4">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="F204" t="s">
         <v>16</v>
       </c>
       <c r="G204" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="H204" t="s">
         <v>0</v>
       </c>
       <c r="I204" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="J204" t="s">
         <v>0</v>
       </c>
       <c r="K204" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s" s="2">
-        <v>704</v>
+        <v>688</v>
       </c>
       <c r="B205" t="s" s="2">
-        <v>28</v>
+        <v>692</v>
       </c>
       <c r="C205" t="n" s="3">
-        <v>7.91202510004E11</v>
+        <v>7.91202007024E11</v>
       </c>
       <c r="D205" t="s" s="4">
-        <v>29</v>
+        <v>693</v>
       </c>
       <c r="E205" t="s" s="4">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="F205" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G205" t="s">
-        <v>705</v>
+        <v>689</v>
       </c>
       <c r="H205" t="s">
         <v>0</v>
       </c>
       <c r="I205" t="s">
-        <v>706</v>
+        <v>690</v>
       </c>
       <c r="J205" t="s">
         <v>0</v>
       </c>
       <c r="K205" t="s">
-        <v>707</v>
+        <v>691</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s" s="2">
-        <v>708</v>
+        <v>688</v>
       </c>
       <c r="B206" t="s" s="2">
-        <v>240</v>
+        <v>218</v>
       </c>
       <c r="C206" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D206" t="s" s="4">
-        <v>241</v>
+        <v>219</v>
       </c>
       <c r="E206" t="s" s="4">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="F206" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G206" t="s">
-        <v>709</v>
+        <v>689</v>
       </c>
       <c r="H206" t="s">
         <v>0</v>
       </c>
       <c r="I206" t="s">
-        <v>710</v>
+        <v>690</v>
       </c>
       <c r="J206" t="s">
         <v>0</v>
       </c>
       <c r="K206" t="s">
-        <v>711</v>
+        <v>691</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s" s="2">
-        <v>712</v>
+        <v>694</v>
       </c>
       <c r="B207" t="s" s="2">
-        <v>51</v>
+        <v>155</v>
       </c>
       <c r="C207" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D207" t="s" s="4">
-        <v>52</v>
+        <v>83</v>
       </c>
       <c r="E207" t="s" s="4">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="F207" t="s">
         <v>16</v>
       </c>
       <c r="G207" t="s">
-        <v>713</v>
+        <v>695</v>
       </c>
       <c r="H207" t="s">
         <v>0</v>
       </c>
       <c r="I207" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-        <v>1004.0</v>
+        <v>696</v>
+      </c>
+      <c r="J207" t="s">
+        <v>0</v>
       </c>
       <c r="K207" t="s">
-        <v>715</v>
+        <v>697</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s" s="2">
-        <v>716</v>
+        <v>698</v>
       </c>
       <c r="B208" t="s" s="2">
-        <v>227</v>
+        <v>76</v>
       </c>
       <c r="C208" t="n" s="3">
-        <v>7.91202507001E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D208" t="s" s="4">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="E208" t="s" s="4">
-        <v>228</v>
+        <v>78</v>
       </c>
       <c r="F208" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G208" t="s">
-        <v>717</v>
+        <v>699</v>
       </c>
       <c r="H208" t="s">
         <v>0</v>
       </c>
       <c r="I208" t="s">
-        <v>718</v>
+        <v>700</v>
       </c>
       <c r="J208" t="s">
         <v>0</v>
       </c>
       <c r="K208" t="s">
-        <v>719</v>
+        <v>701</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s" s="2">
-        <v>716</v>
+        <v>702</v>
       </c>
       <c r="B209" t="s" s="2">
-        <v>284</v>
+        <v>64</v>
       </c>
       <c r="C209" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D209" t="s" s="4">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="E209" t="s" s="4">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="F209" t="s">
         <v>31</v>
       </c>
       <c r="G209" t="s">
-        <v>717</v>
+        <v>703</v>
       </c>
       <c r="H209" t="s">
         <v>0</v>
       </c>
       <c r="I209" t="s">
-        <v>718</v>
+        <v>704</v>
       </c>
       <c r="J209" t="s">
         <v>0</v>
       </c>
       <c r="K209" t="s">
-        <v>719</v>
+        <v>705</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s" s="2">
-        <v>716</v>
+        <v>706</v>
       </c>
       <c r="B210" t="s" s="2">
-        <v>227</v>
+        <v>82</v>
       </c>
       <c r="C210" t="n" s="3">
-        <v>7.91202502004E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D210" t="s" s="4">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="E210" t="s" s="4">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="F210" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G210" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
       <c r="H210" t="s">
         <v>0</v>
       </c>
       <c r="I210" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="J210" t="s">
         <v>0</v>
       </c>
       <c r="K210" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s" s="2">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="B211" t="s" s="2">
-        <v>202</v>
+        <v>245</v>
       </c>
       <c r="C211" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D211" t="s" s="4">
-        <v>203</v>
+        <v>29</v>
       </c>
       <c r="E211" t="s" s="4">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F211" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G211" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="H211" t="s">
         <v>0</v>
       </c>
       <c r="I211" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>712</v>
+      </c>
+      <c r="J211" t="n">
+        <v>7047.0</v>
       </c>
       <c r="K211" t="s">
-        <v>723</v>
+        <v>713</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s" s="2">
-        <v>724</v>
+        <v>714</v>
       </c>
       <c r="B212" t="s" s="2">
-        <v>344</v>
+        <v>417</v>
       </c>
       <c r="C212" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D212" t="s" s="4">
-        <v>14</v>
+        <v>59</v>
       </c>
       <c r="E212" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F212" t="s">
         <v>16</v>
       </c>
       <c r="G212" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="H212" t="s">
         <v>0</v>
       </c>
       <c r="I212" t="s">
-        <v>726</v>
+        <v>716</v>
       </c>
       <c r="J212" t="s">
         <v>0</v>
       </c>
       <c r="K212" t="s">
-        <v>727</v>
+        <v>717</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s" s="2">
-        <v>728</v>
+        <v>718</v>
       </c>
       <c r="B213" t="s" s="2">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="C213" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D213" t="s" s="4">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="E213" t="s" s="4">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F213" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G213" t="s">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="H213" t="s">
         <v>0</v>
       </c>
       <c r="I213" t="s">
-        <v>730</v>
+        <v>720</v>
       </c>
       <c r="J213" t="s">
         <v>0</v>
       </c>
       <c r="K213" t="s">
-        <v>731</v>
+        <v>721</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s" s="2">
-        <v>732</v>
+        <v>722</v>
       </c>
       <c r="B214" t="s" s="2">
-        <v>51</v>
+        <v>250</v>
       </c>
       <c r="C214" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D214" t="s" s="4">
-        <v>52</v>
+        <v>251</v>
       </c>
       <c r="E214" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F214" t="s">
         <v>16</v>
       </c>
       <c r="G214" t="s">
-        <v>733</v>
+        <v>723</v>
       </c>
       <c r="H214" t="s">
         <v>0</v>
       </c>
       <c r="I214" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-        <v>413.0</v>
+        <v>724</v>
+      </c>
+      <c r="J214" t="s">
+        <v>0</v>
       </c>
       <c r="K214" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s" s="2">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="B215" t="s" s="2">
-        <v>218</v>
+        <v>58</v>
       </c>
       <c r="C215" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D215" t="s" s="4">
-        <v>203</v>
+        <v>59</v>
       </c>
       <c r="E215" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
       <c r="H215" t="s">
         <v>0</v>
       </c>
       <c r="I215" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="J215" t="n">
-        <v>413.0</v>
+        <v>1004.0</v>
       </c>
       <c r="K215" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s" s="2">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="B216" t="s" s="2">
-        <v>599</v>
+        <v>237</v>
       </c>
       <c r="C216" t="n" s="3">
-        <v>7.91202207007E11</v>
+        <v>7.91202507001E11</v>
       </c>
       <c r="D216" t="s" s="4">
-        <v>255</v>
+        <v>122</v>
       </c>
       <c r="E216" t="s" s="4">
-        <v>126</v>
+        <v>238</v>
       </c>
       <c r="F216" t="s">
         <v>31</v>
       </c>
       <c r="G216" t="s">
-        <v>737</v>
+        <v>731</v>
       </c>
       <c r="H216" t="s">
         <v>0</v>
       </c>
       <c r="I216" t="s">
-        <v>738</v>
+        <v>732</v>
       </c>
       <c r="J216" t="s">
         <v>0</v>
       </c>
       <c r="K216" t="s">
-        <v>739</v>
+        <v>733</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s" s="2">
-        <v>740</v>
+        <v>730</v>
       </c>
       <c r="B217" t="s" s="2">
-        <v>150</v>
+        <v>294</v>
       </c>
       <c r="C217" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D217" t="s" s="4">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="E217" t="s" s="4">
-        <v>151</v>
+        <v>46</v>
       </c>
       <c r="F217" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G217" t="s">
-        <v>741</v>
+        <v>731</v>
       </c>
       <c r="H217" t="s">
         <v>0</v>
       </c>
       <c r="I217" t="s">
-        <v>742</v>
+        <v>732</v>
       </c>
       <c r="J217" t="s">
         <v>0</v>
       </c>
       <c r="K217" t="s">
-        <v>743</v>
+        <v>733</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s" s="2">
-        <v>744</v>
+        <v>730</v>
       </c>
       <c r="B218" t="s" s="2">
-        <v>97</v>
+        <v>237</v>
       </c>
       <c r="C218" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202502004E11</v>
       </c>
       <c r="D218" t="s" s="4">
-        <v>98</v>
+        <v>52</v>
       </c>
       <c r="E218" t="s" s="4">
-        <v>99</v>
+        <v>53</v>
       </c>
       <c r="F218" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G218" t="s">
-        <v>745</v>
+        <v>731</v>
       </c>
       <c r="H218" t="s">
         <v>0</v>
       </c>
       <c r="I218" t="s">
-        <v>746</v>
+        <v>732</v>
       </c>
       <c r="J218" t="s">
         <v>0</v>
       </c>
       <c r="K218" t="s">
-        <v>747</v>
+        <v>733</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s" s="2">
-        <v>748</v>
+        <v>734</v>
       </c>
       <c r="B219" t="s" s="2">
-        <v>462</v>
+        <v>212</v>
       </c>
       <c r="C219" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D219" t="s" s="4">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E219" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F219" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G219" t="s">
-        <v>749</v>
+        <v>735</v>
       </c>
       <c r="H219" t="s">
         <v>0</v>
       </c>
       <c r="I219" t="s">
-        <v>750</v>
+        <v>736</v>
       </c>
       <c r="J219" t="s">
         <v>0</v>
       </c>
       <c r="K219" t="s">
-        <v>751</v>
+        <v>737</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s" s="2">
-        <v>752</v>
+        <v>738</v>
       </c>
       <c r="B220" t="s" s="2">
-        <v>186</v>
+        <v>354</v>
       </c>
       <c r="C220" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D220" t="s" s="4">
-        <v>187</v>
+        <v>14</v>
       </c>
       <c r="E220" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F220" t="s">
         <v>16</v>
       </c>
       <c r="G220" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="H220" t="s">
         <v>0</v>
       </c>
       <c r="I220" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="J220" t="s">
         <v>0</v>
       </c>
       <c r="K220" t="s">
-        <v>755</v>
+        <v>741</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s" s="2">
-        <v>756</v>
+        <v>742</v>
       </c>
       <c r="B221" t="s" s="2">
-        <v>112</v>
+        <v>58</v>
       </c>
       <c r="C221" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D221" t="s" s="4">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E221" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F221" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G221" t="s">
-        <v>757</v>
+        <v>743</v>
       </c>
       <c r="H221" t="s">
         <v>0</v>
       </c>
       <c r="I221" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-        <v>234.0</v>
+        <v>744</v>
+      </c>
+      <c r="J221" t="s">
+        <v>0</v>
       </c>
       <c r="K221" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s" s="2">
-        <v>760</v>
+        <v>746</v>
       </c>
       <c r="B222" t="s" s="2">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="C222" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D222" t="s" s="4">
-        <v>84</v>
+        <v>29</v>
       </c>
       <c r="E222" t="s" s="4">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="F222" t="s">
         <v>31</v>
       </c>
       <c r="G222" t="s">
-        <v>761</v>
+        <v>747</v>
       </c>
       <c r="H222" t="s">
         <v>0</v>
       </c>
       <c r="I222" t="s">
-        <v>762</v>
+        <v>748</v>
       </c>
       <c r="J222" t="s">
         <v>0</v>
       </c>
       <c r="K222" t="s">
-        <v>763</v>
+        <v>749</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s" s="2">
-        <v>764</v>
+        <v>750</v>
       </c>
       <c r="B223" t="s" s="2">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="C223" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D223" t="s" s="4">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E223" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F223" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G223" t="s">
-        <v>765</v>
+        <v>751</v>
       </c>
       <c r="H223" t="s">
         <v>0</v>
       </c>
       <c r="I223" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>752</v>
+      </c>
+      <c r="J223" t="n">
+        <v>413.0</v>
       </c>
       <c r="K223" t="s">
-        <v>767</v>
+        <v>753</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s" s="2">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="B224" t="s" s="2">
-        <v>407</v>
+        <v>228</v>
       </c>
       <c r="C224" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D224" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E224" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F224" t="s">
         <v>16</v>
       </c>
       <c r="G224" t="s">
-        <v>769</v>
+        <v>751</v>
       </c>
       <c r="H224" t="s">
         <v>0</v>
       </c>
       <c r="I224" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>752</v>
+      </c>
+      <c r="J224" t="n">
+        <v>413.0</v>
       </c>
       <c r="K224" t="s">
-        <v>770</v>
+        <v>753</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s" s="2">
-        <v>771</v>
+        <v>754</v>
       </c>
       <c r="B225" t="s" s="2">
-        <v>150</v>
+        <v>613</v>
       </c>
       <c r="C225" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202207007E11</v>
       </c>
       <c r="D225" t="s" s="4">
-        <v>76</v>
+        <v>265</v>
       </c>
       <c r="E225" t="s" s="4">
-        <v>151</v>
+        <v>131</v>
       </c>
       <c r="F225" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G225" t="s">
-        <v>772</v>
+        <v>755</v>
       </c>
       <c r="H225" t="s">
         <v>0</v>
       </c>
       <c r="I225" t="s">
-        <v>773</v>
-[...2 lines deleted...]
-        <v>4639.0</v>
+        <v>756</v>
+      </c>
+      <c r="J225" t="s">
+        <v>0</v>
       </c>
       <c r="K225" t="s">
-        <v>774</v>
+        <v>757</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s" s="2">
-        <v>775</v>
+        <v>758</v>
       </c>
       <c r="B226" t="s" s="2">
-        <v>57</v>
+        <v>155</v>
       </c>
       <c r="C226" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D226" t="s" s="4">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="E226" t="s" s="4">
-        <v>59</v>
+        <v>156</v>
       </c>
       <c r="F226" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G226" t="s">
-        <v>776</v>
+        <v>759</v>
       </c>
       <c r="H226" t="s">
         <v>0</v>
       </c>
       <c r="I226" t="s">
-        <v>777</v>
+        <v>760</v>
       </c>
       <c r="J226" t="s">
         <v>0</v>
       </c>
       <c r="K226" t="s">
-        <v>778</v>
+        <v>761</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s" s="2">
-        <v>779</v>
+        <v>762</v>
       </c>
       <c r="B227" t="s" s="2">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="C227" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D227" t="s" s="4">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="E227" t="s" s="4">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="F227" t="s">
         <v>16</v>
       </c>
       <c r="G227" t="s">
-        <v>780</v>
+        <v>763</v>
       </c>
       <c r="H227" t="s">
         <v>0</v>
       </c>
       <c r="I227" t="s">
-        <v>781</v>
+        <v>764</v>
       </c>
       <c r="J227" t="s">
         <v>0</v>
       </c>
       <c r="K227" t="s">
-        <v>782</v>
+        <v>765</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s" s="2">
-        <v>783</v>
+        <v>766</v>
       </c>
       <c r="B228" t="s" s="2">
-        <v>784</v>
+        <v>472</v>
       </c>
       <c r="C228" t="n" s="3">
-        <v>7.91202103005E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D228" t="s" s="4">
-        <v>785</v>
+        <v>219</v>
       </c>
       <c r="E228" t="s" s="4">
-        <v>786</v>
+        <v>23</v>
       </c>
       <c r="F228" t="s">
         <v>31</v>
       </c>
       <c r="G228" t="s">
-        <v>787</v>
+        <v>767</v>
       </c>
       <c r="H228" t="s">
         <v>0</v>
       </c>
       <c r="I228" t="s">
-        <v>788</v>
+        <v>768</v>
       </c>
       <c r="J228" t="s">
         <v>0</v>
       </c>
       <c r="K228" t="s">
-        <v>789</v>
+        <v>769</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s" s="2">
-        <v>790</v>
+        <v>770</v>
       </c>
       <c r="B229" t="s" s="2">
-        <v>285</v>
+        <v>196</v>
       </c>
       <c r="C229" t="n" s="3">
-        <v>7.91202502006E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D229" t="s" s="4">
-        <v>45</v>
+        <v>197</v>
       </c>
       <c r="E229" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F229" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G229" t="s">
-        <v>791</v>
+        <v>771</v>
       </c>
       <c r="H229" t="s">
         <v>0</v>
       </c>
       <c r="I229" t="s">
-        <v>792</v>
+        <v>772</v>
       </c>
       <c r="J229" t="s">
         <v>0</v>
       </c>
       <c r="K229" t="s">
-        <v>793</v>
+        <v>773</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s" s="2">
-        <v>794</v>
+        <v>774</v>
       </c>
       <c r="B230" t="s" s="2">
-        <v>254</v>
+        <v>119</v>
       </c>
       <c r="C230" t="n" s="3">
-        <v>7.91202207008E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D230" t="s" s="4">
-        <v>255</v>
+        <v>52</v>
       </c>
       <c r="E230" t="s" s="4">
-        <v>126</v>
+        <v>53</v>
       </c>
       <c r="F230" t="s">
         <v>31</v>
       </c>
       <c r="G230" t="s">
-        <v>795</v>
+        <v>775</v>
       </c>
       <c r="H230" t="s">
         <v>0</v>
       </c>
       <c r="I230" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>776</v>
+      </c>
+      <c r="J230" t="n">
+        <v>234.0</v>
       </c>
       <c r="K230" t="s">
-        <v>797</v>
+        <v>777</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s" s="2">
-        <v>798</v>
+        <v>778</v>
       </c>
       <c r="B231" t="s" s="2">
-        <v>799</v>
+        <v>90</v>
       </c>
       <c r="C231" t="n" s="3">
-        <v>7.91202200703E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D231" t="s" s="4">
-        <v>301</v>
+        <v>91</v>
       </c>
       <c r="E231" t="s" s="4">
-        <v>126</v>
+        <v>92</v>
       </c>
       <c r="F231" t="s">
         <v>31</v>
       </c>
       <c r="G231" t="s">
-        <v>800</v>
+        <v>779</v>
       </c>
       <c r="H231" t="s">
         <v>0</v>
       </c>
       <c r="I231" t="s">
-        <v>801</v>
+        <v>780</v>
       </c>
       <c r="J231" t="s">
         <v>0</v>
       </c>
       <c r="K231" t="s">
-        <v>802</v>
+        <v>781</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s" s="2">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="B232" t="s" s="2">
-        <v>121</v>
+        <v>51</v>
       </c>
       <c r="C232" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D232" t="s" s="4">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="E232" t="s" s="4">
-        <v>122</v>
+        <v>53</v>
       </c>
       <c r="F232" t="s">
         <v>31</v>
       </c>
       <c r="G232" t="s">
-        <v>800</v>
+        <v>783</v>
       </c>
       <c r="H232" t="s">
         <v>0</v>
       </c>
       <c r="I232" t="s">
-        <v>801</v>
+        <v>784</v>
       </c>
       <c r="J232" t="s">
         <v>0</v>
       </c>
       <c r="K232" t="s">
-        <v>802</v>
+        <v>785</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s" s="2">
-        <v>803</v>
+        <v>786</v>
       </c>
       <c r="B233" t="s" s="2">
-        <v>804</v>
+        <v>417</v>
       </c>
       <c r="C233" t="n" s="3">
-        <v>7.91202007022E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D233" t="s" s="4">
-        <v>805</v>
+        <v>59</v>
       </c>
       <c r="E233" t="s" s="4">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="F233" t="s">
         <v>16</v>
       </c>
       <c r="G233" t="s">
-        <v>806</v>
+        <v>787</v>
       </c>
       <c r="H233" t="s">
         <v>0</v>
       </c>
       <c r="I233" t="s">
-        <v>807</v>
+        <v>440</v>
       </c>
       <c r="J233" t="s">
         <v>0</v>
       </c>
       <c r="K233" t="s">
-        <v>808</v>
+        <v>788</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s" s="2">
-        <v>803</v>
+        <v>789</v>
       </c>
       <c r="B234" t="s" s="2">
-        <v>809</v>
+        <v>155</v>
       </c>
       <c r="C234" t="n" s="3">
-        <v>7.91202005017E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D234" t="s" s="4">
-        <v>187</v>
+        <v>83</v>
       </c>
       <c r="E234" t="s" s="4">
-        <v>99</v>
+        <v>156</v>
       </c>
       <c r="F234" t="s">
         <v>16</v>
       </c>
       <c r="G234" t="s">
-        <v>806</v>
+        <v>790</v>
       </c>
       <c r="H234" t="s">
         <v>0</v>
       </c>
       <c r="I234" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>791</v>
+      </c>
+      <c r="J234" t="n">
+        <v>4639.0</v>
       </c>
       <c r="K234" t="s">
-        <v>808</v>
+        <v>792</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s" s="2">
-        <v>810</v>
+        <v>793</v>
       </c>
       <c r="B235" t="s" s="2">
-        <v>124</v>
+        <v>64</v>
       </c>
       <c r="C235" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D235" t="s" s="4">
-        <v>125</v>
+        <v>65</v>
       </c>
       <c r="E235" t="s" s="4">
-        <v>126</v>
+        <v>66</v>
       </c>
       <c r="F235" t="s">
         <v>31</v>
       </c>
       <c r="G235" t="s">
-        <v>811</v>
+        <v>794</v>
       </c>
       <c r="H235" t="s">
         <v>0</v>
       </c>
       <c r="I235" t="s">
-        <v>812</v>
+        <v>795</v>
       </c>
       <c r="J235" t="s">
         <v>0</v>
       </c>
       <c r="K235" t="s">
-        <v>813</v>
+        <v>796</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s" s="2">
-        <v>814</v>
+        <v>797</v>
       </c>
       <c r="B236" t="s" s="2">
-        <v>283</v>
+        <v>58</v>
       </c>
       <c r="C236" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D236" t="s" s="4">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E236" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F236" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G236" t="s">
-        <v>815</v>
+        <v>798</v>
       </c>
       <c r="H236" t="s">
         <v>0</v>
       </c>
       <c r="I236" t="s">
-        <v>816</v>
+        <v>799</v>
       </c>
       <c r="J236" t="s">
         <v>0</v>
       </c>
       <c r="K236" t="s">
-        <v>817</v>
+        <v>800</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s" s="2">
-        <v>814</v>
+        <v>801</v>
       </c>
       <c r="B237" t="s" s="2">
-        <v>112</v>
+        <v>802</v>
       </c>
       <c r="C237" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202103005E11</v>
       </c>
       <c r="D237" t="s" s="4">
-        <v>45</v>
+        <v>803</v>
       </c>
       <c r="E237" t="s" s="4">
-        <v>46</v>
+        <v>804</v>
       </c>
       <c r="F237" t="s">
         <v>31</v>
       </c>
       <c r="G237" t="s">
-        <v>815</v>
+        <v>805</v>
       </c>
       <c r="H237" t="s">
         <v>0</v>
       </c>
       <c r="I237" t="s">
-        <v>816</v>
+        <v>806</v>
       </c>
       <c r="J237" t="s">
         <v>0</v>
       </c>
       <c r="K237" t="s">
-        <v>817</v>
+        <v>807</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s" s="2">
-        <v>818</v>
+        <v>808</v>
       </c>
       <c r="B238" t="s" s="2">
-        <v>218</v>
+        <v>295</v>
       </c>
       <c r="C238" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D238" t="s" s="4">
-        <v>203</v>
+        <v>52</v>
       </c>
       <c r="E238" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F238" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G238" t="s">
-        <v>819</v>
+        <v>809</v>
       </c>
       <c r="H238" t="s">
         <v>0</v>
       </c>
       <c r="I238" t="s">
-        <v>820</v>
+        <v>810</v>
       </c>
       <c r="J238" t="s">
         <v>0</v>
       </c>
       <c r="K238" t="s">
-        <v>821</v>
+        <v>811</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s" s="2">
-        <v>822</v>
+        <v>812</v>
       </c>
       <c r="B239" t="s" s="2">
-        <v>57</v>
+        <v>264</v>
       </c>
       <c r="C239" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202207008E11</v>
       </c>
       <c r="D239" t="s" s="4">
-        <v>58</v>
+        <v>265</v>
       </c>
       <c r="E239" t="s" s="4">
-        <v>59</v>
+        <v>131</v>
       </c>
       <c r="F239" t="s">
         <v>31</v>
       </c>
       <c r="G239" t="s">
-        <v>823</v>
+        <v>813</v>
       </c>
       <c r="H239" t="s">
         <v>0</v>
       </c>
       <c r="I239" t="s">
-        <v>824</v>
+        <v>814</v>
       </c>
       <c r="J239" t="s">
         <v>0</v>
       </c>
       <c r="K239" t="s">
-        <v>825</v>
+        <v>815</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s" s="2">
-        <v>822</v>
+        <v>816</v>
       </c>
       <c r="B240" t="s" s="2">
-        <v>491</v>
+        <v>817</v>
       </c>
       <c r="C240" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202200703E11</v>
       </c>
       <c r="D240" t="s" s="4">
-        <v>492</v>
+        <v>311</v>
       </c>
       <c r="E240" t="s" s="4">
-        <v>493</v>
+        <v>131</v>
       </c>
       <c r="F240" t="s">
         <v>31</v>
       </c>
       <c r="G240" t="s">
-        <v>823</v>
+        <v>818</v>
       </c>
       <c r="H240" t="s">
         <v>0</v>
       </c>
       <c r="I240" t="s">
-        <v>824</v>
+        <v>819</v>
       </c>
       <c r="J240" t="s">
         <v>0</v>
       </c>
       <c r="K240" t="s">
-        <v>825</v>
+        <v>820</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s" s="2">
-        <v>826</v>
+        <v>816</v>
       </c>
       <c r="B241" t="s" s="2">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="C241" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D241" t="s" s="4">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="E241" t="s" s="4">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="F241" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G241" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="H241" t="s">
         <v>0</v>
       </c>
       <c r="I241" t="s">
-        <v>828</v>
+        <v>819</v>
       </c>
       <c r="J241" t="s">
         <v>0</v>
       </c>
       <c r="K241" t="s">
-        <v>829</v>
+        <v>820</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s" s="2">
-        <v>830</v>
+        <v>816</v>
       </c>
       <c r="B242" t="s" s="2">
-        <v>196</v>
+        <v>35</v>
       </c>
       <c r="C242" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202510007E11</v>
       </c>
       <c r="D242" t="s" s="4">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="E242" t="s" s="4">
-        <v>197</v>
+        <v>30</v>
       </c>
       <c r="F242" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G242" t="s">
-        <v>831</v>
+        <v>818</v>
       </c>
       <c r="H242" t="s">
         <v>0</v>
       </c>
       <c r="I242" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="J242" t="s">
         <v>0</v>
       </c>
       <c r="K242" t="s">
-        <v>833</v>
+        <v>820</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s" s="2">
-        <v>834</v>
+        <v>821</v>
       </c>
       <c r="B243" t="s" s="2">
-        <v>218</v>
+        <v>822</v>
       </c>
       <c r="C243" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005017E11</v>
       </c>
       <c r="D243" t="s" s="4">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="E243" t="s" s="4">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="F243" t="s">
         <v>16</v>
       </c>
       <c r="G243" t="s">
-        <v>835</v>
+        <v>823</v>
       </c>
       <c r="H243" t="s">
         <v>0</v>
       </c>
       <c r="I243" t="s">
-        <v>836</v>
+        <v>824</v>
       </c>
       <c r="J243" t="s">
         <v>0</v>
       </c>
       <c r="K243" t="s">
-        <v>837</v>
+        <v>825</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s" s="2">
-        <v>838</v>
+        <v>821</v>
       </c>
       <c r="B244" t="s" s="2">
-        <v>633</v>
+        <v>826</v>
       </c>
       <c r="C244" t="n" s="3">
-        <v>7.91202510001E11</v>
+        <v>7.91202007022E11</v>
       </c>
       <c r="D244" t="s" s="4">
-        <v>29</v>
+        <v>827</v>
       </c>
       <c r="E244" t="s" s="4">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="F244" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G244" t="s">
-        <v>0</v>
+        <v>823</v>
       </c>
       <c r="H244" t="s">
         <v>0</v>
       </c>
       <c r="I244" t="s">
-        <v>0</v>
+        <v>824</v>
       </c>
       <c r="J244" t="s">
         <v>0</v>
       </c>
       <c r="K244" t="s">
-        <v>0</v>
+        <v>825</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s" s="2">
-        <v>839</v>
+        <v>828</v>
       </c>
       <c r="B245" t="s" s="2">
-        <v>804</v>
+        <v>129</v>
       </c>
       <c r="C245" t="n" s="3">
-        <v>7.91202007022E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D245" t="s" s="4">
-        <v>805</v>
+        <v>130</v>
       </c>
       <c r="E245" t="s" s="4">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="F245" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G245" t="s">
-        <v>840</v>
+        <v>829</v>
       </c>
       <c r="H245" t="s">
         <v>0</v>
       </c>
       <c r="I245" t="s">
-        <v>841</v>
+        <v>830</v>
       </c>
       <c r="J245" t="s">
         <v>0</v>
       </c>
       <c r="K245" t="s">
-        <v>842</v>
+        <v>831</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s" s="2">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="B246" t="s" s="2">
-        <v>21</v>
+        <v>293</v>
       </c>
       <c r="C246" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D246" t="s" s="4">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E246" t="s" s="4">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="F246" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G246" t="s">
-        <v>840</v>
+        <v>833</v>
       </c>
       <c r="H246" t="s">
         <v>0</v>
       </c>
       <c r="I246" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="J246" t="s">
         <v>0</v>
       </c>
       <c r="K246" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s" s="2">
-        <v>843</v>
+        <v>832</v>
       </c>
       <c r="B247" t="s" s="2">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="C247" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D247" t="s" s="4">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E247" t="s" s="4">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="F247" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G247" t="s">
-        <v>844</v>
+        <v>833</v>
       </c>
       <c r="H247" t="s">
         <v>0</v>
       </c>
       <c r="I247" t="s">
-        <v>845</v>
+        <v>834</v>
       </c>
       <c r="J247" t="s">
         <v>0</v>
       </c>
       <c r="K247" t="s">
-        <v>846</v>
+        <v>835</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s" s="2">
-        <v>843</v>
+        <v>836</v>
       </c>
       <c r="B248" t="s" s="2">
-        <v>150</v>
+        <v>228</v>
       </c>
       <c r="C248" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D248" t="s" s="4">
-        <v>76</v>
+        <v>213</v>
       </c>
       <c r="E248" t="s" s="4">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="F248" t="s">
         <v>16</v>
       </c>
       <c r="G248" t="s">
-        <v>844</v>
+        <v>837</v>
       </c>
       <c r="H248" t="s">
         <v>0</v>
       </c>
       <c r="I248" t="s">
-        <v>845</v>
+        <v>838</v>
       </c>
       <c r="J248" t="s">
         <v>0</v>
       </c>
       <c r="K248" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s" s="2">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="B249" t="s" s="2">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="C249" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D249" t="s" s="4">
-        <v>84</v>
+        <v>29</v>
       </c>
       <c r="E249" t="s" s="4">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="F249" t="s">
         <v>31</v>
       </c>
       <c r="G249" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="H249" t="s">
         <v>0</v>
       </c>
       <c r="I249" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="J249" t="s">
         <v>0</v>
       </c>
       <c r="K249" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s" s="2">
+        <v>844</v>
+      </c>
+      <c r="B250" t="s" s="2">
+        <v>64</v>
+      </c>
+      <c r="C250" t="n" s="3">
+        <v>7.91202409005E11</v>
+      </c>
+      <c r="D250" t="s" s="4">
+        <v>65</v>
+      </c>
+      <c r="E250" t="s" s="4">
+        <v>66</v>
+      </c>
+      <c r="F250" t="s">
+        <v>31</v>
+      </c>
+      <c r="G250" t="s">
+        <v>845</v>
+      </c>
+      <c r="H250" t="s">
+        <v>0</v>
+      </c>
+      <c r="I250" t="s">
+        <v>846</v>
+      </c>
+      <c r="J250" t="s">
+        <v>0</v>
+      </c>
+      <c r="K250" t="s">
         <v>847</v>
-      </c>
-[...28 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s" s="2">
-        <v>851</v>
+        <v>844</v>
       </c>
       <c r="B251" t="s" s="2">
-        <v>150</v>
+        <v>501</v>
       </c>
       <c r="C251" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D251" t="s" s="4">
-        <v>76</v>
+        <v>502</v>
       </c>
       <c r="E251" t="s" s="4">
-        <v>151</v>
+        <v>503</v>
       </c>
       <c r="F251" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G251" t="s">
-        <v>852</v>
+        <v>845</v>
       </c>
       <c r="H251" t="s">
         <v>0</v>
       </c>
       <c r="I251" t="s">
-        <v>853</v>
+        <v>846</v>
       </c>
       <c r="J251" t="s">
         <v>0</v>
       </c>
       <c r="K251" t="s">
-        <v>854</v>
+        <v>847</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s" s="2">
-        <v>855</v>
+        <v>848</v>
       </c>
       <c r="B252" t="s" s="2">
-        <v>407</v>
+        <v>76</v>
       </c>
       <c r="C252" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D252" t="s" s="4">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="E252" t="s" s="4">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F252" t="s">
         <v>16</v>
       </c>
       <c r="G252" t="s">
-        <v>856</v>
+        <v>849</v>
       </c>
       <c r="H252" t="s">
         <v>0</v>
       </c>
       <c r="I252" t="s">
-        <v>857</v>
+        <v>850</v>
       </c>
       <c r="J252" t="s">
         <v>0</v>
       </c>
       <c r="K252" t="s">
-        <v>858</v>
+        <v>851</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s" s="2">
+        <v>852</v>
+      </c>
+      <c r="B253" t="s" s="2">
+        <v>206</v>
+      </c>
+      <c r="C253" t="n" s="3">
+        <v>7.91202303005E11</v>
+      </c>
+      <c r="D253" t="s" s="4">
+        <v>83</v>
+      </c>
+      <c r="E253" t="s" s="4">
+        <v>207</v>
+      </c>
+      <c r="F253" t="s">
+        <v>16</v>
+      </c>
+      <c r="G253" t="s">
+        <v>853</v>
+      </c>
+      <c r="H253" t="s">
+        <v>0</v>
+      </c>
+      <c r="I253" t="s">
+        <v>854</v>
+      </c>
+      <c r="J253" t="s">
+        <v>0</v>
+      </c>
+      <c r="K253" t="s">
         <v>855</v>
-      </c>
-[...28 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s" s="2">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B254" t="s" s="2">
-        <v>202</v>
+        <v>228</v>
       </c>
       <c r="C254" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D254" t="s" s="4">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E254" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F254" t="s">
         <v>16</v>
       </c>
       <c r="G254" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H254" t="s">
         <v>0</v>
       </c>
       <c r="I254" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="J254" t="s">
         <v>0</v>
       </c>
       <c r="K254" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s" s="2">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B255" t="s" s="2">
-        <v>278</v>
+        <v>647</v>
       </c>
       <c r="C255" t="n" s="3">
-        <v>7.91202103009E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D255" t="s" s="4">
-        <v>279</v>
+        <v>29</v>
       </c>
       <c r="E255" t="s" s="4">
-        <v>151</v>
+        <v>38</v>
       </c>
       <c r="F255" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G255" t="s">
-        <v>860</v>
+        <v>0</v>
       </c>
       <c r="H255" t="s">
         <v>0</v>
       </c>
       <c r="I255" t="s">
-        <v>861</v>
+        <v>0</v>
       </c>
       <c r="J255" t="s">
         <v>0</v>
       </c>
       <c r="K255" t="s">
-        <v>862</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s" s="2">
+        <v>861</v>
+      </c>
+      <c r="B256" t="s" s="2">
+        <v>826</v>
+      </c>
+      <c r="C256" t="n" s="3">
+        <v>7.91202007022E11</v>
+      </c>
+      <c r="D256" t="s" s="4">
+        <v>827</v>
+      </c>
+      <c r="E256" t="s" s="4">
+        <v>78</v>
+      </c>
+      <c r="F256" t="s">
+        <v>16</v>
+      </c>
+      <c r="G256" t="s">
+        <v>862</v>
+      </c>
+      <c r="H256" t="s">
+        <v>0</v>
+      </c>
+      <c r="I256" t="s">
         <v>863</v>
       </c>
-      <c r="B256" t="s" s="2">
-[...22 lines deleted...]
-      </c>
       <c r="J256" t="s">
         <v>0</v>
       </c>
       <c r="K256" t="s">
-        <v>0</v>
+        <v>864</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s" s="2">
+        <v>861</v>
+      </c>
+      <c r="B257" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="C257" t="n" s="3">
+        <v>7.91202303001E11</v>
+      </c>
+      <c r="D257" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E257" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="F257" t="s">
+        <v>16</v>
+      </c>
+      <c r="G257" t="s">
+        <v>862</v>
+      </c>
+      <c r="H257" t="s">
+        <v>0</v>
+      </c>
+      <c r="I257" t="s">
+        <v>863</v>
+      </c>
+      <c r="J257" t="s">
+        <v>0</v>
+      </c>
+      <c r="K257" t="s">
         <v>864</v>
-      </c>
-[...28 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s" s="2">
+        <v>865</v>
+      </c>
+      <c r="B258" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="C258" t="n" s="3">
+        <v>7.91202303001E11</v>
+      </c>
+      <c r="D258" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E258" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="F258" t="s">
+        <v>16</v>
+      </c>
+      <c r="G258" t="s">
+        <v>866</v>
+      </c>
+      <c r="H258" t="s">
+        <v>0</v>
+      </c>
+      <c r="I258" t="s">
+        <v>867</v>
+      </c>
+      <c r="J258" t="s">
+        <v>0</v>
+      </c>
+      <c r="K258" t="s">
         <v>868</v>
-      </c>
-[...28 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s" s="2">
+        <v>865</v>
+      </c>
+      <c r="B259" t="s" s="2">
+        <v>155</v>
+      </c>
+      <c r="C259" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D259" t="s" s="4">
+        <v>83</v>
+      </c>
+      <c r="E259" t="s" s="4">
+        <v>156</v>
+      </c>
+      <c r="F259" t="s">
+        <v>16</v>
+      </c>
+      <c r="G259" t="s">
+        <v>866</v>
+      </c>
+      <c r="H259" t="s">
+        <v>0</v>
+      </c>
+      <c r="I259" t="s">
+        <v>867</v>
+      </c>
+      <c r="J259" t="s">
+        <v>0</v>
+      </c>
+      <c r="K259" t="s">
         <v>868</v>
-      </c>
-[...28 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s" s="2">
-        <v>872</v>
+        <v>865</v>
       </c>
       <c r="B260" t="s" s="2">
-        <v>186</v>
+        <v>90</v>
       </c>
       <c r="C260" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D260" t="s" s="4">
-        <v>187</v>
+        <v>91</v>
       </c>
       <c r="E260" t="s" s="4">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="F260" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G260" t="s">
-        <v>873</v>
+        <v>866</v>
       </c>
       <c r="H260" t="s">
         <v>0</v>
       </c>
       <c r="I260" t="s">
-        <v>874</v>
+        <v>867</v>
       </c>
       <c r="J260" t="s">
         <v>0</v>
       </c>
       <c r="K260" t="s">
-        <v>875</v>
+        <v>868</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s" s="2">
-        <v>876</v>
+        <v>869</v>
       </c>
       <c r="B261" t="s" s="2">
-        <v>97</v>
+        <v>158</v>
       </c>
       <c r="C261" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D261" t="s" s="4">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="E261" t="s" s="4">
-        <v>99</v>
+        <v>23</v>
       </c>
       <c r="F261" t="s">
         <v>16</v>
       </c>
       <c r="G261" t="s">
-        <v>877</v>
+        <v>870</v>
       </c>
       <c r="H261" t="s">
         <v>0</v>
       </c>
       <c r="I261" t="s">
-        <v>878</v>
+        <v>871</v>
       </c>
       <c r="J261" t="s">
         <v>0</v>
       </c>
       <c r="K261" t="s">
-        <v>879</v>
+        <v>872</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s" s="2">
-        <v>880</v>
+        <v>873</v>
       </c>
       <c r="B262" t="s" s="2">
-        <v>97</v>
+        <v>155</v>
       </c>
       <c r="C262" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D262" t="s" s="4">
-        <v>98</v>
+        <v>83</v>
       </c>
       <c r="E262" t="s" s="4">
-        <v>99</v>
+        <v>156</v>
       </c>
       <c r="F262" t="s">
         <v>16</v>
       </c>
       <c r="G262" t="s">
-        <v>881</v>
+        <v>874</v>
       </c>
       <c r="H262" t="s">
         <v>0</v>
       </c>
       <c r="I262" t="s">
-        <v>882</v>
+        <v>875</v>
       </c>
       <c r="J262" t="s">
         <v>0</v>
       </c>
       <c r="K262" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s" s="2">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="B263" t="s" s="2">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="C263" t="n" s="3">
         <v>7.91202003006E11</v>
       </c>
       <c r="D263" t="s" s="4">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E263" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F263" t="s">
         <v>16</v>
       </c>
       <c r="G263" t="s">
-        <v>885</v>
+        <v>878</v>
       </c>
       <c r="H263" t="s">
         <v>0</v>
       </c>
       <c r="I263" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="J263" t="s">
         <v>0</v>
       </c>
       <c r="K263" t="s">
-        <v>887</v>
+        <v>880</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s" s="2">
-        <v>888</v>
+        <v>877</v>
       </c>
       <c r="B264" t="s" s="2">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="C264" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D264" t="s" s="4">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="E264" t="s" s="4">
-        <v>151</v>
+        <v>23</v>
       </c>
       <c r="F264" t="s">
         <v>16</v>
       </c>
       <c r="G264" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
       <c r="H264" t="s">
         <v>0</v>
       </c>
       <c r="I264" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="J264" t="s">
         <v>0</v>
       </c>
       <c r="K264" t="s">
-        <v>891</v>
+        <v>880</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s" s="2">
-        <v>892</v>
+        <v>877</v>
       </c>
       <c r="B265" t="s" s="2">
-        <v>407</v>
+        <v>212</v>
       </c>
       <c r="C265" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D265" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E265" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F265" t="s">
         <v>16</v>
       </c>
       <c r="G265" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="H265" t="s">
         <v>0</v>
       </c>
       <c r="I265" t="s">
-        <v>894</v>
+        <v>879</v>
       </c>
       <c r="J265" t="s">
         <v>0</v>
       </c>
       <c r="K265" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s" s="2">
-        <v>892</v>
+        <v>881</v>
       </c>
       <c r="B266" t="s" s="2">
-        <v>51</v>
+        <v>288</v>
       </c>
       <c r="C266" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D266" t="s" s="4">
-        <v>52</v>
+        <v>289</v>
       </c>
       <c r="E266" t="s" s="4">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="F266" t="s">
         <v>16</v>
       </c>
       <c r="G266" t="s">
-        <v>893</v>
+        <v>882</v>
       </c>
       <c r="H266" t="s">
         <v>0</v>
       </c>
       <c r="I266" t="s">
-        <v>894</v>
+        <v>883</v>
       </c>
       <c r="J266" t="s">
         <v>0</v>
       </c>
       <c r="K266" t="s">
-        <v>895</v>
+        <v>884</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s" s="2">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="B267" t="s" s="2">
-        <v>112</v>
+        <v>647</v>
       </c>
       <c r="C267" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D267" t="s" s="4">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="E267" t="s" s="4">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="F267" t="s">
         <v>31</v>
       </c>
       <c r="G267" t="s">
-        <v>897</v>
+        <v>0</v>
       </c>
       <c r="H267" t="s">
         <v>0</v>
       </c>
       <c r="I267" t="s">
-        <v>898</v>
+        <v>0</v>
       </c>
       <c r="J267" t="s">
         <v>0</v>
       </c>
       <c r="K267" t="s">
-        <v>899</v>
+        <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s" s="2">
-        <v>900</v>
+        <v>886</v>
       </c>
       <c r="B268" t="s" s="2">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="C268" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D268" t="s" s="4">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E268" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F268" t="s">
         <v>16</v>
       </c>
       <c r="G268" t="s">
-        <v>671</v>
+        <v>887</v>
       </c>
       <c r="H268" t="s">
         <v>0</v>
       </c>
       <c r="I268" t="s">
-        <v>901</v>
+        <v>888</v>
       </c>
       <c r="J268" t="s">
         <v>0</v>
       </c>
       <c r="K268" t="s">
-        <v>902</v>
+        <v>889</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s" s="2">
-        <v>903</v>
+        <v>890</v>
       </c>
       <c r="B269" t="s" s="2">
-        <v>51</v>
+        <v>212</v>
       </c>
       <c r="C269" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D269" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E269" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F269" t="s">
         <v>16</v>
       </c>
       <c r="G269" t="s">
-        <v>904</v>
+        <v>891</v>
       </c>
       <c r="H269" t="s">
         <v>0</v>
       </c>
       <c r="I269" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-        <v>131.0</v>
+        <v>892</v>
+      </c>
+      <c r="J269" t="s">
+        <v>0</v>
       </c>
       <c r="K269" t="s">
-        <v>906</v>
+        <v>893</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s" s="2">
-        <v>903</v>
+        <v>890</v>
       </c>
       <c r="B270" t="s" s="2">
-        <v>112</v>
+        <v>228</v>
       </c>
       <c r="C270" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D270" t="s" s="4">
-        <v>45</v>
+        <v>213</v>
       </c>
       <c r="E270" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F270" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G270" t="s">
-        <v>904</v>
+        <v>891</v>
       </c>
       <c r="H270" t="s">
         <v>0</v>
       </c>
       <c r="I270" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-        <v>131.0</v>
+        <v>892</v>
+      </c>
+      <c r="J270" t="s">
+        <v>0</v>
       </c>
       <c r="K270" t="s">
-        <v>906</v>
+        <v>893</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s" s="2">
-        <v>907</v>
+        <v>894</v>
       </c>
       <c r="B271" t="s" s="2">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="C271" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D271" t="s" s="4">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="E271" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F271" t="s">
         <v>16</v>
       </c>
       <c r="G271" t="s">
-        <v>908</v>
+        <v>895</v>
       </c>
       <c r="H271" t="s">
         <v>0</v>
       </c>
       <c r="I271" t="s">
-        <v>909</v>
+        <v>896</v>
       </c>
       <c r="J271" t="s">
         <v>0</v>
       </c>
       <c r="K271" t="s">
-        <v>910</v>
+        <v>897</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s" s="2">
-        <v>911</v>
+        <v>898</v>
       </c>
       <c r="B272" t="s" s="2">
-        <v>284</v>
+        <v>104</v>
       </c>
       <c r="C272" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D272" t="s" s="4">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="E272" t="s" s="4">
-        <v>39</v>
+        <v>106</v>
       </c>
       <c r="F272" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G272" t="s">
-        <v>912</v>
+        <v>899</v>
       </c>
       <c r="H272" t="s">
         <v>0</v>
       </c>
       <c r="I272" t="s">
-        <v>913</v>
+        <v>900</v>
       </c>
       <c r="J272" t="s">
         <v>0</v>
       </c>
       <c r="K272" t="s">
-        <v>914</v>
+        <v>901</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s" s="2">
-        <v>915</v>
+        <v>902</v>
       </c>
       <c r="B273" t="s" s="2">
-        <v>186</v>
+        <v>104</v>
       </c>
       <c r="C273" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D273" t="s" s="4">
-        <v>187</v>
+        <v>105</v>
       </c>
       <c r="E273" t="s" s="4">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="F273" t="s">
         <v>16</v>
       </c>
       <c r="G273" t="s">
-        <v>916</v>
+        <v>903</v>
       </c>
       <c r="H273" t="s">
         <v>0</v>
       </c>
       <c r="I273" t="s">
-        <v>917</v>
+        <v>904</v>
       </c>
       <c r="J273" t="s">
         <v>0</v>
       </c>
       <c r="K273" t="s">
-        <v>918</v>
+        <v>905</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s" s="2">
-        <v>915</v>
+        <v>906</v>
       </c>
       <c r="B274" t="s" s="2">
-        <v>218</v>
+        <v>417</v>
       </c>
       <c r="C274" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D274" t="s" s="4">
-        <v>203</v>
+        <v>59</v>
       </c>
       <c r="E274" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F274" t="s">
         <v>16</v>
       </c>
       <c r="G274" t="s">
-        <v>916</v>
+        <v>907</v>
       </c>
       <c r="H274" t="s">
         <v>0</v>
       </c>
       <c r="I274" t="s">
-        <v>917</v>
+        <v>908</v>
       </c>
       <c r="J274" t="s">
         <v>0</v>
       </c>
       <c r="K274" t="s">
-        <v>918</v>
+        <v>909</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s" s="2">
-        <v>919</v>
+        <v>910</v>
       </c>
       <c r="B275" t="s" s="2">
-        <v>491</v>
+        <v>155</v>
       </c>
       <c r="C275" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D275" t="s" s="4">
-        <v>492</v>
+        <v>83</v>
       </c>
       <c r="E275" t="s" s="4">
-        <v>493</v>
+        <v>156</v>
       </c>
       <c r="F275" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G275" t="s">
-        <v>920</v>
+        <v>911</v>
       </c>
       <c r="H275" t="s">
         <v>0</v>
       </c>
       <c r="I275" t="s">
-        <v>921</v>
+        <v>912</v>
       </c>
       <c r="J275" t="s">
         <v>0</v>
       </c>
       <c r="K275" t="s">
-        <v>922</v>
+        <v>913</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s" s="2">
-        <v>923</v>
+        <v>914</v>
       </c>
       <c r="B276" t="s" s="2">
-        <v>139</v>
+        <v>417</v>
       </c>
       <c r="C276" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D276" t="s" s="4">
-        <v>98</v>
+        <v>59</v>
       </c>
       <c r="E276" t="s" s="4">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="F276" t="s">
         <v>16</v>
       </c>
       <c r="G276" t="s">
-        <v>924</v>
+        <v>915</v>
       </c>
       <c r="H276" t="s">
         <v>0</v>
       </c>
       <c r="I276" t="s">
-        <v>925</v>
+        <v>916</v>
       </c>
       <c r="J276" t="s">
         <v>0</v>
       </c>
       <c r="K276" t="s">
-        <v>926</v>
+        <v>917</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s" s="2">
-        <v>927</v>
+        <v>914</v>
       </c>
       <c r="B277" t="s" s="2">
-        <v>344</v>
+        <v>58</v>
       </c>
       <c r="C277" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D277" t="s" s="4">
-        <v>14</v>
+        <v>59</v>
       </c>
       <c r="E277" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F277" t="s">
         <v>16</v>
       </c>
       <c r="G277" t="s">
-        <v>928</v>
+        <v>915</v>
       </c>
       <c r="H277" t="s">
         <v>0</v>
       </c>
       <c r="I277" t="s">
-        <v>929</v>
+        <v>916</v>
       </c>
       <c r="J277" t="s">
         <v>0</v>
       </c>
       <c r="K277" t="s">
-        <v>930</v>
+        <v>917</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s" s="2">
-        <v>927</v>
+        <v>918</v>
       </c>
       <c r="B278" t="s" s="2">
-        <v>403</v>
+        <v>119</v>
       </c>
       <c r="C278" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D278" t="s" s="4">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="E278" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F278" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G278" t="s">
-        <v>928</v>
+        <v>919</v>
       </c>
       <c r="H278" t="s">
         <v>0</v>
       </c>
       <c r="I278" t="s">
-        <v>929</v>
+        <v>920</v>
       </c>
       <c r="J278" t="s">
         <v>0</v>
       </c>
       <c r="K278" t="s">
-        <v>930</v>
+        <v>921</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s" s="2">
-        <v>931</v>
+        <v>922</v>
       </c>
       <c r="B279" t="s" s="2">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="C279" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D279" t="s" s="4">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E279" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F279" t="s">
         <v>16</v>
       </c>
       <c r="G279" t="s">
-        <v>932</v>
+        <v>685</v>
       </c>
       <c r="H279" t="s">
         <v>0</v>
       </c>
       <c r="I279" t="s">
-        <v>933</v>
+        <v>923</v>
       </c>
       <c r="J279" t="s">
         <v>0</v>
       </c>
       <c r="K279" t="s">
-        <v>934</v>
+        <v>924</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s" s="2">
-        <v>935</v>
+        <v>925</v>
       </c>
       <c r="B280" t="s" s="2">
-        <v>218</v>
+        <v>58</v>
       </c>
       <c r="C280" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D280" t="s" s="4">
-        <v>203</v>
+        <v>59</v>
       </c>
       <c r="E280" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F280" t="s">
         <v>16</v>
       </c>
       <c r="G280" t="s">
-        <v>936</v>
+        <v>926</v>
       </c>
       <c r="H280" t="s">
         <v>0</v>
       </c>
       <c r="I280" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>927</v>
+      </c>
+      <c r="J280" t="n">
+        <v>131.0</v>
       </c>
       <c r="K280" t="s">
-        <v>938</v>
+        <v>928</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s" s="2">
-        <v>939</v>
+        <v>925</v>
       </c>
       <c r="B281" t="s" s="2">
-        <v>235</v>
+        <v>119</v>
       </c>
       <c r="C281" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D281" t="s" s="4">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="E281" t="s" s="4">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="F281" t="s">
         <v>31</v>
       </c>
       <c r="G281" t="s">
-        <v>940</v>
+        <v>926</v>
       </c>
       <c r="H281" t="s">
         <v>0</v>
       </c>
       <c r="I281" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="J281" t="n">
-        <v>2844.0</v>
+        <v>131.0</v>
       </c>
       <c r="K281" t="s">
-        <v>942</v>
+        <v>928</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s" s="2">
-        <v>943</v>
+        <v>929</v>
       </c>
       <c r="B282" t="s" s="2">
-        <v>139</v>
+        <v>212</v>
       </c>
       <c r="C282" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D282" t="s" s="4">
-        <v>98</v>
+        <v>213</v>
       </c>
       <c r="E282" t="s" s="4">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="F282" t="s">
         <v>16</v>
       </c>
       <c r="G282" t="s">
-        <v>944</v>
+        <v>930</v>
       </c>
       <c r="H282" t="s">
         <v>0</v>
       </c>
       <c r="I282" t="s">
-        <v>945</v>
+        <v>931</v>
       </c>
       <c r="J282" t="s">
         <v>0</v>
       </c>
       <c r="K282" t="s">
-        <v>946</v>
+        <v>932</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s" s="2">
-        <v>947</v>
+        <v>933</v>
       </c>
       <c r="B283" t="s" s="2">
-        <v>218</v>
+        <v>294</v>
       </c>
       <c r="C283" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D283" t="s" s="4">
-        <v>203</v>
+        <v>45</v>
       </c>
       <c r="E283" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F283" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G283" t="s">
-        <v>948</v>
+        <v>934</v>
       </c>
       <c r="H283" t="s">
         <v>0</v>
       </c>
       <c r="I283" t="s">
-        <v>949</v>
+        <v>935</v>
       </c>
       <c r="J283" t="s">
         <v>0</v>
       </c>
       <c r="K283" t="s">
-        <v>950</v>
+        <v>936</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s" s="2">
-        <v>951</v>
+        <v>937</v>
       </c>
       <c r="B284" t="s" s="2">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="C284" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D284" t="s" s="4">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="E284" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F284" t="s">
         <v>16</v>
       </c>
       <c r="G284" t="s">
-        <v>952</v>
+        <v>938</v>
       </c>
       <c r="H284" t="s">
         <v>0</v>
       </c>
       <c r="I284" t="s">
-        <v>953</v>
+        <v>939</v>
       </c>
       <c r="J284" t="s">
         <v>0</v>
       </c>
       <c r="K284" t="s">
-        <v>954</v>
+        <v>940</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s" s="2">
-        <v>955</v>
+        <v>937</v>
       </c>
       <c r="B285" t="s" s="2">
-        <v>35</v>
+        <v>228</v>
       </c>
       <c r="C285" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D285" t="s" s="4">
-        <v>29</v>
+        <v>213</v>
       </c>
       <c r="E285" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F285" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G285" t="s">
-        <v>956</v>
+        <v>938</v>
       </c>
       <c r="H285" t="s">
         <v>0</v>
       </c>
       <c r="I285" t="s">
-        <v>957</v>
+        <v>939</v>
       </c>
       <c r="J285" t="s">
         <v>0</v>
       </c>
       <c r="K285" t="s">
-        <v>958</v>
+        <v>940</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s" s="2">
-        <v>959</v>
+        <v>941</v>
       </c>
       <c r="B286" t="s" s="2">
-        <v>150</v>
+        <v>501</v>
       </c>
       <c r="C286" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D286" t="s" s="4">
-        <v>76</v>
+        <v>502</v>
       </c>
       <c r="E286" t="s" s="4">
-        <v>151</v>
+        <v>503</v>
       </c>
       <c r="F286" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G286" t="s">
-        <v>960</v>
+        <v>942</v>
       </c>
       <c r="H286" t="s">
         <v>0</v>
       </c>
       <c r="I286" t="s">
-        <v>961</v>
+        <v>943</v>
       </c>
       <c r="J286" t="s">
         <v>0</v>
       </c>
       <c r="K286" t="s">
-        <v>962</v>
+        <v>944</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s" s="2">
-        <v>963</v>
+        <v>945</v>
       </c>
       <c r="B287" t="s" s="2">
-        <v>114</v>
+        <v>144</v>
       </c>
       <c r="C287" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D287" t="s" s="4">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="E287" t="s" s="4">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="F287" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G287" t="s">
-        <v>0</v>
+        <v>946</v>
       </c>
       <c r="H287" t="s">
         <v>0</v>
       </c>
       <c r="I287" t="s">
-        <v>0</v>
+        <v>947</v>
       </c>
       <c r="J287" t="s">
         <v>0</v>
       </c>
       <c r="K287" t="s">
-        <v>0</v>
+        <v>948</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s" s="2">
-        <v>964</v>
+        <v>949</v>
       </c>
       <c r="B288" t="s" s="2">
-        <v>64</v>
+        <v>413</v>
       </c>
       <c r="C288" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D288" t="s" s="4">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="E288" t="s" s="4">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F288" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G288" t="s">
-        <v>965</v>
+        <v>950</v>
       </c>
       <c r="H288" t="s">
         <v>0</v>
       </c>
       <c r="I288" t="s">
-        <v>966</v>
+        <v>951</v>
       </c>
       <c r="J288" t="s">
         <v>0</v>
       </c>
       <c r="K288" t="s">
-        <v>967</v>
+        <v>952</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s" s="2">
-        <v>968</v>
+        <v>949</v>
       </c>
       <c r="B289" t="s" s="2">
-        <v>462</v>
+        <v>354</v>
       </c>
       <c r="C289" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D289" t="s" s="4">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="E289" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F289" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G289" t="s">
-        <v>969</v>
+        <v>950</v>
       </c>
       <c r="H289" t="s">
         <v>0</v>
       </c>
       <c r="I289" t="s">
-        <v>970</v>
+        <v>951</v>
       </c>
       <c r="J289" t="s">
         <v>0</v>
       </c>
       <c r="K289" t="s">
-        <v>971</v>
+        <v>952</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s" s="2">
-        <v>972</v>
+        <v>953</v>
       </c>
       <c r="B290" t="s" s="2">
-        <v>678</v>
+        <v>228</v>
       </c>
       <c r="C290" t="n" s="3">
-        <v>7.91202007024E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D290" t="s" s="4">
-        <v>679</v>
+        <v>213</v>
       </c>
       <c r="E290" t="s" s="4">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="F290" t="s">
         <v>16</v>
       </c>
       <c r="G290" t="s">
-        <v>973</v>
+        <v>954</v>
       </c>
       <c r="H290" t="s">
         <v>0</v>
       </c>
       <c r="I290" t="s">
-        <v>974</v>
+        <v>955</v>
       </c>
       <c r="J290" t="s">
         <v>0</v>
       </c>
       <c r="K290" t="s">
-        <v>975</v>
+        <v>956</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s" s="2">
-        <v>976</v>
+        <v>957</v>
       </c>
       <c r="B291" t="s" s="2">
-        <v>287</v>
+        <v>228</v>
       </c>
       <c r="C291" t="n" s="3">
-        <v>7.91202505003E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D291" t="s" s="4">
-        <v>38</v>
+        <v>213</v>
       </c>
       <c r="E291" t="s" s="4">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F291" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G291" t="s">
-        <v>977</v>
+        <v>958</v>
       </c>
       <c r="H291" t="s">
         <v>0</v>
       </c>
       <c r="I291" t="s">
-        <v>978</v>
+        <v>959</v>
       </c>
       <c r="J291" t="s">
         <v>0</v>
       </c>
       <c r="K291" t="s">
-        <v>979</v>
+        <v>960</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s" s="2">
-        <v>980</v>
+        <v>961</v>
       </c>
       <c r="B292" t="s" s="2">
-        <v>114</v>
+        <v>245</v>
       </c>
       <c r="C292" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D292" t="s" s="4">
-        <v>115</v>
+        <v>29</v>
       </c>
       <c r="E292" t="s" s="4">
-        <v>116</v>
+        <v>38</v>
       </c>
       <c r="F292" t="s">
         <v>31</v>
       </c>
       <c r="G292" t="s">
-        <v>0</v>
+        <v>962</v>
       </c>
       <c r="H292" t="s">
         <v>0</v>
       </c>
       <c r="I292" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>963</v>
+      </c>
+      <c r="J292" t="n">
+        <v>2844.0</v>
       </c>
       <c r="K292" t="s">
-        <v>0</v>
+        <v>964</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s" s="2">
-        <v>981</v>
+        <v>965</v>
       </c>
       <c r="B293" t="s" s="2">
-        <v>283</v>
+        <v>144</v>
       </c>
       <c r="C293" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D293" t="s" s="4">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="E293" t="s" s="4">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="F293" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G293" t="s">
-        <v>982</v>
+        <v>966</v>
       </c>
       <c r="H293" t="s">
         <v>0</v>
       </c>
       <c r="I293" t="s">
-        <v>983</v>
+        <v>967</v>
       </c>
       <c r="J293" t="s">
         <v>0</v>
       </c>
       <c r="K293" t="s">
-        <v>984</v>
+        <v>968</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s" s="2">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="B294" t="s" s="2">
-        <v>436</v>
+        <v>228</v>
       </c>
       <c r="C294" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D294" t="s" s="4">
-        <v>45</v>
+        <v>213</v>
       </c>
       <c r="E294" t="s" s="4">
-        <v>339</v>
+        <v>15</v>
       </c>
       <c r="F294" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G294" t="s">
-        <v>982</v>
+        <v>970</v>
       </c>
       <c r="H294" t="s">
         <v>0</v>
       </c>
       <c r="I294" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="J294" t="s">
         <v>0</v>
       </c>
       <c r="K294" t="s">
-        <v>984</v>
+        <v>972</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s" s="2">
-        <v>985</v>
+        <v>973</v>
       </c>
       <c r="B295" t="s" s="2">
-        <v>124</v>
+        <v>228</v>
       </c>
       <c r="C295" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D295" t="s" s="4">
-        <v>125</v>
+        <v>213</v>
       </c>
       <c r="E295" t="s" s="4">
-        <v>126</v>
+        <v>15</v>
       </c>
       <c r="F295" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G295" t="s">
-        <v>986</v>
+        <v>974</v>
       </c>
       <c r="H295" t="s">
         <v>0</v>
       </c>
       <c r="I295" t="s">
-        <v>987</v>
+        <v>975</v>
       </c>
       <c r="J295" t="s">
         <v>0</v>
       </c>
       <c r="K295" t="s">
-        <v>988</v>
+        <v>976</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s" s="2">
-        <v>989</v>
+        <v>977</v>
       </c>
       <c r="B296" t="s" s="2">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C296" t="n" s="3">
         <v>7.91202510005E11</v>
       </c>
       <c r="D296" t="s" s="4">
         <v>29</v>
       </c>
       <c r="E296" t="s" s="4">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F296" t="s">
         <v>31</v>
       </c>
       <c r="G296" t="s">
-        <v>990</v>
+        <v>978</v>
       </c>
       <c r="H296" t="s">
         <v>0</v>
       </c>
       <c r="I296" t="s">
-        <v>991</v>
+        <v>979</v>
       </c>
       <c r="J296" t="s">
         <v>0</v>
       </c>
       <c r="K296" t="s">
-        <v>992</v>
+        <v>980</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s" s="2">
-        <v>993</v>
+        <v>981</v>
       </c>
       <c r="B297" t="s" s="2">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C297" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D297" t="s" s="4">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E297" t="s" s="4">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F297" t="s">
         <v>16</v>
       </c>
       <c r="G297" t="s">
-        <v>994</v>
+        <v>982</v>
       </c>
       <c r="H297" t="s">
         <v>0</v>
       </c>
       <c r="I297" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-        <v>302.0</v>
+        <v>983</v>
+      </c>
+      <c r="J297" t="s">
+        <v>0</v>
       </c>
       <c r="K297" t="s">
-        <v>996</v>
+        <v>984</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s" s="2">
-        <v>997</v>
+        <v>985</v>
       </c>
       <c r="B298" t="s" s="2">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="C298" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D298" t="s" s="4">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="E298" t="s" s="4">
-        <v>151</v>
+        <v>123</v>
       </c>
       <c r="F298" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G298" t="s">
-        <v>998</v>
+        <v>0</v>
       </c>
       <c r="H298" t="s">
         <v>0</v>
       </c>
       <c r="I298" t="s">
-        <v>999</v>
+        <v>0</v>
       </c>
       <c r="J298" t="s">
         <v>0</v>
       </c>
       <c r="K298" t="s">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s" s="2">
-        <v>997</v>
+        <v>986</v>
       </c>
       <c r="B299" t="s" s="2">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C299" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D299" t="s" s="4">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E299" t="s" s="4">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F299" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G299" t="s">
-        <v>998</v>
+        <v>987</v>
       </c>
       <c r="H299" t="s">
         <v>0</v>
       </c>
       <c r="I299" t="s">
-        <v>999</v>
+        <v>988</v>
       </c>
       <c r="J299" t="s">
         <v>0</v>
       </c>
       <c r="K299" t="s">
-        <v>1000</v>
+        <v>989</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s" s="2">
-        <v>1001</v>
+        <v>990</v>
       </c>
       <c r="B300" t="s" s="2">
-        <v>138</v>
+        <v>472</v>
       </c>
       <c r="C300" t="n" s="3">
-        <v>7.91202510002E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D300" t="s" s="4">
-        <v>29</v>
+        <v>219</v>
       </c>
       <c r="E300" t="s" s="4">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F300" t="s">
         <v>31</v>
       </c>
       <c r="G300" t="s">
-        <v>0</v>
+        <v>991</v>
       </c>
       <c r="H300" t="s">
         <v>0</v>
       </c>
       <c r="I300" t="s">
-        <v>0</v>
+        <v>992</v>
       </c>
       <c r="J300" t="s">
         <v>0</v>
       </c>
       <c r="K300" t="s">
-        <v>0</v>
+        <v>993</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s" s="2">
-        <v>1002</v>
+        <v>994</v>
       </c>
       <c r="B301" t="s" s="2">
-        <v>51</v>
+        <v>692</v>
       </c>
       <c r="C301" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202007024E11</v>
       </c>
       <c r="D301" t="s" s="4">
-        <v>52</v>
+        <v>693</v>
       </c>
       <c r="E301" t="s" s="4">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F301" t="s">
         <v>16</v>
       </c>
       <c r="G301" t="s">
-        <v>1003</v>
+        <v>995</v>
       </c>
       <c r="H301" t="s">
         <v>0</v>
       </c>
       <c r="I301" t="s">
-        <v>1004</v>
+        <v>996</v>
       </c>
       <c r="J301" t="s">
         <v>0</v>
       </c>
       <c r="K301" t="s">
-        <v>1005</v>
+        <v>997</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s" s="2">
-        <v>1006</v>
+        <v>998</v>
       </c>
       <c r="B302" t="s" s="2">
-        <v>407</v>
+        <v>297</v>
       </c>
       <c r="C302" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202505003E11</v>
       </c>
       <c r="D302" t="s" s="4">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E302" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F302" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G302" t="s">
-        <v>1007</v>
+        <v>999</v>
       </c>
       <c r="H302" t="s">
         <v>0</v>
       </c>
       <c r="I302" t="s">
-        <v>1008</v>
-[...2 lines deleted...]
-        <v>225.0</v>
+        <v>1000</v>
+      </c>
+      <c r="J302" t="s">
+        <v>0</v>
       </c>
       <c r="K302" t="s">
-        <v>1009</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s" s="2">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="B303" t="s" s="2">
-        <v>407</v>
+        <v>121</v>
       </c>
       <c r="C303" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D303" t="s" s="4">
-        <v>52</v>
+        <v>122</v>
       </c>
       <c r="E303" t="s" s="4">
-        <v>15</v>
+        <v>123</v>
       </c>
       <c r="F303" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G303" t="s">
-        <v>769</v>
+        <v>0</v>
       </c>
       <c r="H303" t="s">
         <v>0</v>
       </c>
       <c r="I303" t="s">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="J303" t="s">
         <v>0</v>
       </c>
       <c r="K303" t="s">
-        <v>1011</v>
+        <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s" s="2">
-        <v>1012</v>
+        <v>1003</v>
       </c>
       <c r="B304" t="s" s="2">
-        <v>75</v>
+        <v>293</v>
       </c>
       <c r="C304" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D304" t="s" s="4">
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="E304" t="s" s="4">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="F304" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G304" t="s">
-        <v>1013</v>
+        <v>1004</v>
       </c>
       <c r="H304" t="s">
         <v>0</v>
       </c>
       <c r="I304" t="s">
-        <v>1014</v>
+        <v>1005</v>
       </c>
       <c r="J304" t="s">
         <v>0</v>
       </c>
       <c r="K304" t="s">
-        <v>1015</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s" s="2">
-        <v>1016</v>
+        <v>1003</v>
       </c>
       <c r="B305" t="s" s="2">
-        <v>344</v>
+        <v>446</v>
       </c>
       <c r="C305" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D305" t="s" s="4">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="E305" t="s" s="4">
-        <v>15</v>
+        <v>349</v>
       </c>
       <c r="F305" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G305" t="s">
-        <v>1017</v>
+        <v>1004</v>
       </c>
       <c r="H305" t="s">
         <v>0</v>
       </c>
       <c r="I305" t="s">
-        <v>1018</v>
+        <v>1005</v>
       </c>
       <c r="J305" t="s">
         <v>0</v>
       </c>
       <c r="K305" t="s">
-        <v>1019</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s" s="2">
-        <v>1020</v>
+        <v>1007</v>
       </c>
       <c r="B306" t="s" s="2">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="C306" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D306" t="s" s="4">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="E306" t="s" s="4">
-        <v>46</v>
+        <v>131</v>
       </c>
       <c r="F306" t="s">
         <v>31</v>
       </c>
       <c r="G306" t="s">
-        <v>1021</v>
+        <v>1008</v>
       </c>
       <c r="H306" t="s">
         <v>0</v>
       </c>
       <c r="I306" t="s">
-        <v>1022</v>
+        <v>1009</v>
       </c>
       <c r="J306" t="s">
         <v>0</v>
       </c>
       <c r="K306" t="s">
-        <v>1023</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s" s="2">
-        <v>1024</v>
+        <v>1011</v>
       </c>
       <c r="B307" t="s" s="2">
-        <v>804</v>
+        <v>37</v>
       </c>
       <c r="C307" t="n" s="3">
-        <v>7.91202007022E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D307" t="s" s="4">
-        <v>805</v>
+        <v>29</v>
       </c>
       <c r="E307" t="s" s="4">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="F307" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G307" t="s">
-        <v>1025</v>
+        <v>1012</v>
       </c>
       <c r="H307" t="s">
         <v>0</v>
       </c>
       <c r="I307" t="s">
-        <v>1026</v>
+        <v>1013</v>
       </c>
       <c r="J307" t="s">
         <v>0</v>
       </c>
       <c r="K307" t="s">
-        <v>1027</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s" s="2">
-        <v>1028</v>
+        <v>1015</v>
       </c>
       <c r="B308" t="s" s="2">
-        <v>51</v>
+        <v>155</v>
       </c>
       <c r="C308" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D308" t="s" s="4">
-        <v>52</v>
+        <v>83</v>
       </c>
       <c r="E308" t="s" s="4">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="F308" t="s">
         <v>16</v>
       </c>
       <c r="G308" t="s">
-        <v>1029</v>
+        <v>1016</v>
       </c>
       <c r="H308" t="s">
         <v>0</v>
       </c>
       <c r="I308" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1017</v>
+      </c>
+      <c r="J308" t="n">
+        <v>302.0</v>
       </c>
       <c r="K308" t="s">
-        <v>1031</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s" s="2">
-        <v>1032</v>
+        <v>1019</v>
       </c>
       <c r="B309" t="s" s="2">
-        <v>230</v>
+        <v>155</v>
       </c>
       <c r="C309" t="n" s="3">
-        <v>7.91202505002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D309" t="s" s="4">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="E309" t="s" s="4">
-        <v>39</v>
+        <v>156</v>
       </c>
       <c r="F309" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G309" t="s">
-        <v>1033</v>
+        <v>1020</v>
       </c>
       <c r="H309" t="s">
         <v>0</v>
       </c>
       <c r="I309" t="s">
-        <v>1034</v>
+        <v>1021</v>
       </c>
       <c r="J309" t="s">
         <v>0</v>
       </c>
       <c r="K309" t="s">
-        <v>1035</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s" s="2">
-        <v>1036</v>
+        <v>1019</v>
       </c>
       <c r="B310" t="s" s="2">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="C310" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D310" t="s" s="4">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="E310" t="s" s="4">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="F310" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G310" t="s">
-        <v>1037</v>
+        <v>1020</v>
       </c>
       <c r="H310" t="s">
         <v>0</v>
       </c>
       <c r="I310" t="s">
-        <v>1038</v>
+        <v>1021</v>
       </c>
       <c r="J310" t="s">
         <v>0</v>
       </c>
       <c r="K310" t="s">
-        <v>1039</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s" s="2">
-        <v>1040</v>
+        <v>1023</v>
       </c>
       <c r="B311" t="s" s="2">
-        <v>344</v>
+        <v>143</v>
       </c>
       <c r="C311" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202510002E11</v>
       </c>
       <c r="D311" t="s" s="4">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="E311" t="s" s="4">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F311" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G311" t="s">
-        <v>1041</v>
+        <v>0</v>
       </c>
       <c r="H311" t="s">
         <v>0</v>
       </c>
       <c r="I311" t="s">
-        <v>1042</v>
+        <v>0</v>
       </c>
       <c r="J311" t="s">
         <v>0</v>
       </c>
       <c r="K311" t="s">
-        <v>1043</v>
+        <v>0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s" s="2">
-        <v>1044</v>
+        <v>1024</v>
       </c>
       <c r="B312" t="s" s="2">
-        <v>124</v>
+        <v>58</v>
       </c>
       <c r="C312" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D312" t="s" s="4">
-        <v>125</v>
+        <v>59</v>
       </c>
       <c r="E312" t="s" s="4">
-        <v>126</v>
+        <v>15</v>
       </c>
       <c r="F312" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G312" t="s">
-        <v>1045</v>
+        <v>1025</v>
       </c>
       <c r="H312" t="s">
         <v>0</v>
       </c>
       <c r="I312" t="s">
-        <v>1046</v>
+        <v>1026</v>
       </c>
       <c r="J312" t="s">
         <v>0</v>
       </c>
       <c r="K312" t="s">
-        <v>1047</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s" s="2">
-        <v>1048</v>
+        <v>1028</v>
       </c>
       <c r="B313" t="s" s="2">
-        <v>1049</v>
+        <v>417</v>
       </c>
       <c r="C313" t="n" s="3">
-        <v>7.91202505004E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D313" t="s" s="4">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="E313" t="s" s="4">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F313" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G313" t="s">
-        <v>1050</v>
+        <v>1029</v>
       </c>
       <c r="H313" t="s">
         <v>0</v>
       </c>
       <c r="I313" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1030</v>
+      </c>
+      <c r="J313" t="n">
+        <v>225.0</v>
       </c>
       <c r="K313" t="s">
-        <v>1052</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s" s="2">
-        <v>1053</v>
+        <v>1032</v>
       </c>
       <c r="B314" t="s" s="2">
-        <v>186</v>
+        <v>417</v>
       </c>
       <c r="C314" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D314" t="s" s="4">
-        <v>187</v>
+        <v>59</v>
       </c>
       <c r="E314" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F314" t="s">
         <v>16</v>
       </c>
       <c r="G314" t="s">
-        <v>1054</v>
+        <v>787</v>
       </c>
       <c r="H314" t="s">
         <v>0</v>
       </c>
       <c r="I314" t="s">
-        <v>1055</v>
+        <v>440</v>
       </c>
       <c r="J314" t="s">
         <v>0</v>
       </c>
       <c r="K314" t="s">
-        <v>1056</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s" s="2">
-        <v>1057</v>
+        <v>1034</v>
       </c>
       <c r="B315" t="s" s="2">
-        <v>57</v>
+        <v>82</v>
       </c>
       <c r="C315" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D315" t="s" s="4">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="E315" t="s" s="4">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="F315" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G315" t="s">
-        <v>1058</v>
+        <v>1035</v>
       </c>
       <c r="H315" t="s">
         <v>0</v>
       </c>
       <c r="I315" t="s">
-        <v>1059</v>
+        <v>1036</v>
       </c>
       <c r="J315" t="s">
         <v>0</v>
       </c>
       <c r="K315" t="s">
-        <v>1060</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s" s="2">
-        <v>1061</v>
+        <v>1038</v>
       </c>
       <c r="B316" t="s" s="2">
-        <v>69</v>
+        <v>354</v>
       </c>
       <c r="C316" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D316" t="s" s="4">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="E316" t="s" s="4">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="F316" t="s">
         <v>16</v>
       </c>
       <c r="G316" t="s">
-        <v>1062</v>
+        <v>1039</v>
       </c>
       <c r="H316" t="s">
         <v>0</v>
       </c>
       <c r="I316" t="s">
-        <v>1063</v>
+        <v>1040</v>
       </c>
       <c r="J316" t="s">
         <v>0</v>
       </c>
       <c r="K316" t="s">
-        <v>1064</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s" s="2">
-        <v>1065</v>
+        <v>1042</v>
       </c>
       <c r="B317" t="s" s="2">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C317" t="n" s="3">
         <v>7.91202502005E11</v>
       </c>
       <c r="D317" t="s" s="4">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E317" t="s" s="4">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F317" t="s">
         <v>31</v>
       </c>
       <c r="G317" t="s">
-        <v>1066</v>
+        <v>1043</v>
       </c>
       <c r="H317" t="s">
         <v>0</v>
       </c>
       <c r="I317" t="s">
-        <v>1067</v>
+        <v>1044</v>
       </c>
       <c r="J317" t="s">
         <v>0</v>
       </c>
       <c r="K317" t="s">
-        <v>1068</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s" s="2">
-        <v>1069</v>
+        <v>1046</v>
       </c>
       <c r="B318" t="s" s="2">
-        <v>300</v>
+        <v>826</v>
       </c>
       <c r="C318" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202007022E11</v>
       </c>
       <c r="D318" t="s" s="4">
-        <v>301</v>
+        <v>827</v>
       </c>
       <c r="E318" t="s" s="4">
-        <v>126</v>
+        <v>78</v>
       </c>
       <c r="F318" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G318" t="s">
-        <v>1070</v>
+        <v>1047</v>
       </c>
       <c r="H318" t="s">
         <v>0</v>
       </c>
       <c r="I318" t="s">
-        <v>1071</v>
+        <v>1048</v>
       </c>
       <c r="J318" t="s">
         <v>0</v>
       </c>
       <c r="K318" t="s">
-        <v>1072</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s" s="2">
-        <v>1069</v>
+        <v>1050</v>
       </c>
       <c r="B319" t="s" s="2">
-        <v>799</v>
+        <v>58</v>
       </c>
       <c r="C319" t="n" s="3">
-        <v>7.91202200703E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D319" t="s" s="4">
-        <v>301</v>
+        <v>59</v>
       </c>
       <c r="E319" t="s" s="4">
-        <v>126</v>
+        <v>15</v>
       </c>
       <c r="F319" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G319" t="s">
-        <v>1070</v>
+        <v>1051</v>
       </c>
       <c r="H319" t="s">
         <v>0</v>
       </c>
       <c r="I319" t="s">
-        <v>1071</v>
+        <v>1052</v>
       </c>
       <c r="J319" t="s">
         <v>0</v>
       </c>
       <c r="K319" t="s">
-        <v>1072</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s" s="2">
-        <v>1073</v>
+        <v>1054</v>
       </c>
       <c r="B320" t="s" s="2">
-        <v>51</v>
+        <v>240</v>
       </c>
       <c r="C320" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D320" t="s" s="4">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E320" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F320" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G320" t="s">
-        <v>1074</v>
+        <v>1055</v>
       </c>
       <c r="H320" t="s">
         <v>0</v>
       </c>
       <c r="I320" t="s">
-        <v>1075</v>
+        <v>1056</v>
       </c>
       <c r="J320" t="s">
         <v>0</v>
       </c>
       <c r="K320" t="s">
-        <v>1076</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s" s="2">
-        <v>1077</v>
+        <v>1058</v>
       </c>
       <c r="B321" t="s" s="2">
-        <v>284</v>
+        <v>64</v>
       </c>
       <c r="C321" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D321" t="s" s="4">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="E321" t="s" s="4">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="F321" t="s">
         <v>31</v>
       </c>
       <c r="G321" t="s">
-        <v>1078</v>
+        <v>1059</v>
       </c>
       <c r="H321" t="s">
         <v>0</v>
       </c>
       <c r="I321" t="s">
-        <v>1079</v>
+        <v>1060</v>
       </c>
       <c r="J321" t="s">
         <v>0</v>
       </c>
       <c r="K321" t="s">
-        <v>1080</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s" s="2">
-        <v>1081</v>
+        <v>1062</v>
       </c>
       <c r="B322" t="s" s="2">
-        <v>337</v>
+        <v>354</v>
       </c>
       <c r="C322" t="n" s="3">
-        <v>7.91202003001E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D322" t="s" s="4">
-        <v>338</v>
+        <v>14</v>
       </c>
       <c r="E322" t="s" s="4">
-        <v>339</v>
+        <v>15</v>
       </c>
       <c r="F322" t="s">
         <v>16</v>
       </c>
       <c r="G322" t="s">
-        <v>1082</v>
+        <v>1063</v>
       </c>
       <c r="H322" t="s">
         <v>0</v>
       </c>
       <c r="I322" t="s">
-        <v>1083</v>
+        <v>1064</v>
       </c>
       <c r="J322" t="s">
         <v>0</v>
       </c>
       <c r="K322" t="s">
-        <v>1084</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s" s="2">
-        <v>1085</v>
+        <v>1066</v>
       </c>
       <c r="B323" t="s" s="2">
-        <v>218</v>
+        <v>129</v>
       </c>
       <c r="C323" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D323" t="s" s="4">
-        <v>203</v>
+        <v>130</v>
       </c>
       <c r="E323" t="s" s="4">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F323" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G323" t="s">
-        <v>1086</v>
+        <v>1067</v>
       </c>
       <c r="H323" t="s">
         <v>0</v>
       </c>
       <c r="I323" t="s">
-        <v>1087</v>
+        <v>1068</v>
       </c>
       <c r="J323" t="s">
         <v>0</v>
       </c>
       <c r="K323" t="s">
-        <v>1088</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s" s="2">
-        <v>1089</v>
+        <v>1070</v>
       </c>
       <c r="B324" t="s" s="2">
-        <v>57</v>
+        <v>1071</v>
       </c>
       <c r="C324" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202505004E11</v>
       </c>
       <c r="D324" t="s" s="4">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="E324" t="s" s="4">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="F324" t="s">
         <v>31</v>
       </c>
       <c r="G324" t="s">
-        <v>1090</v>
+        <v>1072</v>
       </c>
       <c r="H324" t="s">
         <v>0</v>
       </c>
       <c r="I324" t="s">
-        <v>1091</v>
+        <v>1073</v>
       </c>
       <c r="J324" t="s">
         <v>0</v>
       </c>
       <c r="K324" t="s">
-        <v>1092</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s" s="2">
-        <v>1093</v>
+        <v>1075</v>
       </c>
       <c r="B325" t="s" s="2">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="C325" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D325" t="s" s="4">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="E325" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F325" t="s">
         <v>16</v>
       </c>
       <c r="G325" t="s">
-        <v>1094</v>
+        <v>1076</v>
       </c>
       <c r="H325" t="s">
         <v>0</v>
       </c>
       <c r="I325" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>109.0</v>
+        <v>1077</v>
+      </c>
+      <c r="J325" t="s">
+        <v>0</v>
       </c>
       <c r="K325" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s" s="2">
-        <v>1097</v>
+        <v>1079</v>
       </c>
       <c r="B326" t="s" s="2">
-        <v>240</v>
+        <v>64</v>
       </c>
       <c r="C326" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D326" t="s" s="4">
-        <v>241</v>
+        <v>65</v>
       </c>
       <c r="E326" t="s" s="4">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="F326" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G326" t="s">
-        <v>1098</v>
+        <v>1080</v>
       </c>
       <c r="H326" t="s">
         <v>0</v>
       </c>
       <c r="I326" t="s">
-        <v>1099</v>
+        <v>1081</v>
       </c>
       <c r="J326" t="s">
         <v>0</v>
       </c>
       <c r="K326" t="s">
-        <v>1100</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s" s="2">
-        <v>1097</v>
+        <v>1083</v>
       </c>
       <c r="B327" t="s" s="2">
-        <v>344</v>
+        <v>76</v>
       </c>
       <c r="C327" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D327" t="s" s="4">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="E327" t="s" s="4">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F327" t="s">
         <v>16</v>
       </c>
       <c r="G327" t="s">
-        <v>1098</v>
+        <v>1084</v>
       </c>
       <c r="H327" t="s">
         <v>0</v>
       </c>
       <c r="I327" t="s">
-        <v>1099</v>
+        <v>1085</v>
       </c>
       <c r="J327" t="s">
         <v>0</v>
       </c>
       <c r="K327" t="s">
-        <v>1100</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s" s="2">
-        <v>1101</v>
+        <v>1087</v>
       </c>
       <c r="B328" t="s" s="2">
-        <v>284</v>
+        <v>119</v>
       </c>
       <c r="C328" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D328" t="s" s="4">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="E328" t="s" s="4">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="F328" t="s">
         <v>31</v>
       </c>
       <c r="G328" t="s">
-        <v>1102</v>
+        <v>1088</v>
       </c>
       <c r="H328" t="s">
         <v>0</v>
       </c>
       <c r="I328" t="s">
-        <v>1103</v>
+        <v>1089</v>
       </c>
       <c r="J328" t="s">
         <v>0</v>
       </c>
       <c r="K328" t="s">
-        <v>1104</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s" s="2">
-        <v>1105</v>
+        <v>1091</v>
       </c>
       <c r="B329" t="s" s="2">
-        <v>51</v>
+        <v>310</v>
       </c>
       <c r="C329" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D329" t="s" s="4">
-        <v>52</v>
+        <v>311</v>
       </c>
       <c r="E329" t="s" s="4">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F329" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G329" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="H329" t="s">
         <v>0</v>
       </c>
       <c r="I329" t="s">
-        <v>1107</v>
+        <v>1093</v>
       </c>
       <c r="J329" t="s">
         <v>0</v>
       </c>
       <c r="K329" t="s">
-        <v>1108</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s" s="2">
-        <v>1109</v>
+        <v>1091</v>
       </c>
       <c r="B330" t="s" s="2">
-        <v>344</v>
+        <v>817</v>
       </c>
       <c r="C330" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202200703E11</v>
       </c>
       <c r="D330" t="s" s="4">
-        <v>14</v>
+        <v>311</v>
       </c>
       <c r="E330" t="s" s="4">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F330" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G330" t="s">
-        <v>1110</v>
+        <v>1092</v>
       </c>
       <c r="H330" t="s">
         <v>0</v>
       </c>
       <c r="I330" t="s">
-        <v>1111</v>
+        <v>1093</v>
       </c>
       <c r="J330" t="s">
         <v>0</v>
       </c>
       <c r="K330" t="s">
-        <v>1112</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s" s="2">
-        <v>1113</v>
+        <v>1095</v>
       </c>
       <c r="B331" t="s" s="2">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="C331" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D331" t="s" s="4">
-        <v>98</v>
+        <v>59</v>
       </c>
       <c r="E331" t="s" s="4">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="F331" t="s">
         <v>16</v>
       </c>
       <c r="G331" t="s">
-        <v>1114</v>
+        <v>1096</v>
       </c>
       <c r="H331" t="s">
         <v>0</v>
       </c>
       <c r="I331" t="s">
-        <v>1115</v>
+        <v>1097</v>
       </c>
       <c r="J331" t="s">
         <v>0</v>
       </c>
       <c r="K331" t="s">
-        <v>1116</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s" s="2">
-        <v>1117</v>
+        <v>1099</v>
       </c>
       <c r="B332" t="s" s="2">
-        <v>218</v>
+        <v>294</v>
       </c>
       <c r="C332" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D332" t="s" s="4">
-        <v>203</v>
+        <v>45</v>
       </c>
       <c r="E332" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F332" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G332" t="s">
-        <v>1118</v>
+        <v>1100</v>
       </c>
       <c r="H332" t="s">
         <v>0</v>
       </c>
       <c r="I332" t="s">
-        <v>1119</v>
+        <v>1101</v>
       </c>
       <c r="J332" t="s">
         <v>0</v>
       </c>
       <c r="K332" t="s">
-        <v>1120</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s" s="2">
-        <v>1117</v>
+        <v>1103</v>
       </c>
       <c r="B333" t="s" s="2">
-        <v>202</v>
+        <v>347</v>
       </c>
       <c r="C333" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202003001E11</v>
       </c>
       <c r="D333" t="s" s="4">
-        <v>203</v>
+        <v>348</v>
       </c>
       <c r="E333" t="s" s="4">
-        <v>15</v>
+        <v>349</v>
       </c>
       <c r="F333" t="s">
         <v>16</v>
       </c>
       <c r="G333" t="s">
-        <v>1118</v>
+        <v>1104</v>
       </c>
       <c r="H333" t="s">
         <v>0</v>
       </c>
       <c r="I333" t="s">
-        <v>1119</v>
+        <v>1105</v>
       </c>
       <c r="J333" t="s">
         <v>0</v>
       </c>
       <c r="K333" t="s">
-        <v>1120</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s" s="2">
-        <v>1121</v>
+        <v>1107</v>
       </c>
       <c r="B334" t="s" s="2">
-        <v>202</v>
+        <v>228</v>
       </c>
       <c r="C334" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D334" t="s" s="4">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E334" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F334" t="s">
         <v>16</v>
       </c>
       <c r="G334" t="s">
-        <v>1122</v>
+        <v>1108</v>
       </c>
       <c r="H334" t="s">
         <v>0</v>
       </c>
       <c r="I334" t="s">
-        <v>1123</v>
+        <v>1109</v>
       </c>
       <c r="J334" t="s">
         <v>0</v>
       </c>
       <c r="K334" t="s">
-        <v>1124</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s" s="2">
-        <v>1121</v>
+        <v>1111</v>
       </c>
       <c r="B335" t="s" s="2">
-        <v>218</v>
+        <v>64</v>
       </c>
       <c r="C335" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D335" t="s" s="4">
-        <v>203</v>
+        <v>65</v>
       </c>
       <c r="E335" t="s" s="4">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="F335" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G335" t="s">
-        <v>1122</v>
+        <v>1112</v>
       </c>
       <c r="H335" t="s">
         <v>0</v>
       </c>
       <c r="I335" t="s">
-        <v>1123</v>
+        <v>1113</v>
       </c>
       <c r="J335" t="s">
         <v>0</v>
       </c>
       <c r="K335" t="s">
-        <v>1124</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s" s="2">
-        <v>1121</v>
+        <v>1115</v>
       </c>
       <c r="B336" t="s" s="2">
-        <v>51</v>
+        <v>228</v>
       </c>
       <c r="C336" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D336" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E336" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F336" t="s">
         <v>16</v>
       </c>
       <c r="G336" t="s">
-        <v>1122</v>
+        <v>1116</v>
       </c>
       <c r="H336" t="s">
         <v>0</v>
       </c>
       <c r="I336" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1117</v>
+      </c>
+      <c r="J336" t="n">
+        <v>109.0</v>
       </c>
       <c r="K336" t="s">
-        <v>1124</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s" s="2">
-        <v>1125</v>
+        <v>1119</v>
       </c>
       <c r="B337" t="s" s="2">
-        <v>112</v>
+        <v>250</v>
       </c>
       <c r="C337" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D337" t="s" s="4">
-        <v>45</v>
+        <v>251</v>
       </c>
       <c r="E337" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F337" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G337" t="s">
-        <v>1126</v>
+        <v>1120</v>
       </c>
       <c r="H337" t="s">
         <v>0</v>
       </c>
       <c r="I337" t="s">
-        <v>1127</v>
+        <v>1121</v>
       </c>
       <c r="J337" t="s">
         <v>0</v>
       </c>
       <c r="K337" t="s">
-        <v>1128</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s" s="2">
-        <v>1125</v>
+        <v>1119</v>
       </c>
       <c r="B338" t="s" s="2">
-        <v>285</v>
+        <v>354</v>
       </c>
       <c r="C338" t="n" s="3">
-        <v>7.91202502006E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D338" t="s" s="4">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E338" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F338" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G338" t="s">
-        <v>1126</v>
+        <v>1120</v>
       </c>
       <c r="H338" t="s">
         <v>0</v>
       </c>
       <c r="I338" t="s">
-        <v>1127</v>
+        <v>1121</v>
       </c>
       <c r="J338" t="s">
         <v>0</v>
       </c>
       <c r="K338" t="s">
-        <v>1128</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s" s="2">
-        <v>1129</v>
+        <v>1123</v>
       </c>
       <c r="B339" t="s" s="2">
-        <v>75</v>
+        <v>294</v>
       </c>
       <c r="C339" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D339" t="s" s="4">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="E339" t="s" s="4">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F339" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G339" t="s">
-        <v>1130</v>
+        <v>1124</v>
       </c>
       <c r="H339" t="s">
         <v>0</v>
       </c>
       <c r="I339" t="s">
-        <v>1131</v>
+        <v>1125</v>
       </c>
       <c r="J339" t="s">
         <v>0</v>
       </c>
       <c r="K339" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s" s="2">
-        <v>1133</v>
+        <v>1127</v>
       </c>
       <c r="B340" t="s" s="2">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="C340" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D340" t="s" s="4">
-        <v>98</v>
+        <v>59</v>
       </c>
       <c r="E340" t="s" s="4">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="F340" t="s">
         <v>16</v>
       </c>
       <c r="G340" t="s">
-        <v>1134</v>
+        <v>1128</v>
       </c>
       <c r="H340" t="s">
         <v>0</v>
       </c>
       <c r="I340" t="s">
-        <v>1135</v>
+        <v>1129</v>
       </c>
       <c r="J340" t="s">
         <v>0</v>
       </c>
       <c r="K340" t="s">
-        <v>1136</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s" s="2">
-        <v>1137</v>
+        <v>1131</v>
       </c>
       <c r="B341" t="s" s="2">
-        <v>208</v>
+        <v>354</v>
       </c>
       <c r="C341" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D341" t="s" s="4">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="E341" t="s" s="4">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="F341" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G341" t="s">
-        <v>1138</v>
+        <v>1132</v>
       </c>
       <c r="H341" t="s">
         <v>0</v>
       </c>
       <c r="I341" t="s">
-        <v>1139</v>
+        <v>1133</v>
       </c>
       <c r="J341" t="s">
         <v>0</v>
       </c>
       <c r="K341" t="s">
-        <v>1140</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s" s="2">
-        <v>1141</v>
+        <v>1135</v>
       </c>
       <c r="B342" t="s" s="2">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="C342" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D342" t="s" s="4">
-        <v>76</v>
+        <v>105</v>
       </c>
       <c r="E342" t="s" s="4">
-        <v>23</v>
+        <v>106</v>
       </c>
       <c r="F342" t="s">
         <v>16</v>
       </c>
       <c r="G342" t="s">
-        <v>1142</v>
+        <v>1136</v>
       </c>
       <c r="H342" t="s">
         <v>0</v>
       </c>
       <c r="I342" t="s">
-        <v>1143</v>
+        <v>1137</v>
       </c>
       <c r="J342" t="s">
         <v>0</v>
       </c>
       <c r="K342" t="s">
-        <v>1144</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s" s="2">
-        <v>1145</v>
+        <v>1139</v>
       </c>
       <c r="B343" t="s" s="2">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="C343" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D343" t="s" s="4">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="E343" t="s" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F343" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G343" t="s">
-        <v>1146</v>
+        <v>1140</v>
       </c>
       <c r="H343" t="s">
         <v>0</v>
       </c>
       <c r="I343" t="s">
-        <v>1147</v>
+        <v>1141</v>
       </c>
       <c r="J343" t="s">
         <v>0</v>
       </c>
       <c r="K343" t="s">
-        <v>1148</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s" s="2">
-        <v>1149</v>
+        <v>1143</v>
       </c>
       <c r="B344" t="s" s="2">
-        <v>121</v>
+        <v>212</v>
       </c>
       <c r="C344" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D344" t="s" s="4">
-        <v>29</v>
+        <v>213</v>
       </c>
       <c r="E344" t="s" s="4">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="F344" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G344" t="s">
-        <v>1150</v>
+        <v>1144</v>
       </c>
       <c r="H344" t="s">
         <v>0</v>
       </c>
       <c r="I344" t="s">
-        <v>1151</v>
+        <v>1145</v>
       </c>
       <c r="J344" t="s">
         <v>0</v>
       </c>
       <c r="K344" t="s">
-        <v>1152</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s" s="2">
-        <v>1153</v>
+        <v>1143</v>
       </c>
       <c r="B345" t="s" s="2">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="C345" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D345" t="s" s="4">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E345" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F345" t="s">
         <v>16</v>
       </c>
       <c r="G345" t="s">
-        <v>364</v>
+        <v>1144</v>
       </c>
       <c r="H345" t="s">
         <v>0</v>
       </c>
       <c r="I345" t="s">
-        <v>1154</v>
+        <v>1145</v>
       </c>
       <c r="J345" t="s">
         <v>0</v>
       </c>
       <c r="K345" t="s">
-        <v>1155</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s" s="2">
-        <v>1156</v>
+        <v>1147</v>
       </c>
       <c r="B346" t="s" s="2">
-        <v>202</v>
+        <v>228</v>
       </c>
       <c r="C346" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D346" t="s" s="4">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E346" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F346" t="s">
         <v>16</v>
       </c>
       <c r="G346" t="s">
-        <v>1157</v>
+        <v>1148</v>
       </c>
       <c r="H346" t="s">
         <v>0</v>
       </c>
       <c r="I346" t="s">
-        <v>1158</v>
+        <v>1149</v>
       </c>
       <c r="J346" t="s">
         <v>0</v>
       </c>
       <c r="K346" t="s">
-        <v>1159</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s" s="2">
-        <v>1160</v>
+        <v>1147</v>
       </c>
       <c r="B347" t="s" s="2">
-        <v>407</v>
+        <v>58</v>
       </c>
       <c r="C347" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D347" t="s" s="4">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E347" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F347" t="s">
         <v>16</v>
       </c>
       <c r="G347" t="s">
-        <v>1161</v>
+        <v>1148</v>
       </c>
       <c r="H347" t="s">
         <v>0</v>
       </c>
       <c r="I347" t="s">
-        <v>1162</v>
+        <v>1149</v>
       </c>
       <c r="J347" t="s">
         <v>0</v>
       </c>
       <c r="K347" t="s">
-        <v>1163</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s" s="2">
-        <v>1164</v>
+        <v>1147</v>
       </c>
       <c r="B348" t="s" s="2">
-        <v>344</v>
+        <v>212</v>
       </c>
       <c r="C348" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D348" t="s" s="4">
-        <v>14</v>
+        <v>213</v>
       </c>
       <c r="E348" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F348" t="s">
         <v>16</v>
       </c>
       <c r="G348" t="s">
-        <v>1165</v>
+        <v>1148</v>
       </c>
       <c r="H348" t="s">
         <v>0</v>
       </c>
       <c r="I348" t="s">
-        <v>1166</v>
+        <v>1149</v>
       </c>
       <c r="J348" t="s">
         <v>0</v>
       </c>
       <c r="K348" t="s">
-        <v>1167</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s" s="2">
-        <v>1168</v>
+        <v>1151</v>
       </c>
       <c r="B349" t="s" s="2">
-        <v>186</v>
+        <v>295</v>
       </c>
       <c r="C349" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D349" t="s" s="4">
-        <v>187</v>
+        <v>52</v>
       </c>
       <c r="E349" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F349" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G349" t="s">
-        <v>1169</v>
+        <v>1152</v>
       </c>
       <c r="H349" t="s">
         <v>0</v>
       </c>
       <c r="I349" t="s">
-        <v>1170</v>
+        <v>1153</v>
       </c>
       <c r="J349" t="s">
         <v>0</v>
       </c>
       <c r="K349" t="s">
-        <v>1171</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s" s="2">
-        <v>1172</v>
+        <v>1151</v>
       </c>
       <c r="B350" t="s" s="2">
-        <v>376</v>
+        <v>119</v>
       </c>
       <c r="C350" t="n" s="3">
-        <v>7.91202505009E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D350" t="s" s="4">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="E350" t="s" s="4">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="F350" t="s">
-        <v>377</v>
+        <v>31</v>
       </c>
       <c r="G350" t="s">
-        <v>1173</v>
+        <v>1152</v>
       </c>
       <c r="H350" t="s">
         <v>0</v>
       </c>
       <c r="I350" t="s">
-        <v>1174</v>
+        <v>1153</v>
       </c>
       <c r="J350" t="s">
         <v>0</v>
       </c>
       <c r="K350" t="s">
-        <v>1175</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s" s="2">
-        <v>1172</v>
+        <v>1155</v>
       </c>
       <c r="B351" t="s" s="2">
-        <v>376</v>
+        <v>82</v>
       </c>
       <c r="C351" t="n" s="3">
-        <v>7.91202505007E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D351" t="s" s="4">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="E351" t="s" s="4">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F351" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G351" t="s">
-        <v>1173</v>
+        <v>1156</v>
       </c>
       <c r="H351" t="s">
         <v>0</v>
       </c>
       <c r="I351" t="s">
-        <v>1174</v>
+        <v>1157</v>
       </c>
       <c r="J351" t="s">
         <v>0</v>
       </c>
       <c r="K351" t="s">
-        <v>1175</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s" s="2">
-        <v>1176</v>
+        <v>1159</v>
       </c>
       <c r="B352" t="s" s="2">
-        <v>51</v>
+        <v>144</v>
       </c>
       <c r="C352" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D352" t="s" s="4">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="E352" t="s" s="4">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="F352" t="s">
         <v>16</v>
       </c>
       <c r="G352" t="s">
-        <v>1177</v>
+        <v>1160</v>
       </c>
       <c r="H352" t="s">
         <v>0</v>
       </c>
       <c r="I352" t="s">
-        <v>1178</v>
+        <v>1161</v>
       </c>
       <c r="J352" t="s">
         <v>0</v>
       </c>
       <c r="K352" t="s">
-        <v>1179</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s" s="2">
-        <v>1176</v>
+        <v>1163</v>
       </c>
       <c r="B353" t="s" s="2">
-        <v>407</v>
+        <v>218</v>
       </c>
       <c r="C353" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D353" t="s" s="4">
-        <v>52</v>
+        <v>219</v>
       </c>
       <c r="E353" t="s" s="4">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="F353" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G353" t="s">
-        <v>1177</v>
+        <v>1164</v>
       </c>
       <c r="H353" t="s">
         <v>0</v>
       </c>
       <c r="I353" t="s">
-        <v>1178</v>
+        <v>1165</v>
       </c>
       <c r="J353" t="s">
         <v>0</v>
       </c>
       <c r="K353" t="s">
-        <v>1179</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s" s="2">
-        <v>1180</v>
+        <v>1167</v>
       </c>
       <c r="B354" t="s" s="2">
-        <v>633</v>
+        <v>82</v>
       </c>
       <c r="C354" t="n" s="3">
-        <v>7.91202510001E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D354" t="s" s="4">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="E354" t="s" s="4">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F354" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G354" t="s">
-        <v>1181</v>
+        <v>1168</v>
       </c>
       <c r="H354" t="s">
         <v>0</v>
       </c>
       <c r="I354" t="s">
-        <v>1182</v>
+        <v>1169</v>
       </c>
       <c r="J354" t="s">
         <v>0</v>
       </c>
       <c r="K354" t="s">
-        <v>1183</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s" s="2">
-        <v>1184</v>
+        <v>1171</v>
       </c>
       <c r="B355" t="s" s="2">
-        <v>1185</v>
+        <v>58</v>
       </c>
       <c r="C355" t="n" s="3">
-        <v>7.91202309001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D355" t="s" s="4">
-        <v>1186</v>
+        <v>59</v>
       </c>
       <c r="E355" t="s" s="4">
-        <v>1187</v>
+        <v>15</v>
       </c>
       <c r="F355" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G355" t="s">
-        <v>1188</v>
+        <v>1172</v>
       </c>
       <c r="H355" t="s">
         <v>0</v>
       </c>
       <c r="I355" t="s">
-        <v>1189</v>
+        <v>1173</v>
       </c>
       <c r="J355" t="s">
         <v>0</v>
       </c>
       <c r="K355" t="s">
-        <v>1190</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s" s="2">
-        <v>1184</v>
+        <v>1175</v>
       </c>
       <c r="B356" t="s" s="2">
-        <v>491</v>
+        <v>28</v>
       </c>
       <c r="C356" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D356" t="s" s="4">
-        <v>492</v>
+        <v>29</v>
       </c>
       <c r="E356" t="s" s="4">
-        <v>493</v>
+        <v>30</v>
       </c>
       <c r="F356" t="s">
         <v>31</v>
       </c>
       <c r="G356" t="s">
-        <v>1188</v>
+        <v>1176</v>
       </c>
       <c r="H356" t="s">
         <v>0</v>
       </c>
       <c r="I356" t="s">
-        <v>1189</v>
+        <v>1177</v>
       </c>
       <c r="J356" t="s">
         <v>0</v>
       </c>
       <c r="K356" t="s">
-        <v>1190</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s" s="2">
-        <v>1191</v>
+        <v>1179</v>
       </c>
       <c r="B357" t="s" s="2">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="C357" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D357" t="s" s="4">
-        <v>187</v>
+        <v>213</v>
       </c>
       <c r="E357" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F357" t="s">
         <v>16</v>
       </c>
       <c r="G357" t="s">
-        <v>1192</v>
+        <v>374</v>
       </c>
       <c r="H357" t="s">
         <v>0</v>
       </c>
       <c r="I357" t="s">
-        <v>1193</v>
+        <v>1180</v>
       </c>
       <c r="J357" t="s">
         <v>0</v>
       </c>
       <c r="K357" t="s">
-        <v>1194</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s" s="2">
-        <v>1195</v>
+        <v>1182</v>
       </c>
       <c r="B358" t="s" s="2">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="C358" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D358" t="s" s="4">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="E358" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F358" t="s">
         <v>16</v>
       </c>
       <c r="G358" t="s">
-        <v>1196</v>
+        <v>1183</v>
       </c>
       <c r="H358" t="s">
         <v>0</v>
       </c>
       <c r="I358" t="s">
-        <v>1197</v>
+        <v>1184</v>
       </c>
       <c r="J358" t="s">
         <v>0</v>
       </c>
       <c r="K358" t="s">
-        <v>1198</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s" s="2">
-        <v>1199</v>
+        <v>1186</v>
       </c>
       <c r="B359" t="s" s="2">
-        <v>1200</v>
+        <v>417</v>
       </c>
       <c r="C359" t="n" s="3">
-        <v>7.91202409004E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D359" t="s" s="4">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E359" t="s" s="4">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="F359" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G359" t="s">
-        <v>1201</v>
+        <v>1187</v>
       </c>
       <c r="H359" t="s">
         <v>0</v>
       </c>
       <c r="I359" t="s">
-        <v>1202</v>
+        <v>1188</v>
       </c>
       <c r="J359" t="s">
         <v>0</v>
       </c>
       <c r="K359" t="s">
-        <v>1203</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s" s="2">
-        <v>1199</v>
+        <v>1190</v>
       </c>
       <c r="B360" t="s" s="2">
-        <v>1204</v>
+        <v>354</v>
       </c>
       <c r="C360" t="n" s="3">
-        <v>7.91202409002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D360" t="s" s="4">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E360" t="s" s="4">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="F360" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G360" t="s">
-        <v>1201</v>
+        <v>1191</v>
       </c>
       <c r="H360" t="s">
         <v>0</v>
       </c>
       <c r="I360" t="s">
-        <v>1202</v>
+        <v>1192</v>
       </c>
       <c r="J360" t="s">
         <v>0</v>
       </c>
       <c r="K360" t="s">
-        <v>1203</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s" s="2">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="B361" t="s" s="2">
-        <v>1205</v>
+        <v>196</v>
       </c>
       <c r="C361" t="n" s="3">
-        <v>7.91202409001E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D361" t="s" s="4">
-        <v>58</v>
+        <v>197</v>
       </c>
       <c r="E361" t="s" s="4">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="F361" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G361" t="s">
-        <v>1201</v>
+        <v>1195</v>
       </c>
       <c r="H361" t="s">
         <v>0</v>
       </c>
       <c r="I361" t="s">
-        <v>1202</v>
+        <v>1196</v>
       </c>
       <c r="J361" t="s">
         <v>0</v>
       </c>
       <c r="K361" t="s">
-        <v>1203</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s" s="2">
-        <v>1206</v>
+        <v>1198</v>
       </c>
       <c r="B362" t="s" s="2">
-        <v>344</v>
+        <v>386</v>
       </c>
       <c r="C362" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D362" t="s" s="4">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="E362" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F362" t="s">
-        <v>16</v>
+        <v>387</v>
       </c>
       <c r="G362" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="H362" t="s">
         <v>0</v>
       </c>
       <c r="I362" t="s">
-        <v>1208</v>
+        <v>1200</v>
       </c>
       <c r="J362" t="s">
         <v>0</v>
       </c>
       <c r="K362" t="s">
-        <v>1209</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s" s="2">
-        <v>1210</v>
+        <v>1198</v>
       </c>
       <c r="B363" t="s" s="2">
-        <v>1211</v>
+        <v>386</v>
       </c>
       <c r="C363" t="n" s="3">
-        <v>7.91202003004E11</v>
+        <v>7.91202505007E11</v>
       </c>
       <c r="D363" t="s" s="4">
-        <v>1212</v>
+        <v>45</v>
       </c>
       <c r="E363" t="s" s="4">
-        <v>1213</v>
+        <v>46</v>
       </c>
       <c r="F363" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G363" t="s">
-        <v>1214</v>
+        <v>1199</v>
       </c>
       <c r="H363" t="s">
         <v>0</v>
       </c>
       <c r="I363" t="s">
-        <v>1215</v>
+        <v>1200</v>
       </c>
       <c r="J363" t="s">
         <v>0</v>
       </c>
       <c r="K363" t="s">
-        <v>1216</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s" s="2">
-        <v>1217</v>
+        <v>1202</v>
       </c>
       <c r="B364" t="s" s="2">
-        <v>218</v>
+        <v>58</v>
       </c>
       <c r="C364" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D364" t="s" s="4">
-        <v>203</v>
+        <v>59</v>
       </c>
       <c r="E364" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F364" t="s">
         <v>16</v>
       </c>
       <c r="G364" t="s">
-        <v>1218</v>
+        <v>1203</v>
       </c>
       <c r="H364" t="s">
         <v>0</v>
       </c>
       <c r="I364" t="s">
-        <v>1219</v>
+        <v>1204</v>
       </c>
       <c r="J364" t="s">
         <v>0</v>
       </c>
       <c r="K364" t="s">
-        <v>1220</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s" s="2">
-        <v>1221</v>
+        <v>1202</v>
       </c>
       <c r="B365" t="s" s="2">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="C365" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D365" t="s" s="4">
-        <v>209</v>
+        <v>59</v>
       </c>
       <c r="E365" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F365" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G365" t="s">
-        <v>1222</v>
+        <v>1203</v>
       </c>
       <c r="H365" t="s">
         <v>0</v>
       </c>
       <c r="I365" t="s">
-        <v>1223</v>
+        <v>1204</v>
       </c>
       <c r="J365" t="s">
         <v>0</v>
       </c>
       <c r="K365" t="s">
-        <v>1224</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s" s="2">
-        <v>1225</v>
+        <v>1206</v>
       </c>
       <c r="B366" t="s" s="2">
-        <v>218</v>
+        <v>647</v>
       </c>
       <c r="C366" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D366" t="s" s="4">
-        <v>203</v>
+        <v>29</v>
       </c>
       <c r="E366" t="s" s="4">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F366" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G366" t="s">
-        <v>1226</v>
+        <v>1207</v>
       </c>
       <c r="H366" t="s">
         <v>0</v>
       </c>
       <c r="I366" t="s">
-        <v>1227</v>
+        <v>1208</v>
       </c>
       <c r="J366" t="s">
         <v>0</v>
       </c>
       <c r="K366" t="s">
-        <v>1228</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s" s="2">
-        <v>1225</v>
+        <v>1210</v>
       </c>
       <c r="B367" t="s" s="2">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="C367" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D367" t="s" s="4">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="E367" t="s" s="4">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="F367" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G367" t="s">
-        <v>1226</v>
+        <v>0</v>
       </c>
       <c r="H367" t="s">
         <v>0</v>
       </c>
       <c r="I367" t="s">
-        <v>1227</v>
+        <v>0</v>
       </c>
       <c r="J367" t="s">
         <v>0</v>
       </c>
       <c r="K367" t="s">
-        <v>1228</v>
+        <v>0</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s" s="2">
-        <v>1229</v>
+        <v>1211</v>
       </c>
       <c r="B368" t="s" s="2">
-        <v>51</v>
+        <v>501</v>
       </c>
       <c r="C368" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D368" t="s" s="4">
-        <v>52</v>
+        <v>502</v>
       </c>
       <c r="E368" t="s" s="4">
-        <v>15</v>
+        <v>503</v>
       </c>
       <c r="F368" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G368" t="s">
-        <v>1230</v>
+        <v>1212</v>
       </c>
       <c r="H368" t="s">
         <v>0</v>
       </c>
       <c r="I368" t="s">
-        <v>1231</v>
+        <v>1213</v>
       </c>
       <c r="J368" t="s">
         <v>0</v>
       </c>
       <c r="K368" t="s">
-        <v>1232</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s" s="2">
-        <v>1233</v>
+        <v>1211</v>
       </c>
       <c r="B369" t="s" s="2">
-        <v>186</v>
+        <v>1215</v>
       </c>
       <c r="C369" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202309001E11</v>
       </c>
       <c r="D369" t="s" s="4">
-        <v>187</v>
+        <v>1216</v>
       </c>
       <c r="E369" t="s" s="4">
-        <v>15</v>
+        <v>1217</v>
       </c>
       <c r="F369" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G369" t="s">
-        <v>1234</v>
+        <v>1212</v>
       </c>
       <c r="H369" t="s">
         <v>0</v>
       </c>
       <c r="I369" t="s">
-        <v>1235</v>
+        <v>1213</v>
       </c>
       <c r="J369" t="s">
         <v>0</v>
       </c>
       <c r="K369" t="s">
-        <v>1236</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s" s="2">
-        <v>1237</v>
+        <v>1218</v>
       </c>
       <c r="B370" t="s" s="2">
-        <v>35</v>
+        <v>196</v>
       </c>
       <c r="C370" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D370" t="s" s="4">
-        <v>29</v>
+        <v>197</v>
       </c>
       <c r="E370" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F370" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G370" t="s">
-        <v>1238</v>
+        <v>1219</v>
       </c>
       <c r="H370" t="s">
         <v>0</v>
       </c>
       <c r="I370" t="s">
-        <v>1239</v>
+        <v>1220</v>
       </c>
       <c r="J370" t="s">
         <v>0</v>
       </c>
       <c r="K370" t="s">
-        <v>1240</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s" s="2">
-        <v>1241</v>
+        <v>1222</v>
       </c>
       <c r="B371" t="s" s="2">
-        <v>1242</v>
+        <v>228</v>
       </c>
       <c r="C371" t="n" s="3">
-        <v>7.91202507003E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D371" t="s" s="4">
-        <v>1243</v>
+        <v>213</v>
       </c>
       <c r="E371" t="s" s="4">
-        <v>1244</v>
+        <v>15</v>
       </c>
       <c r="F371" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G371" t="s">
-        <v>1245</v>
+        <v>1223</v>
       </c>
       <c r="H371" t="s">
         <v>0</v>
       </c>
       <c r="I371" t="s">
-        <v>1246</v>
+        <v>1224</v>
       </c>
       <c r="J371" t="s">
         <v>0</v>
       </c>
       <c r="K371" t="s">
-        <v>1247</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s" s="2">
-        <v>1241</v>
+        <v>1226</v>
       </c>
       <c r="B372" t="s" s="2">
-        <v>558</v>
+        <v>1227</v>
       </c>
       <c r="C372" t="n" s="3">
-        <v>7.91202003003E11</v>
+        <v>7.91202409004E11</v>
       </c>
       <c r="D372" t="s" s="4">
-        <v>559</v>
+        <v>65</v>
       </c>
       <c r="E372" t="s" s="4">
-        <v>560</v>
+        <v>66</v>
       </c>
       <c r="F372" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G372" t="s">
-        <v>1245</v>
+        <v>1228</v>
       </c>
       <c r="H372" t="s">
         <v>0</v>
       </c>
       <c r="I372" t="s">
-        <v>1246</v>
+        <v>1229</v>
       </c>
       <c r="J372" t="s">
         <v>0</v>
       </c>
       <c r="K372" t="s">
-        <v>1247</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s" s="2">
-        <v>1248</v>
+        <v>1226</v>
       </c>
       <c r="B373" t="s" s="2">
-        <v>57</v>
+        <v>1231</v>
       </c>
       <c r="C373" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202409002E11</v>
       </c>
       <c r="D373" t="s" s="4">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="E373" t="s" s="4">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="F373" t="s">
         <v>31</v>
       </c>
       <c r="G373" t="s">
-        <v>1249</v>
+        <v>1228</v>
       </c>
       <c r="H373" t="s">
         <v>0</v>
       </c>
       <c r="I373" t="s">
-        <v>1250</v>
+        <v>1229</v>
       </c>
       <c r="J373" t="s">
         <v>0</v>
       </c>
       <c r="K373" t="s">
-        <v>1251</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s" s="2">
-        <v>1252</v>
+        <v>1226</v>
       </c>
       <c r="B374" t="s" s="2">
-        <v>37</v>
+        <v>1232</v>
       </c>
       <c r="C374" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202409001E11</v>
       </c>
       <c r="D374" t="s" s="4">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="E374" t="s" s="4">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="F374" t="s">
         <v>31</v>
       </c>
       <c r="G374" t="s">
-        <v>1253</v>
+        <v>1228</v>
       </c>
       <c r="H374" t="s">
         <v>0</v>
       </c>
       <c r="I374" t="s">
-        <v>1254</v>
+        <v>1229</v>
       </c>
       <c r="J374" t="s">
         <v>0</v>
       </c>
       <c r="K374" t="s">
-        <v>1255</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s" s="2">
-        <v>1256</v>
+        <v>1233</v>
       </c>
       <c r="B375" t="s" s="2">
-        <v>37</v>
+        <v>354</v>
       </c>
       <c r="C375" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D375" t="s" s="4">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="E375" t="s" s="4">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F375" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G375" t="s">
-        <v>1257</v>
+        <v>1234</v>
       </c>
       <c r="H375" t="s">
         <v>0</v>
       </c>
       <c r="I375" t="s">
-        <v>1258</v>
+        <v>1235</v>
       </c>
       <c r="J375" t="s">
         <v>0</v>
       </c>
       <c r="K375" t="s">
-        <v>1259</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s" s="2">
-        <v>1260</v>
+        <v>1237</v>
       </c>
       <c r="B376" t="s" s="2">
-        <v>51</v>
+        <v>1238</v>
       </c>
       <c r="C376" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202003004E11</v>
       </c>
       <c r="D376" t="s" s="4">
-        <v>52</v>
+        <v>1239</v>
       </c>
       <c r="E376" t="s" s="4">
-        <v>15</v>
+        <v>1240</v>
       </c>
       <c r="F376" t="s">
         <v>16</v>
       </c>
       <c r="G376" t="s">
-        <v>1261</v>
+        <v>1241</v>
       </c>
       <c r="H376" t="s">
         <v>0</v>
       </c>
       <c r="I376" t="s">
-        <v>1262</v>
+        <v>1242</v>
       </c>
       <c r="J376" t="s">
         <v>0</v>
       </c>
       <c r="K376" t="s">
-        <v>1263</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s" s="2">
-        <v>1260</v>
+        <v>1244</v>
       </c>
       <c r="B377" t="s" s="2">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="C377" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D377" t="s" s="4">
-        <v>187</v>
+        <v>213</v>
       </c>
       <c r="E377" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F377" t="s">
         <v>16</v>
       </c>
       <c r="G377" t="s">
-        <v>1261</v>
+        <v>1245</v>
       </c>
       <c r="H377" t="s">
         <v>0</v>
       </c>
       <c r="I377" t="s">
-        <v>1262</v>
+        <v>1246</v>
       </c>
       <c r="J377" t="s">
         <v>0</v>
       </c>
       <c r="K377" t="s">
-        <v>1263</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s" s="2">
-        <v>1264</v>
+        <v>1248</v>
       </c>
       <c r="B378" t="s" s="2">
-        <v>344</v>
+        <v>472</v>
       </c>
       <c r="C378" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D378" t="s" s="4">
-        <v>14</v>
+        <v>219</v>
       </c>
       <c r="E378" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F378" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G378" t="s">
-        <v>1265</v>
+        <v>1249</v>
       </c>
       <c r="H378" t="s">
         <v>0</v>
       </c>
       <c r="I378" t="s">
-        <v>1266</v>
+        <v>1250</v>
       </c>
       <c r="J378" t="s">
         <v>0</v>
       </c>
       <c r="K378" t="s">
-        <v>1267</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s" s="2">
-        <v>1268</v>
+        <v>1252</v>
       </c>
       <c r="B379" t="s" s="2">
-        <v>51</v>
+        <v>228</v>
       </c>
       <c r="C379" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D379" t="s" s="4">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="E379" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F379" t="s">
         <v>16</v>
       </c>
       <c r="G379" t="s">
-        <v>1269</v>
+        <v>1253</v>
       </c>
       <c r="H379" t="s">
         <v>0</v>
       </c>
       <c r="I379" t="s">
-        <v>1270</v>
+        <v>1254</v>
       </c>
       <c r="J379" t="s">
         <v>0</v>
       </c>
       <c r="K379" t="s">
-        <v>1271</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s" s="2">
-        <v>1272</v>
+        <v>1252</v>
       </c>
       <c r="B380" t="s" s="2">
-        <v>436</v>
+        <v>76</v>
       </c>
       <c r="C380" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D380" t="s" s="4">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="E380" t="s" s="4">
-        <v>339</v>
+        <v>78</v>
       </c>
       <c r="F380" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G380" t="s">
-        <v>1273</v>
+        <v>1253</v>
       </c>
       <c r="H380" t="s">
         <v>0</v>
       </c>
       <c r="I380" t="s">
-        <v>1274</v>
+        <v>1254</v>
       </c>
       <c r="J380" t="s">
         <v>0</v>
       </c>
       <c r="K380" t="s">
-        <v>1275</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s" s="2">
-        <v>1276</v>
+        <v>1256</v>
       </c>
       <c r="B381" t="s" s="2">
-        <v>344</v>
+        <v>58</v>
       </c>
       <c r="C381" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D381" t="s" s="4">
-        <v>14</v>
+        <v>59</v>
       </c>
       <c r="E381" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F381" t="s">
         <v>16</v>
       </c>
       <c r="G381" t="s">
-        <v>1277</v>
+        <v>1257</v>
       </c>
       <c r="H381" t="s">
         <v>0</v>
       </c>
       <c r="I381" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="J381" t="s">
         <v>0</v>
       </c>
       <c r="K381" t="s">
-        <v>1279</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s" s="2">
-        <v>1280</v>
+        <v>1260</v>
       </c>
       <c r="B382" t="s" s="2">
-        <v>344</v>
+        <v>196</v>
       </c>
       <c r="C382" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D382" t="s" s="4">
-        <v>14</v>
+        <v>197</v>
       </c>
       <c r="E382" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F382" t="s">
         <v>16</v>
       </c>
       <c r="G382" t="s">
-        <v>1281</v>
+        <v>1261</v>
       </c>
       <c r="H382" t="s">
         <v>0</v>
       </c>
       <c r="I382" t="s">
-        <v>1282</v>
+        <v>1262</v>
       </c>
       <c r="J382" t="s">
         <v>0</v>
       </c>
       <c r="K382" t="s">
-        <v>1283</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s" s="2">
-        <v>1284</v>
+        <v>1264</v>
       </c>
       <c r="B383" t="s" s="2">
-        <v>112</v>
+        <v>37</v>
       </c>
       <c r="C383" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D383" t="s" s="4">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="E383" t="s" s="4">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="F383" t="s">
         <v>31</v>
       </c>
       <c r="G383" t="s">
-        <v>1285</v>
+        <v>1265</v>
       </c>
       <c r="H383" t="s">
         <v>0</v>
       </c>
       <c r="I383" t="s">
-        <v>1286</v>
+        <v>1266</v>
       </c>
       <c r="J383" t="s">
         <v>0</v>
       </c>
       <c r="K383" t="s">
-        <v>1287</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s" s="2">
-        <v>1288</v>
+        <v>1268</v>
       </c>
       <c r="B384" t="s" s="2">
-        <v>403</v>
+        <v>1269</v>
       </c>
       <c r="C384" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202507003E11</v>
       </c>
       <c r="D384" t="s" s="4">
-        <v>14</v>
+        <v>1270</v>
       </c>
       <c r="E384" t="s" s="4">
-        <v>15</v>
+        <v>1271</v>
       </c>
       <c r="F384" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G384" t="s">
-        <v>1289</v>
+        <v>1272</v>
       </c>
       <c r="H384" t="s">
         <v>0</v>
       </c>
       <c r="I384" t="s">
-        <v>1290</v>
+        <v>1273</v>
       </c>
       <c r="J384" t="s">
         <v>0</v>
       </c>
       <c r="K384" t="s">
-        <v>1291</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s" s="2">
-        <v>1292</v>
+        <v>1268</v>
       </c>
       <c r="B385" t="s" s="2">
-        <v>186</v>
+        <v>572</v>
       </c>
       <c r="C385" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202003003E11</v>
       </c>
       <c r="D385" t="s" s="4">
-        <v>187</v>
+        <v>573</v>
       </c>
       <c r="E385" t="s" s="4">
-        <v>15</v>
+        <v>574</v>
       </c>
       <c r="F385" t="s">
         <v>16</v>
       </c>
       <c r="G385" t="s">
-        <v>1293</v>
+        <v>1272</v>
       </c>
       <c r="H385" t="s">
         <v>0</v>
       </c>
       <c r="I385" t="s">
-        <v>1294</v>
+        <v>1273</v>
       </c>
       <c r="J385" t="s">
         <v>0</v>
       </c>
       <c r="K385" t="s">
-        <v>1295</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s" s="2">
-        <v>1296</v>
+        <v>1275</v>
       </c>
       <c r="B386" t="s" s="2">
-        <v>186</v>
+        <v>64</v>
       </c>
       <c r="C386" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D386" t="s" s="4">
-        <v>187</v>
+        <v>65</v>
       </c>
       <c r="E386" t="s" s="4">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="F386" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G386" t="s">
-        <v>1297</v>
+        <v>1276</v>
       </c>
       <c r="H386" t="s">
         <v>0</v>
       </c>
       <c r="I386" t="s">
-        <v>1298</v>
+        <v>1277</v>
       </c>
       <c r="J386" t="s">
         <v>0</v>
       </c>
       <c r="K386" t="s">
-        <v>1299</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s" s="2">
-        <v>1300</v>
+        <v>1279</v>
       </c>
       <c r="B387" t="s" s="2">
-        <v>186</v>
+        <v>44</v>
       </c>
       <c r="C387" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D387" t="s" s="4">
-        <v>187</v>
+        <v>45</v>
       </c>
       <c r="E387" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F387" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G387" t="s">
-        <v>1301</v>
+        <v>1280</v>
       </c>
       <c r="H387" t="s">
         <v>0</v>
       </c>
       <c r="I387" t="s">
-        <v>1302</v>
+        <v>1281</v>
       </c>
       <c r="J387" t="s">
         <v>0</v>
       </c>
       <c r="K387" t="s">
-        <v>1303</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s" s="2">
-        <v>1300</v>
+        <v>1283</v>
       </c>
       <c r="B388" t="s" s="2">
-        <v>202</v>
+        <v>44</v>
       </c>
       <c r="C388" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D388" t="s" s="4">
-        <v>203</v>
+        <v>45</v>
       </c>
       <c r="E388" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F388" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G388" t="s">
-        <v>1301</v>
+        <v>1284</v>
       </c>
       <c r="H388" t="s">
         <v>0</v>
       </c>
       <c r="I388" t="s">
-        <v>1302</v>
+        <v>1285</v>
       </c>
       <c r="J388" t="s">
         <v>0</v>
       </c>
       <c r="K388" t="s">
-        <v>1303</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s" s="2">
-        <v>1300</v>
+        <v>1287</v>
       </c>
       <c r="B389" t="s" s="2">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="C389" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D389" t="s" s="4">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="E389" t="s" s="4">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="F389" t="s">
         <v>16</v>
       </c>
       <c r="G389" t="s">
-        <v>1301</v>
+        <v>1288</v>
       </c>
       <c r="H389" t="s">
         <v>0</v>
       </c>
       <c r="I389" t="s">
-        <v>1302</v>
+        <v>1289</v>
       </c>
       <c r="J389" t="s">
         <v>0</v>
       </c>
       <c r="K389" t="s">
-        <v>1303</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s" s="2">
-        <v>1300</v>
+        <v>1287</v>
       </c>
       <c r="B390" t="s" s="2">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="C390" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D390" t="s" s="4">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="E390" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F390" t="s">
         <v>16</v>
       </c>
       <c r="G390" t="s">
-        <v>1301</v>
+        <v>1288</v>
       </c>
       <c r="H390" t="s">
         <v>0</v>
       </c>
       <c r="I390" t="s">
-        <v>1302</v>
+        <v>1289</v>
       </c>
       <c r="J390" t="s">
         <v>0</v>
       </c>
       <c r="K390" t="s">
-        <v>1303</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s" s="2">
-        <v>1304</v>
+        <v>1291</v>
       </c>
       <c r="B391" t="s" s="2">
-        <v>218</v>
+        <v>354</v>
       </c>
       <c r="C391" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D391" t="s" s="4">
-        <v>203</v>
+        <v>14</v>
       </c>
       <c r="E391" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F391" t="s">
         <v>16</v>
       </c>
       <c r="G391" t="s">
-        <v>1305</v>
+        <v>1292</v>
       </c>
       <c r="H391" t="s">
         <v>0</v>
       </c>
       <c r="I391" t="s">
-        <v>1306</v>
+        <v>1293</v>
       </c>
       <c r="J391" t="s">
         <v>0</v>
       </c>
       <c r="K391" t="s">
-        <v>1307</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s" s="2">
-        <v>1308</v>
+        <v>1295</v>
       </c>
       <c r="B392" t="s" s="2">
-        <v>240</v>
+        <v>58</v>
       </c>
       <c r="C392" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D392" t="s" s="4">
-        <v>241</v>
+        <v>59</v>
       </c>
       <c r="E392" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F392" t="s">
         <v>16</v>
       </c>
       <c r="G392" t="s">
-        <v>1309</v>
+        <v>1296</v>
       </c>
       <c r="H392" t="s">
         <v>0</v>
       </c>
       <c r="I392" t="s">
-        <v>1310</v>
+        <v>1297</v>
       </c>
       <c r="J392" t="s">
         <v>0</v>
       </c>
       <c r="K392" t="s">
-        <v>1311</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s" s="2">
-        <v>1308</v>
+        <v>1299</v>
       </c>
       <c r="B393" t="s" s="2">
-        <v>403</v>
+        <v>446</v>
       </c>
       <c r="C393" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D393" t="s" s="4">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="E393" t="s" s="4">
-        <v>15</v>
+        <v>349</v>
       </c>
       <c r="F393" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G393" t="s">
-        <v>1309</v>
+        <v>1300</v>
       </c>
       <c r="H393" t="s">
         <v>0</v>
       </c>
       <c r="I393" t="s">
-        <v>1310</v>
+        <v>1301</v>
       </c>
       <c r="J393" t="s">
         <v>0</v>
       </c>
       <c r="K393" t="s">
-        <v>1311</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s" s="2">
-        <v>1312</v>
+        <v>1303</v>
       </c>
       <c r="B394" t="s" s="2">
-        <v>376</v>
+        <v>163</v>
       </c>
       <c r="C394" t="n" s="3">
-        <v>7.91202505009E11</v>
+        <v>7.91202510006E11</v>
       </c>
       <c r="D394" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E394" t="s" s="4">
         <v>38</v>
       </c>
-      <c r="E394" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="F394" t="s">
-        <v>377</v>
+        <v>31</v>
       </c>
       <c r="G394" t="s">
-        <v>0</v>
+        <v>1304</v>
       </c>
       <c r="H394" t="s">
         <v>0</v>
       </c>
       <c r="I394" t="s">
-        <v>0</v>
+        <v>1305</v>
       </c>
       <c r="J394" t="s">
         <v>0</v>
       </c>
       <c r="K394" t="s">
-        <v>0</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s" s="2">
-        <v>1313</v>
+        <v>1307</v>
       </c>
       <c r="B395" t="s" s="2">
-        <v>150</v>
+        <v>354</v>
       </c>
       <c r="C395" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D395" t="s" s="4">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="E395" t="s" s="4">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="F395" t="s">
         <v>16</v>
       </c>
       <c r="G395" t="s">
-        <v>1314</v>
+        <v>1308</v>
       </c>
       <c r="H395" t="s">
         <v>0</v>
       </c>
       <c r="I395" t="s">
-        <v>1315</v>
+        <v>1309</v>
       </c>
       <c r="J395" t="s">
         <v>0</v>
       </c>
       <c r="K395" t="s">
-        <v>1316</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s" s="2">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="B396" t="s" s="2">
-        <v>51</v>
+        <v>119</v>
       </c>
       <c r="C396" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D396" t="s" s="4">
         <v>52</v>
       </c>
       <c r="E396" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F396" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G396" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H396" t="s">
+        <v>0</v>
+      </c>
+      <c r="I396" t="s">
+        <v>1313</v>
+      </c>
+      <c r="J396" t="s">
+        <v>0</v>
+      </c>
+      <c r="K396" t="s">
         <v>1314</v>
-      </c>
-[...10 lines deleted...]
-        <v>1316</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s" s="2">
+        <v>1315</v>
+      </c>
+      <c r="B397" t="s" s="2">
+        <v>413</v>
+      </c>
+      <c r="C397" t="n" s="3">
+        <v>7.91202004008E11</v>
+      </c>
+      <c r="D397" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E397" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F397" t="s">
+        <v>16</v>
+      </c>
+      <c r="G397" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H397" t="s">
+        <v>0</v>
+      </c>
+      <c r="I397" t="s">
         <v>1317</v>
       </c>
-      <c r="B397" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G397" t="s">
+      <c r="J397" t="s">
+        <v>0</v>
+      </c>
+      <c r="K397" t="s">
         <v>1318</v>
-      </c>
-[...10 lines deleted...]
-        <v>1320</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s" s="2">
+        <v>1319</v>
+      </c>
+      <c r="B398" t="s" s="2">
+        <v>196</v>
+      </c>
+      <c r="C398" t="n" s="3">
+        <v>7.91202005016E11</v>
+      </c>
+      <c r="D398" t="s" s="4">
+        <v>197</v>
+      </c>
+      <c r="E398" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F398" t="s">
+        <v>16</v>
+      </c>
+      <c r="G398" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H398" t="s">
+        <v>0</v>
+      </c>
+      <c r="I398" t="s">
         <v>1321</v>
       </c>
-      <c r="B398" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G398" t="s">
+      <c r="J398" t="s">
+        <v>0</v>
+      </c>
+      <c r="K398" t="s">
         <v>1322</v>
-      </c>
-[...10 lines deleted...]
-        <v>1324</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s" s="2">
-        <v>1325</v>
+        <v>1323</v>
       </c>
       <c r="B399" t="s" s="2">
         <v>196</v>
       </c>
       <c r="C399" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D399" t="s" s="4">
-        <v>76</v>
+        <v>197</v>
       </c>
       <c r="E399" t="s" s="4">
-        <v>197</v>
+        <v>15</v>
       </c>
       <c r="F399" t="s">
         <v>16</v>
       </c>
       <c r="G399" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H399" t="s">
+        <v>0</v>
+      </c>
+      <c r="I399" t="s">
+        <v>1325</v>
+      </c>
+      <c r="J399" t="s">
+        <v>0</v>
+      </c>
+      <c r="K399" t="s">
         <v>1326</v>
-      </c>
-[...10 lines deleted...]
-        <v>1328</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s" s="2">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="B400" t="s" s="2">
-        <v>259</v>
+        <v>196</v>
       </c>
       <c r="C400" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D400" t="s" s="4">
-        <v>76</v>
+        <v>197</v>
       </c>
       <c r="E400" t="s" s="4">
-        <v>197</v>
+        <v>15</v>
       </c>
       <c r="F400" t="s">
         <v>16</v>
       </c>
       <c r="G400" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="H400" t="s">
         <v>0</v>
       </c>
       <c r="I400" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="J400" t="s">
         <v>0</v>
       </c>
       <c r="K400" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s" s="2">
+        <v>1327</v>
+      </c>
+      <c r="B401" t="s" s="2">
+        <v>212</v>
+      </c>
+      <c r="C401" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D401" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E401" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F401" t="s">
+        <v>16</v>
+      </c>
+      <c r="G401" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H401" t="s">
+        <v>0</v>
+      </c>
+      <c r="I401" t="s">
         <v>1329</v>
       </c>
-      <c r="B401" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G401" t="s">
+      <c r="J401" t="s">
+        <v>0</v>
+      </c>
+      <c r="K401" t="s">
         <v>1330</v>
-      </c>
-[...10 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s" s="2">
+        <v>1327</v>
+      </c>
+      <c r="B402" t="s" s="2">
+        <v>76</v>
+      </c>
+      <c r="C402" t="n" s="3">
+        <v>7.91202007026E11</v>
+      </c>
+      <c r="D402" t="s" s="4">
+        <v>77</v>
+      </c>
+      <c r="E402" t="s" s="4">
+        <v>78</v>
+      </c>
+      <c r="F402" t="s">
+        <v>16</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H402" t="s">
+        <v>0</v>
+      </c>
+      <c r="I402" t="s">
         <v>1329</v>
       </c>
-      <c r="B402" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G402" t="s">
+      <c r="J402" t="s">
+        <v>0</v>
+      </c>
+      <c r="K402" t="s">
         <v>1330</v>
-      </c>
-[...10 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s" s="2">
+        <v>1327</v>
+      </c>
+      <c r="B403" t="s" s="2">
+        <v>228</v>
+      </c>
+      <c r="C403" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D403" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E403" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F403" t="s">
+        <v>16</v>
+      </c>
+      <c r="G403" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H403" t="s">
+        <v>0</v>
+      </c>
+      <c r="I403" t="s">
         <v>1329</v>
       </c>
-      <c r="B403" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G403" t="s">
+      <c r="J403" t="s">
+        <v>0</v>
+      </c>
+      <c r="K403" t="s">
         <v>1330</v>
-      </c>
-[...10 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s" s="2">
+        <v>1331</v>
+      </c>
+      <c r="B404" t="s" s="2">
+        <v>228</v>
+      </c>
+      <c r="C404" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D404" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E404" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F404" t="s">
+        <v>16</v>
+      </c>
+      <c r="G404" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H404" t="s">
+        <v>0</v>
+      </c>
+      <c r="I404" t="s">
         <v>1333</v>
       </c>
-      <c r="B404" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G404" t="s">
+      <c r="J404" t="s">
+        <v>0</v>
+      </c>
+      <c r="K404" t="s">
         <v>1334</v>
-      </c>
-[...10 lines deleted...]
-        <v>1336</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s" s="2">
+        <v>1335</v>
+      </c>
+      <c r="B405" t="s" s="2">
+        <v>250</v>
+      </c>
+      <c r="C405" t="n" s="3">
+        <v>7.91202003005E11</v>
+      </c>
+      <c r="D405" t="s" s="4">
+        <v>251</v>
+      </c>
+      <c r="E405" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F405" t="s">
+        <v>16</v>
+      </c>
+      <c r="G405" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H405" t="s">
+        <v>0</v>
+      </c>
+      <c r="I405" t="s">
         <v>1337</v>
       </c>
-      <c r="B405" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G405" t="s">
+      <c r="J405" t="s">
+        <v>0</v>
+      </c>
+      <c r="K405" t="s">
         <v>1338</v>
-      </c>
-[...10 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s" s="2">
+        <v>1335</v>
+      </c>
+      <c r="B406" t="s" s="2">
+        <v>413</v>
+      </c>
+      <c r="C406" t="n" s="3">
+        <v>7.91202004008E11</v>
+      </c>
+      <c r="D406" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E406" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F406" t="s">
+        <v>16</v>
+      </c>
+      <c r="G406" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H406" t="s">
+        <v>0</v>
+      </c>
+      <c r="I406" t="s">
         <v>1337</v>
       </c>
-      <c r="B406" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G406" t="s">
+      <c r="J406" t="s">
+        <v>0</v>
+      </c>
+      <c r="K406" t="s">
         <v>1338</v>
-      </c>
-[...10 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s" s="2">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="B407" t="s" s="2">
-        <v>13</v>
+        <v>386</v>
       </c>
       <c r="C407" t="n" s="3">
-        <v>7.91202004009E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D407" t="s" s="4">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="E407" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F407" t="s">
-        <v>16</v>
+        <v>387</v>
       </c>
       <c r="G407" t="s">
-        <v>1342</v>
+        <v>0</v>
       </c>
       <c r="H407" t="s">
         <v>0</v>
       </c>
       <c r="I407" t="s">
-        <v>1343</v>
+        <v>0</v>
       </c>
       <c r="J407" t="s">
         <v>0</v>
       </c>
       <c r="K407" t="s">
-        <v>1344</v>
+        <v>0</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s" s="2">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="B408" t="s" s="2">
-        <v>460</v>
+        <v>155</v>
       </c>
       <c r="C408" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D408" t="s" s="4">
-        <v>301</v>
+        <v>83</v>
       </c>
       <c r="E408" t="s" s="4">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="F408" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G408" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H408" t="s">
         <v>0</v>
       </c>
       <c r="I408" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="J408" t="s">
         <v>0</v>
       </c>
       <c r="K408" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s" s="2">
-        <v>1349</v>
+        <v>1340</v>
       </c>
       <c r="B409" t="s" s="2">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C409" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D409" t="s" s="4">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="E409" t="s" s="4">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F409" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G409" t="s">
-        <v>1350</v>
+        <v>1341</v>
       </c>
       <c r="H409" t="s">
         <v>0</v>
       </c>
       <c r="I409" t="s">
-        <v>1351</v>
+        <v>1342</v>
       </c>
       <c r="J409" t="s">
         <v>0</v>
       </c>
       <c r="K409" t="s">
-        <v>1352</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s" s="2">
-        <v>1353</v>
+        <v>1344</v>
       </c>
       <c r="B410" t="s" s="2">
-        <v>330</v>
+        <v>294</v>
       </c>
       <c r="C410" t="n" s="3">
-        <v>7.91202303008E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D410" t="s" s="4">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="E410" t="s" s="4">
-        <v>331</v>
+        <v>46</v>
       </c>
       <c r="F410" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G410" t="s">
-        <v>1354</v>
+        <v>1345</v>
       </c>
       <c r="H410" t="s">
         <v>0</v>
       </c>
       <c r="I410" t="s">
-        <v>1355</v>
+        <v>1346</v>
       </c>
       <c r="J410" t="s">
         <v>0</v>
       </c>
       <c r="K410" t="s">
-        <v>1356</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s" s="2">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="B411" t="s" s="2">
-        <v>259</v>
+        <v>294</v>
       </c>
       <c r="C411" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D411" t="s" s="4">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="E411" t="s" s="4">
-        <v>197</v>
+        <v>46</v>
       </c>
       <c r="F411" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G411" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="H411" t="s">
         <v>0</v>
       </c>
       <c r="I411" t="s">
-        <v>1355</v>
+        <v>1350</v>
       </c>
       <c r="J411" t="s">
         <v>0</v>
       </c>
       <c r="K411" t="s">
-        <v>1356</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s" s="2">
-        <v>1357</v>
+        <v>1352</v>
       </c>
       <c r="B412" t="s" s="2">
-        <v>218</v>
+        <v>269</v>
       </c>
       <c r="C412" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D412" t="s" s="4">
-        <v>203</v>
+        <v>83</v>
       </c>
       <c r="E412" t="s" s="4">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="F412" t="s">
         <v>16</v>
       </c>
       <c r="G412" t="s">
-        <v>1358</v>
+        <v>1353</v>
       </c>
       <c r="H412" t="s">
         <v>0</v>
       </c>
       <c r="I412" t="s">
-        <v>1359</v>
+        <v>1354</v>
       </c>
       <c r="J412" t="s">
         <v>0</v>
       </c>
       <c r="K412" t="s">
-        <v>1360</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s" s="2">
-        <v>1361</v>
+        <v>1352</v>
       </c>
       <c r="B413" t="s" s="2">
-        <v>491</v>
+        <v>206</v>
       </c>
       <c r="C413" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D413" t="s" s="4">
-        <v>492</v>
+        <v>83</v>
       </c>
       <c r="E413" t="s" s="4">
-        <v>493</v>
+        <v>207</v>
       </c>
       <c r="F413" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G413" t="s">
-        <v>1362</v>
+        <v>1353</v>
       </c>
       <c r="H413" t="s">
         <v>0</v>
       </c>
       <c r="I413" t="s">
-        <v>1363</v>
+        <v>1354</v>
       </c>
       <c r="J413" t="s">
         <v>0</v>
       </c>
       <c r="K413" t="s">
-        <v>1364</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s" s="2">
-        <v>1361</v>
+        <v>1356</v>
       </c>
       <c r="B414" t="s" s="2">
-        <v>64</v>
+        <v>293</v>
       </c>
       <c r="C414" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D414" t="s" s="4">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="E414" t="s" s="4">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="F414" t="s">
         <v>31</v>
       </c>
       <c r="G414" t="s">
-        <v>1362</v>
+        <v>1357</v>
       </c>
       <c r="H414" t="s">
         <v>0</v>
       </c>
       <c r="I414" t="s">
-        <v>1363</v>
+        <v>1358</v>
       </c>
       <c r="J414" t="s">
         <v>0</v>
       </c>
       <c r="K414" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s" s="2">
-        <v>1365</v>
+        <v>1356</v>
       </c>
       <c r="B415" t="s" s="2">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="C415" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D415" t="s" s="4">
-        <v>187</v>
+        <v>45</v>
       </c>
       <c r="E415" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F415" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G415" t="s">
-        <v>1366</v>
+        <v>1357</v>
       </c>
       <c r="H415" t="s">
         <v>0</v>
       </c>
       <c r="I415" t="s">
-        <v>1367</v>
+        <v>1358</v>
       </c>
       <c r="J415" t="s">
         <v>0</v>
       </c>
       <c r="K415" t="s">
-        <v>1368</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s" s="2">
-        <v>1369</v>
+        <v>1356</v>
       </c>
       <c r="B416" t="s" s="2">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="C416" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D416" t="s" s="4">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="E416" t="s" s="4">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="F416" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G416" t="s">
-        <v>1370</v>
+        <v>1357</v>
       </c>
       <c r="H416" t="s">
         <v>0</v>
       </c>
       <c r="I416" t="s">
-        <v>1371</v>
+        <v>1358</v>
       </c>
       <c r="J416" t="s">
         <v>0</v>
       </c>
       <c r="K416" t="s">
-        <v>1372</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s" s="2">
-        <v>1369</v>
+        <v>1360</v>
       </c>
       <c r="B417" t="s" s="2">
-        <v>491</v>
+        <v>71</v>
       </c>
       <c r="C417" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D417" t="s" s="4">
-        <v>492</v>
+        <v>45</v>
       </c>
       <c r="E417" t="s" s="4">
-        <v>493</v>
+        <v>46</v>
       </c>
       <c r="F417" t="s">
         <v>31</v>
       </c>
       <c r="G417" t="s">
-        <v>1370</v>
+        <v>1361</v>
       </c>
       <c r="H417" t="s">
         <v>0</v>
       </c>
       <c r="I417" t="s">
-        <v>1371</v>
+        <v>1362</v>
       </c>
       <c r="J417" t="s">
         <v>0</v>
       </c>
       <c r="K417" t="s">
-        <v>1372</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="s" s="2">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B418" t="s" s="2">
-        <v>1185</v>
+        <v>595</v>
       </c>
       <c r="C418" t="n" s="3">
-        <v>7.91202309001E11</v>
+        <v>7.91202303003E11</v>
       </c>
       <c r="D418" t="s" s="4">
-        <v>1186</v>
+        <v>22</v>
       </c>
       <c r="E418" t="s" s="4">
-        <v>1187</v>
+        <v>596</v>
       </c>
       <c r="F418" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G418" t="s">
-        <v>1370</v>
+        <v>1365</v>
       </c>
       <c r="H418" t="s">
         <v>0</v>
       </c>
       <c r="I418" t="s">
-        <v>1371</v>
+        <v>1366</v>
       </c>
       <c r="J418" t="s">
         <v>0</v>
       </c>
       <c r="K418" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s" s="2">
-        <v>1373</v>
+        <v>1364</v>
       </c>
       <c r="B419" t="s" s="2">
-        <v>112</v>
+        <v>155</v>
       </c>
       <c r="C419" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D419" t="s" s="4">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="E419" t="s" s="4">
-        <v>46</v>
+        <v>156</v>
       </c>
       <c r="F419" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G419" t="s">
-        <v>1374</v>
+        <v>1365</v>
       </c>
       <c r="H419" t="s">
         <v>0</v>
       </c>
       <c r="I419" t="s">
-        <v>1375</v>
+        <v>1366</v>
       </c>
       <c r="J419" t="s">
         <v>0</v>
       </c>
       <c r="K419" t="s">
-        <v>1376</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s" s="2">
-        <v>1377</v>
+        <v>1368</v>
       </c>
       <c r="B420" t="s" s="2">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C420" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202004009E11</v>
       </c>
       <c r="D420" t="s" s="4">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E420" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F420" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G420" t="s">
-        <v>1378</v>
+        <v>1369</v>
       </c>
       <c r="H420" t="s">
         <v>0</v>
       </c>
       <c r="I420" t="s">
-        <v>1379</v>
+        <v>1370</v>
       </c>
       <c r="J420" t="s">
         <v>0</v>
       </c>
       <c r="K420" t="s">
-        <v>1380</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s" s="2">
-        <v>1377</v>
+        <v>1372</v>
       </c>
       <c r="B421" t="s" s="2">
-        <v>37</v>
+        <v>467</v>
       </c>
       <c r="C421" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D421" t="s" s="4">
-        <v>38</v>
+        <v>311</v>
       </c>
       <c r="E421" t="s" s="4">
-        <v>39</v>
+        <v>131</v>
       </c>
       <c r="F421" t="s">
         <v>31</v>
       </c>
       <c r="G421" t="s">
-        <v>1378</v>
+        <v>1373</v>
       </c>
       <c r="H421" t="s">
         <v>0</v>
       </c>
       <c r="I421" t="s">
-        <v>1379</v>
+        <v>1374</v>
       </c>
       <c r="J421" t="s">
         <v>0</v>
       </c>
       <c r="K421" t="s">
-        <v>1380</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s" s="2">
-        <v>1381</v>
+        <v>1376</v>
       </c>
       <c r="B422" t="s" s="2">
-        <v>1382</v>
+        <v>44</v>
       </c>
       <c r="C422" t="n" s="3">
-        <v>7.91202409008E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D422" t="s" s="4">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="E422" t="s" s="4">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="F422" t="s">
         <v>31</v>
       </c>
       <c r="G422" t="s">
-        <v>1383</v>
+        <v>1377</v>
       </c>
       <c r="H422" t="s">
         <v>0</v>
       </c>
       <c r="I422" t="s">
-        <v>1384</v>
+        <v>1378</v>
       </c>
       <c r="J422" t="s">
         <v>0</v>
       </c>
       <c r="K422" t="s">
-        <v>1385</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s" s="2">
-        <v>1386</v>
+        <v>1380</v>
       </c>
       <c r="B423" t="s" s="2">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="C423" t="n" s="3">
         <v>7.91202303006E11</v>
       </c>
       <c r="D423" t="s" s="4">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E423" t="s" s="4">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="F423" t="s">
         <v>16</v>
       </c>
       <c r="G423" t="s">
-        <v>1387</v>
+        <v>1381</v>
       </c>
       <c r="H423" t="s">
         <v>0</v>
       </c>
       <c r="I423" t="s">
-        <v>1388</v>
+        <v>1382</v>
       </c>
       <c r="J423" t="s">
         <v>0</v>
       </c>
       <c r="K423" t="s">
-        <v>1389</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s" s="2">
-        <v>1386</v>
+        <v>1380</v>
       </c>
       <c r="B424" t="s" s="2">
-        <v>208</v>
+        <v>340</v>
       </c>
       <c r="C424" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202303008E11</v>
       </c>
       <c r="D424" t="s" s="4">
-        <v>209</v>
+        <v>83</v>
       </c>
       <c r="E424" t="s" s="4">
-        <v>151</v>
+        <v>341</v>
       </c>
       <c r="F424" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G424" t="s">
-        <v>1387</v>
+        <v>1381</v>
       </c>
       <c r="H424" t="s">
         <v>0</v>
       </c>
       <c r="I424" t="s">
-        <v>1388</v>
+        <v>1382</v>
       </c>
       <c r="J424" t="s">
         <v>0</v>
       </c>
       <c r="K424" t="s">
-        <v>1389</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s" s="2">
-        <v>1390</v>
+        <v>1384</v>
       </c>
       <c r="B425" t="s" s="2">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="C425" t="n" s="3">
-        <v>7.91202207008E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D425" t="s" s="4">
-        <v>255</v>
+        <v>213</v>
       </c>
       <c r="E425" t="s" s="4">
-        <v>126</v>
+        <v>15</v>
       </c>
       <c r="F425" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G425" t="s">
-        <v>1391</v>
+        <v>1385</v>
       </c>
       <c r="H425" t="s">
         <v>0</v>
       </c>
       <c r="I425" t="s">
-        <v>1392</v>
+        <v>1386</v>
       </c>
       <c r="J425" t="s">
         <v>0</v>
       </c>
       <c r="K425" t="s">
-        <v>1393</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s" s="2">
-        <v>1394</v>
+        <v>1388</v>
       </c>
       <c r="B426" t="s" s="2">
-        <v>403</v>
+        <v>501</v>
       </c>
       <c r="C426" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D426" t="s" s="4">
-        <v>14</v>
+        <v>502</v>
       </c>
       <c r="E426" t="s" s="4">
-        <v>15</v>
+        <v>503</v>
       </c>
       <c r="F426" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G426" t="s">
-        <v>1395</v>
+        <v>1389</v>
       </c>
       <c r="H426" t="s">
         <v>0</v>
       </c>
       <c r="I426" t="s">
-        <v>1396</v>
+        <v>1390</v>
       </c>
       <c r="J426" t="s">
         <v>0</v>
       </c>
       <c r="K426" t="s">
-        <v>1397</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s" s="2">
-        <v>1398</v>
+        <v>1388</v>
       </c>
       <c r="B427" t="s" s="2">
-        <v>139</v>
+        <v>71</v>
       </c>
       <c r="C427" t="n" s="3">
-        <v>7.91202505006E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D427" t="s" s="4">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E427" t="s" s="4">
-        <v>140</v>
+        <v>46</v>
       </c>
       <c r="F427" t="s">
         <v>31</v>
       </c>
       <c r="G427" t="s">
-        <v>1399</v>
+        <v>1389</v>
       </c>
       <c r="H427" t="s">
         <v>0</v>
       </c>
       <c r="I427" t="s">
-        <v>1400</v>
+        <v>1390</v>
       </c>
       <c r="J427" t="s">
         <v>0</v>
       </c>
       <c r="K427" t="s">
-        <v>1401</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s" s="2">
-        <v>1402</v>
+        <v>1392</v>
       </c>
       <c r="B428" t="s" s="2">
-        <v>460</v>
+        <v>196</v>
       </c>
       <c r="C428" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D428" t="s" s="4">
-        <v>301</v>
+        <v>197</v>
       </c>
       <c r="E428" t="s" s="4">
-        <v>126</v>
+        <v>15</v>
       </c>
       <c r="F428" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G428" t="s">
-        <v>1403</v>
+        <v>1393</v>
       </c>
       <c r="H428" t="s">
         <v>0</v>
       </c>
       <c r="I428" t="s">
-        <v>1404</v>
+        <v>1394</v>
       </c>
       <c r="J428" t="s">
         <v>0</v>
       </c>
       <c r="K428" t="s">
-        <v>1405</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="s" s="2">
-        <v>1406</v>
+        <v>1396</v>
       </c>
       <c r="B429" t="s" s="2">
-        <v>407</v>
+        <v>1215</v>
       </c>
       <c r="C429" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202309001E11</v>
       </c>
       <c r="D429" t="s" s="4">
-        <v>52</v>
+        <v>1216</v>
       </c>
       <c r="E429" t="s" s="4">
-        <v>15</v>
+        <v>1217</v>
       </c>
       <c r="F429" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G429" t="s">
-        <v>769</v>
+        <v>1397</v>
       </c>
       <c r="H429" t="s">
         <v>0</v>
       </c>
       <c r="I429" t="s">
-        <v>430</v>
+        <v>1398</v>
       </c>
       <c r="J429" t="s">
         <v>0</v>
       </c>
       <c r="K429" t="s">
-        <v>1407</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s" s="2">
-        <v>1408</v>
+        <v>1396</v>
       </c>
       <c r="B430" t="s" s="2">
-        <v>1409</v>
+        <v>71</v>
       </c>
       <c r="C430" t="n" s="3">
-        <v>7.91202502001E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D430" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E430" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F430" t="s">
         <v>31</v>
       </c>
       <c r="G430" t="s">
-        <v>1410</v>
+        <v>1397</v>
       </c>
       <c r="H430" t="s">
         <v>0</v>
       </c>
       <c r="I430" t="s">
-        <v>1411</v>
+        <v>1398</v>
       </c>
       <c r="J430" t="s">
         <v>0</v>
       </c>
       <c r="K430" t="s">
-        <v>1412</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s" s="2">
-        <v>1413</v>
+        <v>1396</v>
       </c>
       <c r="B431" t="s" s="2">
-        <v>202</v>
+        <v>501</v>
       </c>
       <c r="C431" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D431" t="s" s="4">
-        <v>203</v>
+        <v>502</v>
       </c>
       <c r="E431" t="s" s="4">
-        <v>15</v>
+        <v>503</v>
       </c>
       <c r="F431" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G431" t="s">
-        <v>1414</v>
+        <v>1397</v>
       </c>
       <c r="H431" t="s">
         <v>0</v>
       </c>
       <c r="I431" t="s">
-        <v>1415</v>
+        <v>1398</v>
       </c>
       <c r="J431" t="s">
         <v>0</v>
       </c>
       <c r="K431" t="s">
-        <v>1416</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="s" s="2">
-        <v>1417</v>
+        <v>1400</v>
       </c>
       <c r="B432" t="s" s="2">
-        <v>1418</v>
+        <v>119</v>
       </c>
       <c r="C432" t="n" s="3">
-        <v>7.91202507005E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D432" t="s" s="4">
-        <v>1243</v>
+        <v>52</v>
       </c>
       <c r="E432" t="s" s="4">
-        <v>1244</v>
+        <v>53</v>
       </c>
       <c r="F432" t="s">
         <v>31</v>
       </c>
       <c r="G432" t="s">
-        <v>1419</v>
+        <v>1401</v>
       </c>
       <c r="H432" t="s">
         <v>0</v>
       </c>
       <c r="I432" t="s">
-        <v>1420</v>
+        <v>1402</v>
       </c>
       <c r="J432" t="s">
         <v>0</v>
       </c>
       <c r="K432" t="s">
-        <v>1421</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="s" s="2">
-        <v>1422</v>
+        <v>1404</v>
       </c>
       <c r="B433" t="s" s="2">
-        <v>202</v>
+        <v>119</v>
       </c>
       <c r="C433" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D433" t="s" s="4">
-        <v>203</v>
+        <v>52</v>
       </c>
       <c r="E433" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F433" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G433" t="s">
-        <v>1423</v>
+        <v>1405</v>
       </c>
       <c r="H433" t="s">
         <v>0</v>
       </c>
       <c r="I433" t="s">
-        <v>1424</v>
+        <v>1406</v>
       </c>
       <c r="J433" t="s">
         <v>0</v>
       </c>
       <c r="K433" t="s">
-        <v>1425</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="s" s="2">
+        <v>1404</v>
+      </c>
+      <c r="B434" t="s" s="2">
+        <v>44</v>
+      </c>
+      <c r="C434" t="n" s="3">
+        <v>7.91202505005E11</v>
+      </c>
+      <c r="D434" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E434" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F434" t="s">
+        <v>31</v>
+      </c>
+      <c r="G434" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H434" t="s">
+        <v>0</v>
+      </c>
+      <c r="I434" t="s">
+        <v>1406</v>
+      </c>
+      <c r="J434" t="s">
+        <v>0</v>
+      </c>
+      <c r="K434" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" t="s" s="2">
+        <v>1408</v>
+      </c>
+      <c r="B435" t="s" s="2">
+        <v>1409</v>
+      </c>
+      <c r="C435" t="n" s="3">
+        <v>7.91202409008E11</v>
+      </c>
+      <c r="D435" t="s" s="4">
+        <v>65</v>
+      </c>
+      <c r="E435" t="s" s="4">
+        <v>66</v>
+      </c>
+      <c r="F435" t="s">
+        <v>31</v>
+      </c>
+      <c r="G435" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H435" t="s">
+        <v>0</v>
+      </c>
+      <c r="I435" t="s">
+        <v>1411</v>
+      </c>
+      <c r="J435" t="s">
+        <v>0</v>
+      </c>
+      <c r="K435" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" t="s" s="2">
+        <v>1413</v>
+      </c>
+      <c r="B436" t="s" s="2">
+        <v>269</v>
+      </c>
+      <c r="C436" t="n" s="3">
+        <v>7.91202303006E11</v>
+      </c>
+      <c r="D436" t="s" s="4">
+        <v>83</v>
+      </c>
+      <c r="E436" t="s" s="4">
+        <v>207</v>
+      </c>
+      <c r="F436" t="s">
+        <v>16</v>
+      </c>
+      <c r="G436" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H436" t="s">
+        <v>0</v>
+      </c>
+      <c r="I436" t="s">
+        <v>1415</v>
+      </c>
+      <c r="J436" t="s">
+        <v>0</v>
+      </c>
+      <c r="K436" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" t="s" s="2">
+        <v>1413</v>
+      </c>
+      <c r="B437" t="s" s="2">
+        <v>218</v>
+      </c>
+      <c r="C437" t="n" s="3">
+        <v>7.91202103002E11</v>
+      </c>
+      <c r="D437" t="s" s="4">
+        <v>219</v>
+      </c>
+      <c r="E437" t="s" s="4">
+        <v>156</v>
+      </c>
+      <c r="F437" t="s">
+        <v>31</v>
+      </c>
+      <c r="G437" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H437" t="s">
+        <v>0</v>
+      </c>
+      <c r="I437" t="s">
+        <v>1415</v>
+      </c>
+      <c r="J437" t="s">
+        <v>0</v>
+      </c>
+      <c r="K437" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" t="s" s="2">
+        <v>1417</v>
+      </c>
+      <c r="B438" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="C438" t="n" s="3">
+        <v>7.91202207008E11</v>
+      </c>
+      <c r="D438" t="s" s="4">
+        <v>265</v>
+      </c>
+      <c r="E438" t="s" s="4">
+        <v>131</v>
+      </c>
+      <c r="F438" t="s">
+        <v>31</v>
+      </c>
+      <c r="G438" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H438" t="s">
+        <v>0</v>
+      </c>
+      <c r="I438" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J438" t="s">
+        <v>0</v>
+      </c>
+      <c r="K438" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" t="s" s="2">
+        <v>1421</v>
+      </c>
+      <c r="B439" t="s" s="2">
+        <v>413</v>
+      </c>
+      <c r="C439" t="n" s="3">
+        <v>7.91202004008E11</v>
+      </c>
+      <c r="D439" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E439" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F439" t="s">
+        <v>16</v>
+      </c>
+      <c r="G439" t="s">
         <v>1422</v>
       </c>
-      <c r="B434" t="s" s="2">
-[...2 lines deleted...]
-      <c r="C434" t="n" s="3">
+      <c r="H439" t="s">
+        <v>0</v>
+      </c>
+      <c r="I439" t="s">
+        <v>1423</v>
+      </c>
+      <c r="J439" t="s">
+        <v>0</v>
+      </c>
+      <c r="K439" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" t="s" s="2">
+        <v>1425</v>
+      </c>
+      <c r="B440" t="s" s="2">
+        <v>144</v>
+      </c>
+      <c r="C440" t="n" s="3">
+        <v>7.91202505006E11</v>
+      </c>
+      <c r="D440" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E440" t="s" s="4">
+        <v>145</v>
+      </c>
+      <c r="F440" t="s">
+        <v>31</v>
+      </c>
+      <c r="G440" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H440" t="s">
+        <v>0</v>
+      </c>
+      <c r="I440" t="s">
+        <v>1427</v>
+      </c>
+      <c r="J440" t="s">
+        <v>0</v>
+      </c>
+      <c r="K440" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" t="s" s="2">
+        <v>1429</v>
+      </c>
+      <c r="B441" t="s" s="2">
+        <v>467</v>
+      </c>
+      <c r="C441" t="n" s="3">
+        <v>7.91202207003E11</v>
+      </c>
+      <c r="D441" t="s" s="4">
+        <v>311</v>
+      </c>
+      <c r="E441" t="s" s="4">
+        <v>131</v>
+      </c>
+      <c r="F441" t="s">
+        <v>31</v>
+      </c>
+      <c r="G441" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H441" t="s">
+        <v>0</v>
+      </c>
+      <c r="I441" t="s">
+        <v>1431</v>
+      </c>
+      <c r="J441" t="s">
+        <v>0</v>
+      </c>
+      <c r="K441" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" t="s" s="2">
+        <v>1433</v>
+      </c>
+      <c r="B442" t="s" s="2">
+        <v>417</v>
+      </c>
+      <c r="C442" t="n" s="3">
+        <v>7.91202003006E11</v>
+      </c>
+      <c r="D442" t="s" s="4">
+        <v>59</v>
+      </c>
+      <c r="E442" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F442" t="s">
+        <v>16</v>
+      </c>
+      <c r="G442" t="s">
+        <v>787</v>
+      </c>
+      <c r="H442" t="s">
+        <v>0</v>
+      </c>
+      <c r="I442" t="s">
+        <v>440</v>
+      </c>
+      <c r="J442" t="s">
+        <v>0</v>
+      </c>
+      <c r="K442" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" t="s" s="2">
+        <v>1435</v>
+      </c>
+      <c r="B443" t="s" s="2">
+        <v>163</v>
+      </c>
+      <c r="C443" t="n" s="3">
+        <v>7.91202510006E11</v>
+      </c>
+      <c r="D443" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="E443" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="F443" t="s">
+        <v>31</v>
+      </c>
+      <c r="G443" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H443" t="s">
+        <v>0</v>
+      </c>
+      <c r="I443" t="s">
+        <v>1437</v>
+      </c>
+      <c r="J443" t="s">
+        <v>0</v>
+      </c>
+      <c r="K443" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" t="s" s="2">
+        <v>1439</v>
+      </c>
+      <c r="B444" t="s" s="2">
+        <v>1440</v>
+      </c>
+      <c r="C444" t="n" s="3">
+        <v>7.91202502001E11</v>
+      </c>
+      <c r="D444" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E444" t="s" s="4">
+        <v>53</v>
+      </c>
+      <c r="F444" t="s">
+        <v>31</v>
+      </c>
+      <c r="G444" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H444" t="s">
+        <v>0</v>
+      </c>
+      <c r="I444" t="s">
+        <v>1442</v>
+      </c>
+      <c r="J444" t="s">
+        <v>0</v>
+      </c>
+      <c r="K444" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" t="s" s="2">
+        <v>1444</v>
+      </c>
+      <c r="B445" t="s" s="2">
+        <v>212</v>
+      </c>
+      <c r="C445" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D445" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E445" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F445" t="s">
+        <v>16</v>
+      </c>
+      <c r="G445" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H445" t="s">
+        <v>0</v>
+      </c>
+      <c r="I445" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J445" t="s">
+        <v>0</v>
+      </c>
+      <c r="K445" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" t="s" s="2">
+        <v>1448</v>
+      </c>
+      <c r="B446" t="s" s="2">
+        <v>1449</v>
+      </c>
+      <c r="C446" t="n" s="3">
+        <v>7.91202507005E11</v>
+      </c>
+      <c r="D446" t="s" s="4">
+        <v>1270</v>
+      </c>
+      <c r="E446" t="s" s="4">
+        <v>1271</v>
+      </c>
+      <c r="F446" t="s">
+        <v>31</v>
+      </c>
+      <c r="G446" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H446" t="s">
+        <v>0</v>
+      </c>
+      <c r="I446" t="s">
+        <v>1451</v>
+      </c>
+      <c r="J446" t="s">
+        <v>0</v>
+      </c>
+      <c r="K446" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" t="s" s="2">
+        <v>1453</v>
+      </c>
+      <c r="B447" t="s" s="2">
+        <v>212</v>
+      </c>
+      <c r="C447" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D447" t="s" s="4">
+        <v>213</v>
+      </c>
+      <c r="E447" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F447" t="s">
+        <v>16</v>
+      </c>
+      <c r="G447" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H447" t="s">
+        <v>0</v>
+      </c>
+      <c r="I447" t="s">
+        <v>1455</v>
+      </c>
+      <c r="J447" t="s">
+        <v>0</v>
+      </c>
+      <c r="K447" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" t="s" s="2">
+        <v>1453</v>
+      </c>
+      <c r="B448" t="s" s="2">
+        <v>196</v>
+      </c>
+      <c r="C448" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
-      <c r="D434" t="s" s="4">
-[...2 lines deleted...]
-      <c r="E434" t="s" s="4">
+      <c r="D448" t="s" s="4">
+        <v>197</v>
+      </c>
+      <c r="E448" t="s" s="4">
         <v>15</v>
       </c>
-      <c r="F434" t="s">
-[...15 lines deleted...]
-        <v>1425</v>
+      <c r="F448" t="s">
+        <v>16</v>
+      </c>
+      <c r="G448" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H448" t="s">
+        <v>0</v>
+      </c>
+      <c r="I448" t="s">
+        <v>1455</v>
+      </c>
+      <c r="J448" t="s">
+        <v>0</v>
+      </c>
+      <c r="K448" t="s">
+        <v>1456</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>