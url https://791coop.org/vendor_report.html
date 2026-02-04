--- v3 (2026-01-13)
+++ v4 (2026-02-04)
@@ -13,4159 +13,3577 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
 <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
 <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="791Vendors" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8001" uniqueCount="1457">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6748" uniqueCount="1263">
   <si>
     <t/>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>Contract</t>
   </si>
   <si>
     <t>Awarded Date</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Lead Agency</t>
   </si>
   <si>
     <t>Contact Name</t>
   </si>
   <si>
     <t>Contact Title</t>
   </si>
   <si>
     <t>Contact Phone</t>
   </si>
   <si>
     <t>Ext.</t>
   </si>
   <si>
     <t>Contact Email</t>
   </si>
   <si>
-    <t>2V Industries Inc.</t>
+    <t>Abacus Computers Inc</t>
+  </si>
+  <si>
+    <t>Security Products, Equipment and Services</t>
+  </si>
+  <si>
+    <t>05/19/2023</t>
+  </si>
+  <si>
+    <t>05/31/2030</t>
+  </si>
+  <si>
+    <t>Region 15 ESC</t>
+  </si>
+  <si>
+    <t>Tim McNurlen</t>
+  </si>
+  <si>
+    <t>(432) 687-5424</t>
+  </si>
+  <si>
+    <t>tdmcnurlen@abacustx.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABC Restoration </t>
+  </si>
+  <si>
+    <t>Facility Trade Services-JOC Part 2</t>
+  </si>
+  <si>
+    <t>12/01/2025</t>
+  </si>
+  <si>
+    <t>12/01/2030</t>
+  </si>
+  <si>
+    <t>CTCOG</t>
+  </si>
+  <si>
+    <t>Phil Bryant</t>
+  </si>
+  <si>
+    <t>(281) 999-1696</t>
+  </si>
+  <si>
+    <t>pbryant@abcrestoration.com</t>
+  </si>
+  <si>
+    <t>Trades Labor and Materials-Non-JOC</t>
+  </si>
+  <si>
+    <t>Absolute Communications &amp; Network Inc</t>
+  </si>
+  <si>
+    <t>Security Systems and Related Products, Technology, and Services</t>
+  </si>
+  <si>
+    <t>12/01/2033</t>
+  </si>
+  <si>
+    <t>Sean O'Connor</t>
+  </si>
+  <si>
+    <t>(726) 229-1233</t>
+  </si>
+  <si>
+    <t>Sean_OConnor@CallAbsolute.com</t>
+  </si>
+  <si>
+    <t>Metering Systems and Related Products, Technology, and Services</t>
+  </si>
+  <si>
+    <t>Accenture Infrastructure &amp; Capital Projects, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Government Consulting Services </t>
+  </si>
+  <si>
+    <t>07/09/2025</t>
+  </si>
+  <si>
+    <t>07/09/2033</t>
+  </si>
+  <si>
+    <t>Corey Burbach</t>
+  </si>
+  <si>
+    <t>(949) 680-9232</t>
+  </si>
+  <si>
+    <t>c.burbach@accenture.com</t>
+  </si>
+  <si>
+    <t>Acme Soap Inc</t>
+  </si>
+  <si>
+    <t>Facility Maintenance and Managed Services and Supplies</t>
+  </si>
+  <si>
+    <t>03/28/2025</t>
+  </si>
+  <si>
+    <t>03/31/2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danielle Knappick </t>
+  </si>
+  <si>
+    <t>(210) 731-9800</t>
+  </si>
+  <si>
+    <t>danielle@acmesoap.com</t>
+  </si>
+  <si>
+    <t>Active Internet Technologies (DBA Finalsite)</t>
+  </si>
+  <si>
+    <t>Website Design and Maintenance Services</t>
+  </si>
+  <si>
+    <t>10/18/2024</t>
+  </si>
+  <si>
+    <t>10/31/2032</t>
+  </si>
+  <si>
+    <t>Sarah Whelan</t>
+  </si>
+  <si>
+    <t>(860) 289-3507</t>
+  </si>
+  <si>
+    <t>sarah.whelan@finalsite.com</t>
+  </si>
+  <si>
+    <t>Adroit Advanced Technologies, Inc.</t>
+  </si>
+  <si>
+    <t>Transportation Network Company Services and Fixed-route Transportation Services</t>
+  </si>
+  <si>
+    <t>Ryan King</t>
+  </si>
+  <si>
+    <t>(650) 394-7474</t>
+  </si>
+  <si>
+    <t>sales@goadroit.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advanced Proactive Solutions </t>
+  </si>
+  <si>
+    <t>Consulting Services</t>
+  </si>
+  <si>
+    <t>05/22/2023</t>
+  </si>
+  <si>
+    <t>EHAB ELYIAN</t>
+  </si>
+  <si>
+    <t>(469) 307-1272</t>
+  </si>
+  <si>
+    <t>ehab.elyian@aps-consulting.com</t>
+  </si>
+  <si>
+    <t>AeroFrohne</t>
+  </si>
+  <si>
+    <t>Facility Trade Services Non-JOC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Derrick Frohne </t>
+  </si>
+  <si>
+    <t>(361) 356-7002</t>
+  </si>
+  <si>
+    <t>aerofrohne@gmail.com</t>
+  </si>
+  <si>
+    <t>AFFLINK, LLC</t>
+  </si>
+  <si>
+    <t>Facilities Services, Equipment, and Supplies</t>
+  </si>
+  <si>
+    <t>08/30/2021</t>
+  </si>
+  <si>
+    <t>08/31/2030</t>
+  </si>
+  <si>
+    <t>Aaron Wright</t>
+  </si>
+  <si>
+    <t>(205) 344-4235</t>
+  </si>
+  <si>
+    <t>awright@afflink.com</t>
+  </si>
+  <si>
+    <t>AHI Facility Services Inc.</t>
+  </si>
+  <si>
+    <t>Disaster Restoration and Emergency Recovery Services</t>
+  </si>
+  <si>
+    <t>Ric Diaz</t>
+  </si>
+  <si>
+    <t>(214) 741-3714</t>
+  </si>
+  <si>
+    <t>ricdiaz@ahifs.com</t>
+  </si>
+  <si>
+    <t>Job Order Contractracting/ Part 2</t>
+  </si>
+  <si>
+    <t>10/31/2029</t>
+  </si>
+  <si>
+    <t>ALL ABOUT ANIMALS, LLC</t>
+  </si>
+  <si>
+    <t>Cindi Cavallini</t>
+  </si>
+  <si>
+    <t>(760) 468-1147</t>
+  </si>
+  <si>
+    <t>allaboutanimalslive@yahoo.com</t>
+  </si>
+  <si>
+    <t>All Traffic Solutions</t>
+  </si>
+  <si>
+    <t>Jodi Rowe</t>
+  </si>
+  <si>
+    <t>(866) 366-6602</t>
+  </si>
+  <si>
+    <t>contracts@alltrafficsolutions.com</t>
+  </si>
+  <si>
+    <t>Portable Speed Signs</t>
+  </si>
+  <si>
+    <t>Technology Products and Services</t>
+  </si>
+  <si>
+    <t>AlmsTravel LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Communications Systems, Equipment, and Shelter Products and Services. </t>
+  </si>
+  <si>
+    <t>08/06/2025</t>
+  </si>
+  <si>
+    <t>08/06/2030</t>
+  </si>
+  <si>
+    <t>Alo Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oscar Sosa </t>
+  </si>
+  <si>
+    <t>(210) 548-3906</t>
+  </si>
+  <si>
+    <t>obs@alogc.com</t>
+  </si>
+  <si>
+    <t>Alpha Building Corporation</t>
+  </si>
+  <si>
+    <t>Job Order Contracting / IDIQ / Best Value Unit-Price -Part 2</t>
+  </si>
+  <si>
+    <t>08/25/2022</t>
+  </si>
+  <si>
+    <t>08/31/2027</t>
+  </si>
+  <si>
+    <t>Candi Lewis</t>
+  </si>
+  <si>
+    <t>(210) 850-1054</t>
+  </si>
+  <si>
+    <t>clewis@alphabuilding.com</t>
+  </si>
+  <si>
+    <t>Ameresco, Inc.</t>
+  </si>
+  <si>
+    <t>Leslie Taylor</t>
+  </si>
+  <si>
+    <t>(508) 598-3157</t>
+  </si>
+  <si>
+    <t>LTaylor@ameresco.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Energy as a Service </t>
+  </si>
+  <si>
+    <t>Energy Savings Performance Contracts</t>
+  </si>
+  <si>
+    <t>07/31/2033</t>
+  </si>
+  <si>
+    <t>American Defense Solutions of Texas, LLC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Security Products and Services </t>
+  </si>
+  <si>
+    <t>Mark Hannon</t>
+  </si>
+  <si>
+    <t>(646) 235-6268</t>
+  </si>
+  <si>
+    <t>mark@ads-security.com</t>
+  </si>
+  <si>
+    <t>American Protective Services</t>
+  </si>
+  <si>
+    <t>Technology Products, Equipment and Services</t>
+  </si>
+  <si>
+    <t>05/31/2026</t>
+  </si>
+  <si>
+    <t>Cindy Chavez</t>
+  </si>
+  <si>
+    <t>(210) 762-6448</t>
+  </si>
+  <si>
+    <t>cchavez@apssatx.net</t>
+  </si>
+  <si>
+    <t>AmTab Manufacturing Corporation</t>
+  </si>
+  <si>
+    <t>Furniture Products, Equipment and Services</t>
+  </si>
+  <si>
+    <t>Themio Lies</t>
+  </si>
+  <si>
+    <t>(630) 301-7600</t>
+  </si>
+  <si>
+    <t>contractteam@amtab.com</t>
+  </si>
+  <si>
+    <t>Anchorage Unlimited (Anchorage Medical Equipment &amp; Supplies)</t>
+  </si>
+  <si>
+    <t>Uniforms and Uniform Services</t>
+  </si>
+  <si>
+    <t>Dana Griffin</t>
+  </si>
+  <si>
+    <t>(800) 981-8991</t>
+  </si>
+  <si>
+    <t>dgriffin@anchoragemedicalsupplies.com</t>
+  </si>
+  <si>
+    <t>Anderson Fencing And Custom Welding</t>
+  </si>
+  <si>
+    <t>Tanner Anderson</t>
+  </si>
+  <si>
+    <t>(469) 474-1172</t>
+  </si>
+  <si>
+    <t>tanneranderson31@gmail.com</t>
+  </si>
+  <si>
+    <t>Apptegy, Inc</t>
+  </si>
+  <si>
+    <t>Benjamin Berley</t>
+  </si>
+  <si>
+    <t>(870) 833-0702</t>
+  </si>
+  <si>
+    <t>benjamin@apptegy.com</t>
+  </si>
+  <si>
+    <t>Arcadian Tech (Arcadian Pursuits LLC)</t>
+  </si>
+  <si>
+    <t>Duane Henderson</t>
+  </si>
+  <si>
+    <t>(469) 487-0621</t>
+  </si>
+  <si>
+    <t>duane@arcadianpursuits.com</t>
+  </si>
+  <si>
+    <t>ASAP Security Services</t>
+  </si>
+  <si>
+    <t>Ben Swank</t>
+  </si>
+  <si>
+    <t>(832) 470-1277</t>
+  </si>
+  <si>
+    <t>bswank@serviceasap.com</t>
+  </si>
+  <si>
+    <t>Austin Air Systems, Ltd</t>
+  </si>
+  <si>
+    <t>Facility Trade Products, Equipment, and Maintenance Services Part 1 (non-JOC)</t>
+  </si>
+  <si>
+    <t>05/31/2029</t>
+  </si>
+  <si>
+    <t>Michael Domon</t>
+  </si>
+  <si>
+    <t>(716) 856-3700</t>
+  </si>
+  <si>
+    <t>MDOMON@AUSTINAIR.COM</t>
+  </si>
+  <si>
+    <t>Basic IDIQ, Inc.</t>
+  </si>
+  <si>
+    <t>Full Service JOC Services-Part 2</t>
+  </si>
+  <si>
+    <t>06/02/2021</t>
+  </si>
+  <si>
+    <t>Jeff Thigpen</t>
+  </si>
+  <si>
+    <t>(888) 402-4347</t>
+  </si>
+  <si>
+    <t>jthigpen@basicidiq.com</t>
+  </si>
+  <si>
+    <t>Bass Computers, Inc</t>
+  </si>
+  <si>
+    <t>JIM CAMPBELL</t>
+  </si>
+  <si>
+    <t>(281) 766-6700</t>
+  </si>
+  <si>
+    <t>bassedu@basscomputers.com</t>
+  </si>
+  <si>
+    <t>Bio Corporation</t>
+  </si>
+  <si>
+    <t>Education Curriculum, Products, and Services</t>
+  </si>
+  <si>
+    <t>07/07/2020</t>
+  </si>
+  <si>
+    <t>04/30/2025</t>
+  </si>
+  <si>
+    <t>Becky Hedstrom</t>
+  </si>
+  <si>
+    <t>(800) 222-9094</t>
+  </si>
+  <si>
+    <t>info@biologyproducts.com</t>
+  </si>
+  <si>
+    <t>Blaise Transit</t>
+  </si>
+  <si>
+    <t>Transit Management Services</t>
+  </si>
+  <si>
+    <t>08/06/2033</t>
+  </si>
+  <si>
+    <t>Blue Lacy Advisors, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bulk Fuel Services, Diesel, Gasoline, Propane, and Alternative Fuels. </t>
+  </si>
+  <si>
+    <t>Steven Sinos</t>
+  </si>
+  <si>
+    <t>(832) 413-3124</t>
+  </si>
+  <si>
+    <t>sinos@bluelacyllc.com</t>
+  </si>
+  <si>
+    <t>Boggus Tipton Motors, LLC DBA Boggus Tipton Chrysler Dodge Jeep Ram</t>
+  </si>
+  <si>
+    <t>Fleet Vehicles: Light and Medium Duty</t>
+  </si>
+  <si>
+    <t>Victor Espindola</t>
+  </si>
+  <si>
+    <t>(956) 410-0079</t>
+  </si>
+  <si>
+    <t>vespindola@boggustipton.com</t>
+  </si>
+  <si>
+    <t>Breakthrough Technologies, LLC</t>
+  </si>
+  <si>
+    <t>Caysie Turner</t>
+  </si>
+  <si>
+    <t>(573) 820-5401</t>
+  </si>
+  <si>
+    <t>caysie.turner@breaktech.com</t>
+  </si>
+  <si>
+    <t>BTCPower Broadband Telcom Power</t>
+  </si>
+  <si>
+    <t>Electric Vehicle Charging Stations, Systems, and Solutions Including Consulting and Planning</t>
+  </si>
+  <si>
+    <t>09/13/2022</t>
+  </si>
+  <si>
+    <t>Patty de Llano</t>
+  </si>
+  <si>
+    <t>(612) 360-8760</t>
+  </si>
+  <si>
+    <t>pdellano@btcpower.com</t>
+  </si>
+  <si>
+    <t>Facility Trade Services-JOC PART 2</t>
+  </si>
+  <si>
+    <t>Camelot Facility &amp; Property Management</t>
+  </si>
+  <si>
+    <t>(214) 296-4080</t>
+  </si>
+  <si>
+    <t>Ric.Diaz@camelotservices.com</t>
+  </si>
+  <si>
+    <t>CAN-AM Wireless LLC</t>
+  </si>
+  <si>
+    <t>Vehicle Fleet Management Services</t>
+  </si>
+  <si>
+    <t>06/01/2021</t>
+  </si>
+  <si>
+    <t>Johan Rahardjo</t>
+  </si>
+  <si>
+    <t>(512) 413-4739</t>
+  </si>
+  <si>
+    <t>jrahardjo@canamwireless.com</t>
+  </si>
+  <si>
+    <t>Transportation Technology and Services</t>
+  </si>
+  <si>
+    <t>Communications Systems, Equipment, and Shelter Products and Services</t>
+  </si>
+  <si>
+    <t>Network and Cabling Products and Services</t>
+  </si>
+  <si>
+    <t>Carbontek Texas</t>
+  </si>
+  <si>
+    <t>Bus Remanufacturing, Repair, Equipment, and Services</t>
+  </si>
+  <si>
+    <t>Tony Cox</t>
+  </si>
+  <si>
+    <t>(903) 394-5374</t>
+  </si>
+  <si>
+    <t>tony@carbonenginecleaner.com</t>
+  </si>
+  <si>
+    <t>Carl Black of Orlando, LLC</t>
+  </si>
+  <si>
+    <t>Edgar Massoni</t>
+  </si>
+  <si>
+    <t>(305) 781-3661</t>
+  </si>
+  <si>
+    <t>EMASSONI@CARLBLACK.COM</t>
+  </si>
+  <si>
+    <t>CAROLINA PREMIER WINDOW FILM Inc. (CPWF)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sierra McClure</t>
+  </si>
+  <si>
+    <t>(704) 333-3636</t>
+  </si>
+  <si>
+    <t>admin@cpwindowfilms.com</t>
+  </si>
+  <si>
+    <t>Carrier Corporation</t>
+  </si>
+  <si>
+    <t>HVAC Equipment and Services</t>
+  </si>
+  <si>
+    <t>08/31/2022</t>
+  </si>
+  <si>
+    <t>Joe Ison</t>
+  </si>
+  <si>
+    <t>(561) 365-2000</t>
+  </si>
+  <si>
+    <t>Joseph.E.Ison@carrier.com</t>
+  </si>
+  <si>
+    <t>Carrier Enterprises</t>
+  </si>
+  <si>
+    <t>Glen Kromar</t>
+  </si>
+  <si>
+    <t>(713) 939-6000</t>
+  </si>
+  <si>
+    <t>glen.kromar@carrierenterprise.com</t>
+  </si>
+  <si>
+    <t>CDWG</t>
+  </si>
+  <si>
+    <t>Technology Products Services and Solutions</t>
+  </si>
+  <si>
+    <t>05/20/2020</t>
+  </si>
+  <si>
+    <t>Michael Swartz</t>
+  </si>
+  <si>
+    <t>(866) 224-6471</t>
+  </si>
+  <si>
+    <t>michswa@cdwg.com</t>
+  </si>
+  <si>
+    <t>CellSite Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Centrica Business Solutions Services, Inc.</t>
+  </si>
+  <si>
+    <t>Jake Smith</t>
+  </si>
+  <si>
+    <t>(207) 831-0444</t>
+  </si>
+  <si>
+    <t>Jacob.Smith@centrica.com</t>
+  </si>
+  <si>
+    <t>Energy Savings Performance</t>
+  </si>
+  <si>
+    <t>05/31/2028</t>
+  </si>
+  <si>
+    <t>Cesar Chavez Foundation</t>
+  </si>
+  <si>
+    <t>Roque Pech</t>
+  </si>
+  <si>
+    <t>(310) 864-1397</t>
+  </si>
+  <si>
+    <t>rpech@chavezfoundation.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Champion Energy Services LLC a Subsidiary of Calpine Corporation </t>
+  </si>
+  <si>
+    <t>Retail Electric Power</t>
+  </si>
+  <si>
+    <t>03/31/2020</t>
+  </si>
+  <si>
+    <t>03/31/2030</t>
+  </si>
+  <si>
+    <t>Jeff Attkisson</t>
+  </si>
+  <si>
+    <t>(817) 905-8428</t>
+  </si>
+  <si>
+    <t>Jeffrey.attkisson@champion.energy</t>
+  </si>
+  <si>
+    <t>CI Pavement</t>
+  </si>
+  <si>
+    <t>Rob Alderink</t>
+  </si>
+  <si>
+    <t>(972) 721-9796</t>
+  </si>
+  <si>
+    <t>rob@cipavement.com</t>
+  </si>
+  <si>
+    <t>Cignition, Inc.</t>
+  </si>
+  <si>
+    <t>Lori Hahn</t>
+  </si>
+  <si>
+    <t>(916) 833-1100</t>
+  </si>
+  <si>
+    <t>lori.hahn@cignition.com</t>
+  </si>
+  <si>
+    <t>Circle Industries Inc.</t>
+  </si>
+  <si>
+    <t>Joel Hilliard</t>
+  </si>
+  <si>
+    <t>(833) 424-7253</t>
+  </si>
+  <si>
+    <t>jhilliard@circleind.com</t>
+  </si>
+  <si>
+    <t>Circuit Transit Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daniel Kramer </t>
+  </si>
+  <si>
+    <t>(562) 252-6680</t>
+  </si>
+  <si>
+    <t>daniel@ridecircuit.com</t>
+  </si>
+  <si>
+    <t>CITY ELECTRIC SUPPLY - GSA</t>
+  </si>
+  <si>
+    <t>Electrical Supplies, Equipment, and Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Christoper White </t>
+  </si>
+  <si>
+    <t>(984) 849-4850</t>
+  </si>
+  <si>
+    <t>GSASALES@CITYELECTRICSUPPLY.COM</t>
+  </si>
+  <si>
+    <t>TOP C</t>
+  </si>
+  <si>
+    <t>Clarity Partners, LLC</t>
+  </si>
+  <si>
+    <t>Robyn Kaufman</t>
+  </si>
+  <si>
+    <t>(312) 920-0550</t>
+  </si>
+  <si>
+    <t>r.kaufman@claritypartners.com</t>
+  </si>
+  <si>
+    <t>Clean Earth Environmental Solutions Inc</t>
+  </si>
+  <si>
+    <t>Household Hazardous Waste Services</t>
+  </si>
+  <si>
+    <t>Kelby Neal</t>
+  </si>
+  <si>
+    <t>(717) 763-7064</t>
+  </si>
+  <si>
+    <t>kneal@cleanearthinc.com</t>
+  </si>
+  <si>
+    <t>Clear Creek Group, Inc.</t>
+  </si>
+  <si>
+    <t>Josh Shelman</t>
+  </si>
+  <si>
+    <t>(817) 879-3787</t>
+  </si>
+  <si>
+    <t>josh.shelman@harmonytechnologyservices.com</t>
+  </si>
+  <si>
+    <t>Comfort Systems USA Mtech Icon</t>
+  </si>
+  <si>
+    <t>Candice Cauley</t>
+  </si>
+  <si>
+    <t>(512) 318-3072</t>
+  </si>
+  <si>
+    <t>candice.cauley@csusa.us</t>
+  </si>
+  <si>
+    <t>Commonwealth Computer Company</t>
+  </si>
+  <si>
+    <t>Nikole Vaughn</t>
+  </si>
+  <si>
+    <t>(210) 698-3825</t>
+  </si>
+  <si>
+    <t>nvaughn@commonwealthcomputer.com</t>
+  </si>
+  <si>
+    <t>Compass Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Anthony Onyewuchi</t>
+  </si>
+  <si>
+    <t>(202) 393-5454</t>
+  </si>
+  <si>
+    <t>aonyewuc@compasscentral.com</t>
+  </si>
+  <si>
+    <t>Complete Coach Works</t>
+  </si>
+  <si>
+    <t>Paula Rudd</t>
+  </si>
+  <si>
+    <t>(951) 684-9585</t>
+  </si>
+  <si>
+    <t>paula@completecoach.com</t>
+  </si>
+  <si>
+    <t>Concord Commercial Services, Inc.</t>
+  </si>
+  <si>
+    <t>Robert Boe</t>
+  </si>
+  <si>
+    <t>(972) 557-8789</t>
+  </si>
+  <si>
+    <t>rboe@ccsinctx.com</t>
+  </si>
+  <si>
+    <t>Facility Trade Services-JOC / Part 2</t>
+  </si>
+  <si>
+    <t>Curtis Stout</t>
+  </si>
+  <si>
+    <t>Building and Facility Trade Equipment and Maintenance Services</t>
+  </si>
+  <si>
+    <t>06/10/2021</t>
+  </si>
+  <si>
+    <t>DFW Security MGM Security Services, Inc.</t>
+  </si>
+  <si>
+    <t>Security Products, Equipment, and Services</t>
+  </si>
+  <si>
+    <t>Mike Luinstra</t>
+  </si>
+  <si>
+    <t>(817) 880-3625</t>
+  </si>
+  <si>
+    <t>mluinstra@dfwsecurity.com</t>
+  </si>
+  <si>
+    <t>Diamond Drugs, Inc.</t>
+  </si>
+  <si>
+    <t>Jail Inmate Medical and Pharmacy Services</t>
+  </si>
+  <si>
+    <t>Jennifer Pittore</t>
+  </si>
+  <si>
+    <t>(724) 349-1111</t>
+  </si>
+  <si>
+    <t>japittore@diamondpharmacy.com</t>
+  </si>
+  <si>
+    <t>Discount PC</t>
+  </si>
+  <si>
+    <t>April Potter</t>
+  </si>
+  <si>
+    <t>(512) 715-4273</t>
+  </si>
+  <si>
+    <t>april@discountpc.com</t>
+  </si>
+  <si>
+    <t>Discount Two-Way Radio Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Michelle Morris </t>
+  </si>
+  <si>
+    <t>(310) 634-0380</t>
+  </si>
+  <si>
+    <t>govsales@dtwr.com</t>
+  </si>
+  <si>
+    <t>DOCUmation of San Antonio, LLC</t>
+  </si>
+  <si>
+    <t>Brian Edgington</t>
+  </si>
+  <si>
+    <t>(210) 341-4431</t>
+  </si>
+  <si>
+    <t>bedgington@mation.com</t>
+  </si>
+  <si>
+    <t>dormakaba USA Inc.</t>
+  </si>
+  <si>
+    <t>Nicole Snider</t>
+  </si>
+  <si>
+    <t>(317) 806-3658</t>
+  </si>
+  <si>
+    <t>nicole.snider@dormakaba.com</t>
+  </si>
+  <si>
+    <t>Douglas Equipment</t>
+  </si>
+  <si>
+    <t>Rebecca Bergin</t>
+  </si>
+  <si>
+    <t>(304) 327-0149</t>
+  </si>
+  <si>
+    <t>rebecca@douglasequipment.us</t>
+  </si>
+  <si>
+    <t>Downtowner Holdings LLC</t>
+  </si>
+  <si>
+    <t>Mobility As A Service and Solutions</t>
+  </si>
+  <si>
+    <t>11/15/2023</t>
+  </si>
+  <si>
+    <t>10/31/2031</t>
+  </si>
+  <si>
+    <t>Travis Gleason</t>
+  </si>
+  <si>
+    <t>(561) 929-1471</t>
+  </si>
+  <si>
+    <t>travis@ridedowntowner.com</t>
+  </si>
+  <si>
+    <t>Dream Ranch Office Supplies (Dream Ranch LLC)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sheri DeWet </t>
+  </si>
+  <si>
+    <t>(940) 591-6565</t>
+  </si>
+  <si>
+    <t>sheri@dreamranchtx.com</t>
+  </si>
+  <si>
+    <t>Earlychildhood LLC</t>
+  </si>
+  <si>
+    <t>Lydia Wilson</t>
+  </si>
+  <si>
+    <t>(800) 836-9515</t>
+  </si>
+  <si>
+    <t>Lwilson@discountschoolsupply.com</t>
+  </si>
+  <si>
+    <t>Ecolane</t>
+  </si>
+  <si>
+    <t>Dana Slachta</t>
+  </si>
+  <si>
+    <t>(302) 354-5622</t>
+  </si>
+  <si>
+    <t>Dana.Slachta@ecolane.com</t>
+  </si>
+  <si>
+    <t>EDpuzzle, Inc</t>
+  </si>
+  <si>
+    <t>Star Sims</t>
+  </si>
+  <si>
+    <t>(202) 390-8855</t>
+  </si>
+  <si>
+    <t>bids@edpuzzle.com</t>
+  </si>
+  <si>
+    <t>Educational Service Solutions</t>
+  </si>
+  <si>
+    <t>Dan Paulsen</t>
+  </si>
+  <si>
+    <t>(817) 560-2252</t>
+  </si>
+  <si>
+    <t>service@eduservicesolutions.com</t>
+  </si>
+  <si>
+    <t>EKHP Consulting LLC</t>
+  </si>
+  <si>
+    <t>Bill Peek</t>
+  </si>
+  <si>
+    <t>(512) 925-4541</t>
+  </si>
+  <si>
+    <t>bill@ekhpconsulting.net</t>
+  </si>
+  <si>
+    <t>ELD Apparel</t>
+  </si>
+  <si>
+    <t>Ezra Perlmuter</t>
+  </si>
+  <si>
+    <t>(847) 414-3414</t>
+  </si>
+  <si>
+    <t>ezra@eldapparel.com</t>
+  </si>
+  <si>
+    <t>Element Fleet</t>
+  </si>
+  <si>
+    <t>Bill Collins</t>
+  </si>
+  <si>
+    <t>(347) 574-0838</t>
+  </si>
+  <si>
+    <t>WCollins@elementcorp.com</t>
+  </si>
+  <si>
+    <t>Encore Data Products.com</t>
+  </si>
+  <si>
+    <t>Jeff Burgess</t>
+  </si>
+  <si>
+    <t>(303) 926-1669</t>
+  </si>
+  <si>
+    <t>bids@encoredataproducts.com</t>
+  </si>
+  <si>
+    <t>Ener-Tel Services I, LLC.</t>
+  </si>
+  <si>
+    <t>Zane Crouch</t>
+  </si>
+  <si>
+    <t>(325) 658-8375</t>
+  </si>
+  <si>
+    <t>zane.crouch@ener-tel.com</t>
+  </si>
+  <si>
+    <t>EnGoPlanet Energy Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Lighting Products, Equipment and Services</t>
+  </si>
+  <si>
+    <t>05/19/2030</t>
+  </si>
+  <si>
+    <t>Chris Garza</t>
+  </si>
+  <si>
+    <t>(832) 360-4680</t>
+  </si>
+  <si>
+    <t>chris@engoplanet.com</t>
+  </si>
+  <si>
+    <t>Enterprise Systems Corporation</t>
+  </si>
+  <si>
+    <t>Rodney Hyde</t>
+  </si>
+  <si>
+    <t>(713) 343-1222</t>
+  </si>
+  <si>
+    <t>rhyde@enter-sys.com</t>
+  </si>
+  <si>
+    <t>Epic Solar Control, LLC</t>
+  </si>
+  <si>
+    <t>Zina Thomas</t>
+  </si>
+  <si>
+    <t>(469) 577-9933</t>
+  </si>
+  <si>
+    <t>zina.thomas@epicsolarcontrol.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ERC Environmental Construction </t>
+  </si>
+  <si>
+    <t>Kommy M. Azarpour</t>
+  </si>
+  <si>
+    <t>(713) 290-9444</t>
+  </si>
+  <si>
+    <t>kazarpour@erc-tx.com</t>
+  </si>
+  <si>
+    <t>ERENEWABLE LLC</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Products and Services including Automation, HVAC, Electrical, and Solar</t>
+  </si>
+  <si>
+    <t>Mike Nemer</t>
+  </si>
+  <si>
+    <t>(281) 235-5845</t>
+  </si>
+  <si>
+    <t>mike.nemer@erenewable.com</t>
+  </si>
+  <si>
+    <t>Etherstack</t>
+  </si>
+  <si>
+    <t>Exemplifai LLC (DBA Exemplifi)</t>
+  </si>
+  <si>
+    <t>Manisha V</t>
+  </si>
+  <si>
+    <t>(061) 723-3751</t>
+  </si>
+  <si>
+    <t>manisha@exemplifi.io</t>
+  </si>
+  <si>
+    <t>Failsafe Communications, Inc.</t>
+  </si>
+  <si>
+    <t>911 Backup Service</t>
+  </si>
+  <si>
+    <t>Fenton Mobility Products, Inc.</t>
+  </si>
+  <si>
+    <t>Brielle LeBaron</t>
+  </si>
+  <si>
+    <t>(716) 484-7014</t>
+  </si>
+  <si>
+    <t>Brielle@fentonmobility.com</t>
+  </si>
+  <si>
+    <t>FiveStones Safety</t>
+  </si>
+  <si>
+    <t>Craig Hawkesworth</t>
+  </si>
+  <si>
+    <t>(972) 567-3643</t>
+  </si>
+  <si>
+    <t>craig@fivestonessafety.com</t>
+  </si>
+  <si>
+    <t>FoamWorks</t>
+  </si>
+  <si>
+    <t>John Meager</t>
+  </si>
+  <si>
+    <t>(972) 499-6393</t>
+  </si>
+  <si>
+    <t>jmeager@foamworkspro.com</t>
+  </si>
+  <si>
+    <t>Foresite Group, LLC</t>
+  </si>
+  <si>
+    <t>Transportation Planning Services and Consulting</t>
+  </si>
+  <si>
+    <t>Erik Steavens</t>
+  </si>
+  <si>
+    <t>(770) 368-1399</t>
+  </si>
+  <si>
+    <t>esteavens@fg-inc.net</t>
+  </si>
+  <si>
+    <t>Fortiline, Inc. DBA Fortiline Waterworks</t>
+  </si>
+  <si>
+    <t>Edgar Carroll</t>
+  </si>
+  <si>
+    <t>(214) 701-5615</t>
+  </si>
+  <si>
+    <t>edgar.carroll@fortiline.com</t>
+  </si>
+  <si>
+    <t>friEdTechnology</t>
+  </si>
+  <si>
+    <t>Amy Mayer</t>
+  </si>
+  <si>
+    <t>(936) 228-9902</t>
+  </si>
+  <si>
+    <t>accounts@fried.tech</t>
+  </si>
+  <si>
+    <t>Fusion Capital Management</t>
+  </si>
+  <si>
+    <t>Michael Molzon</t>
+  </si>
+  <si>
+    <t>Vice President</t>
+  </si>
+  <si>
+    <t>(732) 218-5705</t>
+  </si>
+  <si>
+    <t>michael.molzon@fusionmgt.com</t>
+  </si>
+  <si>
+    <t>Galiguer Corporation dba Xtreme Security &amp; Fire</t>
+  </si>
+  <si>
+    <t>Galiguer Manjarrez</t>
+  </si>
+  <si>
+    <t>(956) 592-0441</t>
+  </si>
+  <si>
+    <t>Extremesecurity@hotmail.com</t>
+  </si>
+  <si>
+    <t>General Commercial Solutions LLC</t>
+  </si>
+  <si>
+    <t>Janie Maldonado</t>
+  </si>
+  <si>
+    <t>(832) 613-4611</t>
+  </si>
+  <si>
+    <t>janie@gcshtx.com</t>
+  </si>
+  <si>
+    <t>Gerloff Company, Inc.</t>
+  </si>
+  <si>
+    <t>Dustin Gerloff</t>
+  </si>
+  <si>
+    <t>(210) 490-2777</t>
+  </si>
+  <si>
+    <t>dustingerloff@gerloffinc.com</t>
+  </si>
+  <si>
+    <t>Global VIDA</t>
+  </si>
+  <si>
+    <t>Viviana Hall</t>
+  </si>
+  <si>
+    <t>(972) 400-5963</t>
+  </si>
+  <si>
+    <t>viviana.hall.consultant@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gomez Floor Covering </t>
+  </si>
+  <si>
+    <t>Jeff Carter</t>
+  </si>
+  <si>
+    <t>(214) 905-1901</t>
+  </si>
+  <si>
+    <t>jcarter@gomezfc.com</t>
+  </si>
+  <si>
+    <t>Full Service Facility Equipment and Maintenance Services</t>
+  </si>
+  <si>
+    <t>06/03/2021</t>
+  </si>
+  <si>
+    <t>03/28/2024</t>
+  </si>
+  <si>
+    <t>GovConnection, Inc</t>
+  </si>
+  <si>
+    <t>Jennifer Schulte</t>
+  </si>
+  <si>
+    <t>(603) 683-2292</t>
+  </si>
+  <si>
+    <t>jennifer.schulte@connection.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Government Capital Corporation </t>
+  </si>
+  <si>
+    <t>Government Consulting Services</t>
+  </si>
+  <si>
+    <t>03/24/2021</t>
+  </si>
+  <si>
+    <t>08/31/2025</t>
+  </si>
+  <si>
+    <t>Drew Whitington</t>
+  </si>
+  <si>
+    <t>(817) 421-5400</t>
+  </si>
+  <si>
+    <t>drew.whitington@govcap.com</t>
+  </si>
+  <si>
+    <t>Gravity Works Design</t>
+  </si>
+  <si>
+    <t>Heather Barrow</t>
+  </si>
+  <si>
+    <t>(517) 481-2218</t>
+  </si>
+  <si>
+    <t>heather@gravityworksdesign.com</t>
+  </si>
+  <si>
+    <t>Green Light Group Tours</t>
+  </si>
+  <si>
+    <t>Corey Black</t>
+  </si>
+  <si>
+    <t>(800) 490-1820</t>
+  </si>
+  <si>
+    <t>approvedvendor@greenlightgrouptours.com</t>
+  </si>
+  <si>
+    <t>Gunn Automotive Group</t>
+  </si>
+  <si>
+    <t>David Espinoza</t>
+  </si>
+  <si>
+    <t>(210) 599-5000</t>
+  </si>
+  <si>
+    <t>dpespinoza@gunnauto.com</t>
+  </si>
+  <si>
+    <t>Haskell Office, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Furniture and Fixtures </t>
+  </si>
+  <si>
+    <t>Tim Kerfien</t>
+  </si>
+  <si>
+    <t>(616) 278-1010</t>
+  </si>
+  <si>
+    <t>tkerfien@haskelloffice.com</t>
+  </si>
+  <si>
+    <t>HB Systems Inc</t>
+  </si>
+  <si>
+    <t>Shawna Allen</t>
+  </si>
+  <si>
+    <t>(214) 500-1769</t>
+  </si>
+  <si>
+    <t>shawna@hbsystemsinc.com</t>
+  </si>
+  <si>
+    <t>HDL Promos LLC</t>
+  </si>
+  <si>
+    <t>Promotional Items</t>
+  </si>
+  <si>
+    <t>06/26/2020</t>
+  </si>
+  <si>
+    <t>Heriberto Lopez</t>
+  </si>
+  <si>
+    <t>(956) 536-6066</t>
+  </si>
+  <si>
+    <t>hdltex@aol.com</t>
+  </si>
+  <si>
+    <t>Helifox Technologies LLC</t>
+  </si>
+  <si>
+    <t>Mario Delgado Jr.</t>
+  </si>
+  <si>
+    <t>(877) 642-3926</t>
+  </si>
+  <si>
+    <t>info@helifox.com</t>
+  </si>
+  <si>
+    <t>Hendrickson Transportation Group LLC</t>
+  </si>
+  <si>
+    <t>John Hendrickson</t>
+  </si>
+  <si>
+    <t>(254) 405-4200</t>
+  </si>
+  <si>
+    <t>john.hendrickson@trusthtg.com</t>
+  </si>
+  <si>
+    <t>Herff Jones</t>
+  </si>
+  <si>
+    <t>Library &amp; Text Books and Subscription Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ronda Cullen </t>
+  </si>
+  <si>
+    <t>(800) 453-2732</t>
+  </si>
+  <si>
+    <t>rlcullen@herffjones.com</t>
+  </si>
+  <si>
+    <t>H-ITT LLC</t>
+  </si>
+  <si>
+    <t>Athletic Supplies</t>
+  </si>
+  <si>
+    <t>06/22/2020</t>
+  </si>
+  <si>
+    <t>Rande Newberry</t>
+  </si>
+  <si>
+    <t>(877) 244-4488</t>
+  </si>
+  <si>
+    <t>rande@h-itt.com</t>
+  </si>
+  <si>
+    <t>Houston Communications, Inc.</t>
+  </si>
+  <si>
+    <t>Mike Anderson</t>
+  </si>
+  <si>
+    <t>(281) 491-1616</t>
+  </si>
+  <si>
+    <t>mikea@hciconnects.com</t>
+  </si>
+  <si>
+    <t>Hudson IT Consulting</t>
+  </si>
+  <si>
+    <t>Angela Hudson</t>
+  </si>
+  <si>
+    <t>(210) 452-0506</t>
+  </si>
+  <si>
+    <t>angela@hudsonitconsulting.com</t>
+  </si>
+  <si>
+    <t>HumanWare</t>
+  </si>
+  <si>
+    <t>Julie Hebert</t>
+  </si>
+  <si>
+    <t>(800) 722-3393</t>
+  </si>
+  <si>
+    <t>Julie.hebert@humanware.com</t>
+  </si>
+  <si>
+    <t>Hunton Services</t>
+  </si>
+  <si>
+    <t>Scott Schomburg</t>
+  </si>
+  <si>
+    <t>(713) 643-8336</t>
+  </si>
+  <si>
+    <t>sschomburg@huntongroup.com</t>
+  </si>
+  <si>
+    <t>iBenzer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aaron Yu </t>
+  </si>
+  <si>
+    <t>(718) 886-7868</t>
+  </si>
+  <si>
+    <t>info@ibenzer.com</t>
+  </si>
+  <si>
+    <t>ICON DIversified, LLC</t>
+  </si>
+  <si>
+    <t>Full Service JOC Construction</t>
+  </si>
+  <si>
+    <t>07/02/2020</t>
+  </si>
+  <si>
+    <t>06/30/2025</t>
+  </si>
+  <si>
+    <t>Julie ingram</t>
+  </si>
+  <si>
+    <t>(817) 913-2644</t>
+  </si>
+  <si>
+    <t>julie.ingram@icondiversified.com</t>
+  </si>
+  <si>
+    <t>IHS Pharmacy</t>
+  </si>
+  <si>
+    <t>Myra Sanderson</t>
+  </si>
+  <si>
+    <t>(800) 638-3104</t>
+  </si>
+  <si>
+    <t>myras@ihspharmacy.com</t>
+  </si>
+  <si>
+    <t>Insights To Behavior</t>
+  </si>
+  <si>
+    <t>Special Education Products and Services</t>
+  </si>
+  <si>
+    <t>07/06/2020</t>
+  </si>
+  <si>
+    <t>Allie Lisenbury</t>
+  </si>
+  <si>
+    <t>(888) 542-4265</t>
+  </si>
+  <si>
+    <t>alisenbury@insightstobehavior.com</t>
+  </si>
+  <si>
+    <t>Intech Southwest Services, LLC</t>
+  </si>
+  <si>
+    <t>Kevin Reyher</t>
+  </si>
+  <si>
+    <t>(210) 690-0000</t>
+  </si>
+  <si>
+    <t>kreyher@intechsouthwest.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">International Consulting Engineers (ICE) </t>
+  </si>
+  <si>
+    <t>Jesus J. Jimenez</t>
+  </si>
+  <si>
+    <t>(361) 826-5805</t>
+  </si>
+  <si>
+    <t>JJ@icengineers.net</t>
+  </si>
+  <si>
+    <t>IQS Inc</t>
+  </si>
+  <si>
+    <t>Haley Rose</t>
+  </si>
+  <si>
+    <t>(713) 640-9484</t>
+  </si>
+  <si>
+    <t>haleyr@iqsinc.net</t>
+  </si>
+  <si>
+    <t>Ironwood Manufacturing, Inc.</t>
+  </si>
+  <si>
+    <t>Cathy M. Thomas</t>
+  </si>
+  <si>
+    <t>(814) 342-7000</t>
+  </si>
+  <si>
+    <t>ironwood@ironfurnace.com</t>
+  </si>
+  <si>
+    <t>Istation</t>
+  </si>
+  <si>
+    <t>Monika Flood</t>
+  </si>
+  <si>
+    <t>(866) 883-7323</t>
+  </si>
+  <si>
+    <t>proposals@istation.com</t>
+  </si>
+  <si>
+    <t>ITWox Inc.</t>
+  </si>
+  <si>
+    <t>Navin Chaganty</t>
+  </si>
+  <si>
+    <t>(732) 331-9560</t>
+  </si>
+  <si>
+    <t>navin.chaganty@itwox.com</t>
+  </si>
+  <si>
+    <t>IXL Learning, Inc.</t>
+  </si>
+  <si>
+    <t>Munazza Aamir</t>
+  </si>
+  <si>
+    <t>(650) 372-4300</t>
+  </si>
+  <si>
+    <t>maamir@ixl.com</t>
+  </si>
+  <si>
+    <t>Jail Ad Network</t>
+  </si>
+  <si>
+    <t>Inmate Jail Bond Advertising</t>
+  </si>
+  <si>
+    <t>04/26/2021</t>
+  </si>
+  <si>
+    <t>03/31/2026</t>
+  </si>
+  <si>
+    <t>Greg Radcliffe</t>
+  </si>
+  <si>
+    <t>(760) 565-1452</t>
+  </si>
+  <si>
+    <t>greg@jailadnetwork.com</t>
+  </si>
+  <si>
+    <t>JC Communications</t>
+  </si>
+  <si>
+    <t>Mike Ragain</t>
+  </si>
+  <si>
+    <t>(512) 801-4843</t>
+  </si>
+  <si>
+    <t>mike.r@jccom.net</t>
+  </si>
+  <si>
+    <t>JF Petroleum Group, Inc.</t>
+  </si>
+  <si>
+    <t>Steve Bernstein</t>
+  </si>
+  <si>
+    <t>(704) 393-8542</t>
+  </si>
+  <si>
+    <t>sbernstein@jfpetrogroup.com</t>
+  </si>
+  <si>
+    <t>JGA Roofing Systems, LLC</t>
+  </si>
+  <si>
+    <t>HVAC Equipment and Services Part 2</t>
+  </si>
+  <si>
+    <t>Jose G Aviles</t>
+  </si>
+  <si>
+    <t>(888) 330-0077</t>
+  </si>
+  <si>
+    <t>estimating@jgaroofing.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnson Controls </t>
+  </si>
+  <si>
+    <t>Security Products and Services,Physical Security,Cyber Security,Cameras,Biometrics and fire life Safety Systems</t>
+  </si>
+  <si>
+    <t>09/09/2020</t>
+  </si>
+  <si>
+    <t>David R. Clark</t>
+  </si>
+  <si>
+    <t>(414) 524-1200</t>
+  </si>
+  <si>
+    <t>David.R.Clark@jci.com</t>
+  </si>
+  <si>
+    <t>HVAC Services,Supplies and Equipments Part 1</t>
+  </si>
+  <si>
+    <t>JonesCo General Contractors LLC.</t>
+  </si>
+  <si>
+    <t>Joshua Jones</t>
+  </si>
+  <si>
+    <t>(918) 691-2080</t>
+  </si>
+  <si>
+    <t>jjones@jonescollc.com</t>
+  </si>
+  <si>
+    <t>K3 Integrated (CIPOM LLC)</t>
+  </si>
+  <si>
+    <t>Mario Delgado</t>
+  </si>
+  <si>
+    <t>(210) 596-9093</t>
+  </si>
+  <si>
+    <t>mdelgado@k3iot.com</t>
+  </si>
+  <si>
+    <t>KAMICO Instructional Media, Inc.</t>
+  </si>
+  <si>
+    <t>Jeremy McCray</t>
+  </si>
+  <si>
+    <t>(254) 947-7283</t>
+  </si>
+  <si>
+    <t>bids@kamico.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kastle Systems of Texas LLC </t>
+  </si>
+  <si>
+    <t>Tony Cook</t>
+  </si>
+  <si>
+    <t>(713) 528-2700</t>
+  </si>
+  <si>
+    <t>tony.cook@kastle.com</t>
+  </si>
+  <si>
+    <t>Kevadiya Inc</t>
+  </si>
+  <si>
+    <t>H. Davd Lester</t>
+  </si>
+  <si>
+    <t>(248) 387-2843</t>
+  </si>
+  <si>
+    <t>dlester@kevadiya.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KH Literacy Education LLC </t>
+  </si>
+  <si>
+    <t>Kristen Henry</t>
+  </si>
+  <si>
+    <t>(210) 347-9423</t>
+  </si>
+  <si>
+    <t>kristen@khliteracyeducation.com</t>
+  </si>
+  <si>
+    <t>Kickbox Leasing, LLC</t>
+  </si>
+  <si>
+    <t>Maegan Balog</t>
+  </si>
+  <si>
+    <t>(817) 807-1468</t>
+  </si>
+  <si>
+    <t>maegan@kickboxleasing.com</t>
+  </si>
+  <si>
+    <t>kid-grit LLC</t>
+  </si>
+  <si>
+    <t>Michelle Pina</t>
+  </si>
+  <si>
+    <t>(818) 679-5395</t>
+  </si>
+  <si>
+    <t>michelle@kid-grit.com</t>
+  </si>
+  <si>
+    <t>Kimley-Horn and Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLC Video Security </t>
+  </si>
+  <si>
+    <t>Bill King</t>
+  </si>
+  <si>
+    <t>(903) 792-7262</t>
+  </si>
+  <si>
+    <t>billking.klc@gmail.com</t>
+  </si>
+  <si>
+    <t>L R Global LLC</t>
+  </si>
+  <si>
+    <t>Laura Gonzalez</t>
+  </si>
+  <si>
+    <t>(210) 787-9277</t>
+  </si>
+  <si>
+    <t>laura@lrglobal.net</t>
+  </si>
+  <si>
+    <t>LaHarpe's Office Furniture</t>
+  </si>
+  <si>
+    <t>Rusty Matchett</t>
+  </si>
+  <si>
+    <t>(501) 372-6684</t>
+  </si>
+  <si>
+    <t>rmatchett@laharpes.com</t>
+  </si>
+  <si>
+    <t>Lakeshore IT Solutions</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rian Yablun </t>
+  </si>
+  <si>
+    <t>(888) 700-2788</t>
+  </si>
+  <si>
+    <t>rian@lakeshoreit.com</t>
+  </si>
+  <si>
+    <t>Lakeshore Learning Materials</t>
+  </si>
+  <si>
+    <t>Eunice Peterson</t>
+  </si>
+  <si>
+    <t>(800) 421-5354</t>
+  </si>
+  <si>
+    <t>biddept@lakeshorelearning.com</t>
+  </si>
+  <si>
+    <t>LB Technology, Inc.</t>
+  </si>
+  <si>
+    <t>Kanon Cagle</t>
+  </si>
+  <si>
+    <t>(901) 779-2244</t>
+  </si>
+  <si>
+    <t>kcagle@lbtechnology.com</t>
+  </si>
+  <si>
+    <t>LEC Engineering, Inc. DBA LOI ENGINEERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lectorum Publications, Inc. </t>
+  </si>
+  <si>
+    <t>Alex Correa</t>
+  </si>
+  <si>
+    <t>(800) 345-5946</t>
+  </si>
+  <si>
+    <t>acorrea@lectorum.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lectura, Inc. </t>
+  </si>
+  <si>
+    <t>Katherine Del Monte</t>
+  </si>
+  <si>
+    <t>(626) 799-7341</t>
+  </si>
+  <si>
+    <t>info@LatinoLiteracy.com</t>
+  </si>
+  <si>
+    <t>Light Street Special Education Solutions</t>
+  </si>
+  <si>
+    <t>Don Scheeler</t>
+  </si>
+  <si>
+    <t>(410) 929-7243</t>
+  </si>
+  <si>
+    <t>don.scheeler@learnbehavioral.com</t>
+  </si>
+  <si>
+    <t>LMC Corporation</t>
+  </si>
+  <si>
+    <t>Craig Coons</t>
+  </si>
+  <si>
+    <t>(210) 650-3951</t>
+  </si>
+  <si>
+    <t>craig.coons@lmc-corporation.com</t>
+  </si>
+  <si>
+    <t>Locke Construction Services</t>
+  </si>
+  <si>
+    <t>Luke Harrison</t>
+  </si>
+  <si>
+    <t>(817) 727-3799</t>
+  </si>
+  <si>
+    <t>luke.harrison@lockecstx.com</t>
+  </si>
+  <si>
+    <t>Lone Star Furnishings</t>
+  </si>
+  <si>
+    <t>Brad Jones</t>
+  </si>
+  <si>
+    <t>(972) 862-9900</t>
+  </si>
+  <si>
+    <t>brad@lonestarfurnishings.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lone Star Learning </t>
+  </si>
+  <si>
+    <t>Lee Ann Evans</t>
+  </si>
+  <si>
+    <t>(806) 281-1424</t>
+  </si>
+  <si>
+    <t>leeann@lonestarlearning.com</t>
+  </si>
+  <si>
+    <t>Longhorn Office Products, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Michael Winkler </t>
+  </si>
+  <si>
+    <t>(512) 672-4567</t>
+  </si>
+  <si>
+    <t>mwinkler@longhornop.com</t>
+  </si>
+  <si>
+    <t>LowCostEarbuds (The Black Vault Inc)</t>
+  </si>
+  <si>
+    <t>John Greenewald</t>
+  </si>
+  <si>
+    <t>(800) 642-6555</t>
+  </si>
+  <si>
+    <t>john@lowcostearbuds.com</t>
+  </si>
+  <si>
+    <t>Luz M. Roth</t>
+  </si>
+  <si>
+    <t>(214) 794-0790</t>
+  </si>
+  <si>
+    <t>Viviana.hall@globalvida.net</t>
+  </si>
+  <si>
+    <t>M&amp;A Technology</t>
+  </si>
+  <si>
+    <t>Debi Cooper</t>
+  </si>
+  <si>
+    <t>(800) 225-1452</t>
+  </si>
+  <si>
+    <t>dcooper@macomp.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Magazine Subscription Service Agency </t>
+  </si>
+  <si>
+    <t>Richard O. Emmons</t>
+  </si>
+  <si>
+    <t>(800) 368-7922</t>
+  </si>
+  <si>
+    <t>info@mssa-fl.com</t>
+  </si>
+  <si>
+    <t>Masabi LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Steve Young </t>
+  </si>
+  <si>
+    <t>(201) 477-0996</t>
+  </si>
+  <si>
+    <t>steve.young@masabi.com</t>
+  </si>
+  <si>
+    <t>Maxi Aids Inc</t>
+  </si>
+  <si>
+    <t>Anthony Bernardini</t>
+  </si>
+  <si>
+    <t>(800) 522-6294</t>
+  </si>
+  <si>
+    <t>bids@maxiaids.com</t>
+  </si>
+  <si>
+    <t>May Mobility Inc</t>
+  </si>
+  <si>
+    <t>Sarah Gryniewicz</t>
+  </si>
+  <si>
+    <t>(734) 272-9791</t>
+  </si>
+  <si>
+    <t>sarah.gryniewicz@maymobility.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">McKinstry </t>
+  </si>
+  <si>
+    <t>Lindsay Garner</t>
+  </si>
+  <si>
+    <t>(214) 208-6473</t>
+  </si>
+  <si>
+    <t>lindsayg@mckinstry.com</t>
+  </si>
+  <si>
+    <t>Medco Supply Company</t>
+  </si>
+  <si>
+    <t>Stephen Weiss</t>
+  </si>
+  <si>
+    <t>(800) 556-3326</t>
+  </si>
+  <si>
+    <t>medcosalessupport@medcosupply.com</t>
+  </si>
+  <si>
+    <t>Personal Protective Equipment</t>
+  </si>
+  <si>
+    <t>Media4Math</t>
+  </si>
+  <si>
+    <t>Ed DeLeon</t>
+  </si>
+  <si>
+    <t>(301) 841-5221</t>
+  </si>
+  <si>
+    <t>edward.m.deleon@gmail.com</t>
+  </si>
+  <si>
+    <t>Mentoring Minds, L.P.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shad Madsen </t>
+  </si>
+  <si>
+    <t>(800) 585-5258</t>
+  </si>
+  <si>
+    <t>bids@mentoringminds.com</t>
+  </si>
+  <si>
+    <t>Mercedes Benz of Plano</t>
+  </si>
+  <si>
+    <t>Eddie Rivera</t>
+  </si>
+  <si>
+    <t>(214) 390-4092</t>
+  </si>
+  <si>
+    <t>erivera@mbplano.com</t>
+  </si>
+  <si>
+    <t>MidState Energy, LLC</t>
+  </si>
+  <si>
+    <t>Vince Esparza</t>
+  </si>
+  <si>
+    <t>(602) 452-8746</t>
+  </si>
+  <si>
+    <t>vesparza@veregy.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mind Missions </t>
+  </si>
+  <si>
+    <t>Susan Gallander</t>
+  </si>
+  <si>
+    <t>(972) 854-1266</t>
+  </si>
+  <si>
+    <t>susan.gallander@mindmissions.com</t>
+  </si>
+  <si>
+    <t>MindRise Learning, LLC</t>
+  </si>
+  <si>
+    <t>Donna Drake</t>
+  </si>
+  <si>
+    <t>(512) 663-6210</t>
+  </si>
+  <si>
+    <t>StudentSuccess@MindRiseLearning.com</t>
+  </si>
+  <si>
+    <t>Mindsurf Inc.</t>
+  </si>
+  <si>
+    <t>Lissette Reynoso</t>
+  </si>
+  <si>
+    <t>(720) 698-1575</t>
+  </si>
+  <si>
+    <t>lissette@mindsurf.ai</t>
+  </si>
+  <si>
+    <t>MobyMax Education, LLC</t>
+  </si>
+  <si>
+    <t>John Jennings</t>
+  </si>
+  <si>
+    <t>(888) 793-8331</t>
+  </si>
+  <si>
+    <t>rfp@mobymax.com</t>
+  </si>
+  <si>
+    <t>Modern Networks</t>
+  </si>
+  <si>
+    <t>MODSTREET</t>
+  </si>
+  <si>
+    <t>Roger Zalneraitis</t>
+  </si>
+  <si>
+    <t>(970) 422-8400</t>
+  </si>
+  <si>
+    <t>roger@modstreet.co</t>
+  </si>
+  <si>
+    <t>NaphCare, Inc.</t>
+  </si>
+  <si>
+    <t>Catherine Gross</t>
+  </si>
+  <si>
+    <t>(205) 516-8618</t>
+  </si>
+  <si>
+    <t>catherine.gross@naphcare.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Native Construction </t>
+  </si>
+  <si>
+    <t>Building and Facility Trade Construction Services JOC Part 2</t>
+  </si>
+  <si>
+    <t>09/03/2020</t>
+  </si>
+  <si>
+    <t>John Lee</t>
+  </si>
+  <si>
+    <t>(832) 469-5579</t>
+  </si>
+  <si>
+    <t>john.lee@native-construction.com</t>
+  </si>
+  <si>
+    <t>Neopart Transit</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benjamin Barley </t>
+  </si>
+  <si>
+    <t>(888) 332-2606</t>
+  </si>
+  <si>
+    <t>bbarley@neopart.com</t>
+  </si>
+  <si>
+    <t>Next Link Communications</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NextGen Security </t>
+  </si>
+  <si>
+    <t>Max Kidd</t>
+  </si>
+  <si>
+    <t>(484) 235-5520</t>
+  </si>
+  <si>
+    <t>max.kidd@nextgensecured.com</t>
+  </si>
+  <si>
+    <t>Noble Texas Builders, LLC.</t>
+  </si>
+  <si>
+    <t>Eric Delgado</t>
+  </si>
+  <si>
+    <t>(956) 277-0708</t>
+  </si>
+  <si>
+    <t>eric.delgado@nobletx.com</t>
+  </si>
+  <si>
+    <t>nSide, Inc</t>
+  </si>
+  <si>
+    <t>Lindsay Mann</t>
+  </si>
+  <si>
+    <t>(800) 604-1822</t>
+  </si>
+  <si>
+    <t>lindsay@nside.io</t>
+  </si>
+  <si>
+    <t>Nutri-Link Technologies, Inc</t>
+  </si>
+  <si>
+    <t>JANA LOBATO</t>
+  </si>
+  <si>
+    <t>(404) 437-7964</t>
+  </si>
+  <si>
+    <t>JLOBATO@N-LTECH.COM</t>
+  </si>
+  <si>
+    <t>NZS Inc. dba OneScreen</t>
+  </si>
+  <si>
+    <t>Zarrar Khan</t>
+  </si>
+  <si>
+    <t>(858) 429-9995</t>
+  </si>
+  <si>
+    <t>zarrar@onescreensolutions.com</t>
+  </si>
+  <si>
+    <t>Onsite Utility Services Capital</t>
+  </si>
+  <si>
+    <t>Owner Insite, LLC</t>
+  </si>
+  <si>
+    <t>Steve Harper</t>
+  </si>
+  <si>
+    <t>(888) 336-3393</t>
+  </si>
+  <si>
+    <t>steve@owner-insite.com</t>
+  </si>
+  <si>
+    <t>Palmer Hamilton, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nancy Foster </t>
+  </si>
+  <si>
+    <t>(262) 723-8200</t>
+  </si>
+  <si>
+    <t>NFoster@palmerhamilton.com</t>
+  </si>
+  <si>
+    <t>Paragon Furniture, Inc</t>
+  </si>
+  <si>
+    <t>paragon@ironfurnace.com</t>
+  </si>
+  <si>
+    <t>Parker ISG, LLC</t>
+  </si>
+  <si>
+    <t>Tim Podanoffsky</t>
+  </si>
+  <si>
+    <t>(210) 827-5782</t>
+  </si>
+  <si>
+    <t>boo@parkerisg.com</t>
+  </si>
+  <si>
+    <t>Pasadena Sporting Goods</t>
+  </si>
+  <si>
+    <t>Mike Kimball</t>
+  </si>
+  <si>
+    <t>(713) 477-7151</t>
+  </si>
+  <si>
+    <t>mkimball@team-psg.com</t>
+  </si>
+  <si>
+    <t>Paymentus Corporation</t>
+  </si>
+  <si>
+    <t>Alisha Woods</t>
+  </si>
+  <si>
+    <t>(888) 440-4826</t>
+  </si>
+  <si>
+    <t>awoods@paymentus.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pemica Inc. </t>
+  </si>
+  <si>
+    <t>Antonio Navarro</t>
+  </si>
+  <si>
+    <t>(305) 668-0771</t>
+  </si>
+  <si>
+    <t>antonio@pemica.com</t>
+  </si>
+  <si>
+    <t>Performance Scoring, LLC.</t>
+  </si>
+  <si>
+    <t>Michael Terneus</t>
+  </si>
+  <si>
+    <t>(214) 736-2992</t>
+  </si>
+  <si>
+    <t>mterneus@performancescoring.com</t>
+  </si>
+  <si>
+    <t>Pinnacle Petroleum, Inc. (Pinnacle Petroleum, Inc.)</t>
+  </si>
+  <si>
+    <t>Kristen Tavares</t>
+  </si>
+  <si>
+    <t>(714) 841-8877</t>
+  </si>
+  <si>
+    <t>ktavares@pinnaclepetroleum.com</t>
+  </si>
+  <si>
+    <t>Planeteria Media</t>
+  </si>
+  <si>
+    <t>Tyler Coffin</t>
+  </si>
+  <si>
+    <t>(707) 843-3773</t>
+  </si>
+  <si>
+    <t>tyler@planeteria.com</t>
+  </si>
+  <si>
+    <t>Porta Phone Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frank Terminesi </t>
+  </si>
+  <si>
+    <t>(401) 789-8700</t>
+  </si>
+  <si>
+    <t>frank@portaphone.com</t>
+  </si>
+  <si>
+    <t>PREFERRED FACILITIES GROUP - USA</t>
+  </si>
+  <si>
+    <t>Michael Waidley</t>
+  </si>
+  <si>
+    <t>(409) 842-8293</t>
+  </si>
+  <si>
+    <t>pfg@pfg-usa.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Preferred Mechanical Group </t>
+  </si>
+  <si>
+    <t>HVAC Equipment, Installation, Technology, Maintenance, and Services.</t>
+  </si>
+  <si>
+    <t>David Campbell</t>
+  </si>
+  <si>
+    <t>(972) 382-7711</t>
+  </si>
+  <si>
+    <t>david.campbell@pmgservice.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presence Learning </t>
+  </si>
+  <si>
+    <t>Sam Elizondo</t>
+  </si>
+  <si>
+    <t>(415) 512-9000</t>
+  </si>
+  <si>
+    <t>sam.elizondo@presencelearning.com</t>
+  </si>
+  <si>
+    <t>Presley Design Studio, LLC</t>
+  </si>
+  <si>
+    <t>Heather Presley</t>
+  </si>
+  <si>
+    <t>(254) 933-8211</t>
+  </si>
+  <si>
+    <t>heather@presleydesignstudio.com</t>
+  </si>
+  <si>
+    <t>PriDe Performance Consulting, LLC</t>
+  </si>
+  <si>
+    <t>Priscilla Riedel-Cohan</t>
+  </si>
+  <si>
+    <t>(713) 720-0134</t>
+  </si>
+  <si>
+    <t>Priscilla@succeedwithpride.net</t>
+  </si>
+  <si>
+    <t>Prime Systems</t>
+  </si>
+  <si>
+    <t>George Allen</t>
+  </si>
+  <si>
+    <t>(713) 773-9898</t>
+  </si>
+  <si>
+    <t>gallen@primesystems.com</t>
+  </si>
+  <si>
+    <t>Prodigy Building Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Robert Haun</t>
+  </si>
+  <si>
+    <t>(513) 604-2898</t>
+  </si>
+  <si>
+    <t>rthaun@buildingprodigy.com</t>
+  </si>
+  <si>
+    <t>Pureland Supply</t>
+  </si>
+  <si>
+    <t>Laura Greer</t>
+  </si>
+  <si>
+    <t>(800) 664-6671</t>
+  </si>
+  <si>
+    <t>Sales@purelandsupply.com</t>
+  </si>
+  <si>
+    <t>Radio Engineering Industries, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Riley Hays </t>
+  </si>
+  <si>
+    <t>(402) 339-2200</t>
+  </si>
+  <si>
+    <t>rfp@radioeng.com</t>
+  </si>
+  <si>
+    <t>Reliant Energy Retail Services, LLC</t>
+  </si>
+  <si>
+    <t>Sarah DeVon</t>
+  </si>
+  <si>
+    <t>(866) 222-7100</t>
+  </si>
+  <si>
+    <t>Sarah.DeVon@reliant.com</t>
+  </si>
+  <si>
+    <t>Responsive Learning, LP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Patrick Fox </t>
+  </si>
+  <si>
+    <t>(915) 532-9964</t>
+  </si>
+  <si>
+    <t>pat.fox@responsivelearning.com</t>
+  </si>
+  <si>
+    <t>Revize LLC</t>
+  </si>
+  <si>
+    <t>Danny Callaway</t>
+  </si>
+  <si>
+    <t>(213) 300-5905</t>
+  </si>
+  <si>
+    <t>danny@revize.com</t>
+  </si>
+  <si>
+    <t>Rhythm Band Instruments</t>
+  </si>
+  <si>
+    <t>Adam Schweitzer</t>
+  </si>
+  <si>
+    <t>(817) 335-2561</t>
+  </si>
+  <si>
+    <t>schoolsales@rbimusic.com</t>
+  </si>
+  <si>
+    <t>Riddell</t>
+  </si>
+  <si>
+    <t>Robin Campbell Hotchkiss</t>
+  </si>
+  <si>
+    <t>(800) 275-5338</t>
+  </si>
+  <si>
+    <t>dcampbell@riddellsales.com</t>
+  </si>
+  <si>
+    <t>Rideco US Inc.</t>
+  </si>
+  <si>
+    <t>Gustavo Zucco</t>
+  </si>
+  <si>
+    <t>(226) 240-1089</t>
+  </si>
+  <si>
+    <t>gustavo.zucco@rideco.com</t>
+  </si>
+  <si>
+    <t>Risas y Sonrisas Spanish for Kids</t>
+  </si>
+  <si>
+    <t>Chandler Jennings</t>
+  </si>
+  <si>
+    <t>(512) 219-0225</t>
+  </si>
+  <si>
+    <t>chandler@spanishforkids.com</t>
+  </si>
+  <si>
+    <t>Rogers Athletic Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nate Yarhouse </t>
+  </si>
+  <si>
+    <t>(800) 248-0270</t>
+  </si>
+  <si>
+    <t>nyarhouse@rogersathletic.com</t>
+  </si>
+  <si>
+    <t>Rykin Pump Company Inc</t>
+  </si>
+  <si>
+    <t>Amy Dennis</t>
+  </si>
+  <si>
+    <t>(432) 580-0101</t>
+  </si>
+  <si>
+    <t>Amy@rykinpump.com</t>
+  </si>
+  <si>
+    <t>Rymar Construction</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maria Hobbs </t>
+  </si>
+  <si>
+    <t>(512) 986-9625</t>
+  </si>
+  <si>
+    <t>mhobbs@rymarconstruction.com</t>
+  </si>
+  <si>
+    <t>Saddleback Educational, Inc.</t>
+  </si>
+  <si>
+    <t>Brittany Gomez</t>
+  </si>
+  <si>
+    <t>(714) 640-5200</t>
+  </si>
+  <si>
+    <t>bids@sdlback.com</t>
+  </si>
+  <si>
+    <t>SanJae Educational Resources, Inc.</t>
+  </si>
+  <si>
+    <t>Sandra E. Butler</t>
+  </si>
+  <si>
+    <t>(877) 726-5231</t>
+  </si>
+  <si>
+    <t>sandy@sanjaeco.com</t>
+  </si>
+  <si>
+    <t>Sarvicus LLC</t>
+  </si>
+  <si>
+    <t>Marc Packard</t>
+  </si>
+  <si>
+    <t>(713) 489-5380</t>
+  </si>
+  <si>
+    <t>marc.packard@sarvicus.com</t>
+  </si>
+  <si>
+    <t>Savvas Learning Company LLC</t>
+  </si>
+  <si>
+    <t>Pamela McNair</t>
+  </si>
+  <si>
+    <t>(201) 236-7000</t>
+  </si>
+  <si>
+    <t>proposals@savvas.com</t>
+  </si>
+  <si>
+    <t>Schneider Electric Buildings Americas, Inc.</t>
+  </si>
+  <si>
+    <t>Matt Lombardo</t>
+  </si>
+  <si>
+    <t>(214) 507-0175</t>
+  </si>
+  <si>
+    <t>matt.lombardo@se.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SDB Contracting Services </t>
+  </si>
+  <si>
+    <t>Craig Schmidt</t>
+  </si>
+  <si>
+    <t>(469) 619-3753</t>
+  </si>
+  <si>
+    <t>craig.schmidt@sdb.com</t>
+  </si>
+  <si>
+    <t>Seidlitz Education</t>
+  </si>
+  <si>
+    <t>Makenzie Williams</t>
+  </si>
+  <si>
+    <t>(210) 315-7119</t>
+  </si>
+  <si>
+    <t>makenzie.encompass@gmail.com</t>
+  </si>
+  <si>
+    <t>Share911 (OnScene Technologies Inc.)</t>
+  </si>
+  <si>
+    <t>Tamara Sites</t>
+  </si>
+  <si>
+    <t>(573) 330-7779</t>
+  </si>
+  <si>
+    <t>tamara@onscenetechnologies.com</t>
+  </si>
+  <si>
+    <t>Shellback Construction</t>
+  </si>
+  <si>
+    <t>William Wirtz</t>
+  </si>
+  <si>
+    <t>(850) 319-8273</t>
+  </si>
+  <si>
+    <t>wwirtz@shellbackconstruction.com</t>
+  </si>
+  <si>
+    <t>Sirius Education Solutions</t>
+  </si>
+  <si>
+    <t>(800) 942-1379</t>
+  </si>
+  <si>
+    <t>procurement@siriuseducationsolutions.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Smart Apple Media </t>
+  </si>
+  <si>
+    <t>Laurie Osburn</t>
+  </si>
+  <si>
+    <t>(800) 561-3943</t>
+  </si>
+  <si>
+    <t>losburn@smartapple.com</t>
+  </si>
+  <si>
+    <t>SMART Standing Solutions</t>
+  </si>
+  <si>
+    <t>Michele Klumb</t>
+  </si>
+  <si>
+    <t>(888) 585-0505</t>
+  </si>
+  <si>
+    <t>Michele.Klumb@smartstandingsolutions.com</t>
+  </si>
+  <si>
+    <t>Soccer Post McKinney (Sports Max LTD)</t>
+  </si>
+  <si>
+    <t>Randy Kruse</t>
+  </si>
+  <si>
+    <t>(214) 544-8444</t>
+  </si>
+  <si>
+    <t>mysoccerplace@yahoo.com</t>
+  </si>
+  <si>
+    <t>Social Thinking</t>
+  </si>
+  <si>
+    <t>Nate Krete</t>
+  </si>
+  <si>
+    <t>(408) 557-8595</t>
+  </si>
+  <si>
+    <t>sales@socialthinking.com</t>
+  </si>
+  <si>
+    <t>Solar Electric Power Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stephanie Holloran </t>
+  </si>
+  <si>
+    <t>(772) 220-6615</t>
+  </si>
+  <si>
+    <t>stephanie@sepconet.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">South Texas School Furniture </t>
+  </si>
+  <si>
+    <t>Alan Jirkovsky</t>
+  </si>
+  <si>
+    <t>(361) 798-4364</t>
+  </si>
+  <si>
+    <t>alanj@texaslibrary.com</t>
+  </si>
+  <si>
+    <t>Southern Executive Transport, LLC DBA Apex Procurement Solutions</t>
+  </si>
+  <si>
+    <t>Krystyn Nixon</t>
+  </si>
+  <si>
+    <t>(832) 985-5554</t>
+  </si>
+  <si>
+    <t>Krystyn@SolutionswithApex.com</t>
+  </si>
+  <si>
+    <t>Southwest Key Programs</t>
+  </si>
+  <si>
+    <t>Spare Labs</t>
+  </si>
+  <si>
+    <t>Mobility Software and Solutions</t>
+  </si>
+  <si>
+    <t>10/04/2023</t>
+  </si>
+  <si>
+    <t>09/30/2031</t>
+  </si>
+  <si>
+    <t>James McCarthy</t>
+  </si>
+  <si>
+    <t>(778) 239-3667</t>
+  </si>
+  <si>
+    <t>james@spare.com</t>
+  </si>
+  <si>
+    <t>SpedTrack (Ionwave Technologies)</t>
+  </si>
+  <si>
+    <t>Darren Henderson</t>
+  </si>
+  <si>
+    <t>(417) 823-8449</t>
+  </si>
+  <si>
+    <t>sales@spedtrack.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sphero </t>
+  </si>
+  <si>
+    <t xml:space="preserve">David Millage </t>
+  </si>
+  <si>
+    <t>(303) 502-9466</t>
+  </si>
+  <si>
+    <t>david.millage@sphero.com</t>
+  </si>
+  <si>
+    <t>Sports Facilities Management, LLC</t>
+  </si>
+  <si>
+    <t>Sports Facility Management - Management &amp; Operation Services</t>
+  </si>
+  <si>
+    <t>Jamie baumgartner</t>
+  </si>
+  <si>
+    <t>(865) 816-8488</t>
+  </si>
+  <si>
+    <t>jbaumgartner@sportsfacilities.com</t>
+  </si>
+  <si>
+    <t>Sports Facility Management -  Development Services and Construction</t>
+  </si>
+  <si>
+    <t>Sports Facility Management - Advisory Services</t>
+  </si>
+  <si>
+    <t>Sports Venue Padding (Artistic Coverings, Inc.)</t>
+  </si>
+  <si>
+    <t>Michelle Robinson</t>
+  </si>
+  <si>
+    <t>(562) 404-9343</t>
+  </si>
+  <si>
+    <t>michelle@svpadding.com</t>
+  </si>
+  <si>
+    <t>SSC Services for Education</t>
+  </si>
+  <si>
+    <t>Facilities Managed Services and Solutions</t>
+  </si>
+  <si>
+    <t>04/01/2020</t>
+  </si>
+  <si>
+    <t>04/19/2025</t>
+  </si>
+  <si>
+    <t>Tammy Reed</t>
+  </si>
+  <si>
+    <t>(512) 318-3827</t>
+  </si>
+  <si>
+    <t>Tammy.Reed@sscserv.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stanbury Uniforms </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Steve Roberts </t>
+  </si>
+  <si>
+    <t>(800) 826-2246</t>
+  </si>
+  <si>
+    <t>stanbury.bids@stanbury.com</t>
+  </si>
+  <si>
+    <t>Stracon Group, Inc.</t>
+  </si>
+  <si>
+    <t>Leslie Thompson</t>
+  </si>
+  <si>
+    <t>(972) 262-5053</t>
+  </si>
+  <si>
+    <t>leslie@straconmedsupply.com</t>
+  </si>
+  <si>
+    <t>Strattmont Group</t>
+  </si>
+  <si>
+    <t>James Cooper</t>
+  </si>
+  <si>
+    <t>(979) 314-9644</t>
+  </si>
+  <si>
+    <t>james@strattmontgroup.com</t>
+  </si>
+  <si>
+    <t>STS Education (Pacific OneSource, Inc.)</t>
+  </si>
+  <si>
+    <t>Marc Netka</t>
+  </si>
+  <si>
+    <t>(866) 499-2580</t>
+  </si>
+  <si>
+    <t>marc.netka@stseducation-us.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Super Duper Publications </t>
+  </si>
+  <si>
+    <t>Daphne Sanders</t>
+  </si>
+  <si>
+    <t>(800) 277-8737</t>
+  </si>
+  <si>
+    <t>bids@superduperinc.com</t>
+  </si>
+  <si>
+    <t>Superior Alarms (Alan Yoder Enterprises, Inc.)</t>
+  </si>
+  <si>
+    <t>Dr. Colin Ashburn</t>
+  </si>
+  <si>
+    <t>(956) 682-6005</t>
+  </si>
+  <si>
+    <t>colin@superioralarms.com</t>
+  </si>
+  <si>
+    <t>SW Elevators, LLC</t>
+  </si>
+  <si>
+    <t>Elevator Maintenance Services and Solutions.</t>
+  </si>
+  <si>
+    <t>08/20/2025</t>
+  </si>
+  <si>
+    <t>08/20/2033</t>
+  </si>
+  <si>
+    <t>Katie Cavinder</t>
+  </si>
+  <si>
+    <t>(817) 924-2828</t>
+  </si>
+  <si>
+    <t>kcavinder@southwestelevator.com</t>
+  </si>
+  <si>
+    <t>Symphonize Inc.</t>
+  </si>
+  <si>
+    <t>Sreedhar Tatavarthi</t>
+  </si>
+  <si>
+    <t>(630) 347-2554</t>
+  </si>
+  <si>
+    <t>Sreedhar.tatavarthi@symphonize.com</t>
+  </si>
+  <si>
+    <t>Syntegras LLC</t>
+  </si>
+  <si>
+    <t>Amy Nobles</t>
+  </si>
+  <si>
+    <t>(281) 352-7541</t>
+  </si>
+  <si>
+    <t>anobles@syntegras.net</t>
+  </si>
+  <si>
+    <t>Tall City Cyber LLC</t>
+  </si>
+  <si>
+    <t>Eric Etheredge</t>
+  </si>
+  <si>
+    <t>(806) 543-3374</t>
+  </si>
+  <si>
+    <t>eric.e@tallcitycyber.com</t>
+  </si>
+  <si>
+    <t>TeachTown (Jigsaw Learning LLC)</t>
+  </si>
+  <si>
+    <t>Kimberly A. Johnson</t>
+  </si>
+  <si>
+    <t>(818) 212-2944</t>
+  </si>
+  <si>
+    <t>kjohnson@teachtown.com</t>
+  </si>
+  <si>
+    <t>TeamBuildr, LLC</t>
+  </si>
+  <si>
+    <t>Hewitt Tomlin</t>
+  </si>
+  <si>
+    <t>(240) 415-8326</t>
+  </si>
+  <si>
+    <t>hewitt@teambuilder.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TekVisions, Inc. </t>
+  </si>
+  <si>
+    <t>Denise Lessard</t>
+  </si>
+  <si>
+    <t>(800) 827-0127</t>
+  </si>
+  <si>
+    <t>denise.lessard@tekvisions.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tellepsen Builders </t>
+  </si>
+  <si>
+    <t>Ricardo Colon</t>
+  </si>
+  <si>
+    <t>(281) 447-8100</t>
+  </si>
+  <si>
+    <t>RColon@tellepsen.com</t>
+  </si>
+  <si>
+    <t>Texas Music Festivals Enterprise, Inc</t>
+  </si>
+  <si>
+    <t>Angela Flinchbaugh</t>
+  </si>
+  <si>
+    <t>(956) 984-9468</t>
+  </si>
+  <si>
+    <t>angela@tmftoursandtravel.com</t>
+  </si>
+  <si>
+    <t>TEXAS SWIM SHOP (MATHERNE INC)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Susan Matherene </t>
+  </si>
+  <si>
+    <t>(713) 723-0910</t>
+  </si>
+  <si>
+    <t>txswim@pdq.net</t>
+  </si>
+  <si>
+    <t>The Repair Depot LLC</t>
+  </si>
+  <si>
+    <t>Billy Bean</t>
+  </si>
+  <si>
+    <t>(405) 533-7942</t>
+  </si>
+  <si>
+    <t>billy@therepairdepot.com</t>
+  </si>
+  <si>
+    <t>The spearhead group</t>
+  </si>
+  <si>
+    <t>Crystal McCullough</t>
+  </si>
+  <si>
+    <t>(713) 622-7171</t>
+  </si>
+  <si>
+    <t>crystalm@spearheadgroup.com</t>
+  </si>
+  <si>
+    <t>Theatre House</t>
+  </si>
+  <si>
+    <t>Marty Boyer</t>
+  </si>
+  <si>
+    <t>(859) 431-2414</t>
+  </si>
+  <si>
+    <t>martyb@theatrehouse.com</t>
+  </si>
+  <si>
+    <t>Therapro Inc</t>
+  </si>
+  <si>
+    <t>Doug Weihrauch</t>
+  </si>
+  <si>
+    <t>(508) 283-5055</t>
+  </si>
+  <si>
+    <t>doug@therapro.com</t>
+  </si>
+  <si>
+    <t>Thoughtful Learning (Sebranek Inc)</t>
+  </si>
+  <si>
+    <t>Steven Augustyn</t>
+  </si>
+  <si>
+    <t>(262) 763-8258</t>
+  </si>
+  <si>
+    <t>saugustyn@thoughtfullearning.com</t>
+  </si>
+  <si>
+    <t>Thrive Academics</t>
+  </si>
+  <si>
+    <t>Brandon Edwards</t>
+  </si>
+  <si>
+    <t>(818) 927-2703</t>
+  </si>
+  <si>
+    <t>bedwards@thriveacademics.com</t>
+  </si>
+  <si>
+    <t>Tometys Inc</t>
+  </si>
+  <si>
+    <t>Evans Tomety</t>
+  </si>
+  <si>
+    <t>(469) 522-9694</t>
+  </si>
+  <si>
+    <t>evans@kreativdesk.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tourbillon Enterprises </t>
+  </si>
+  <si>
+    <t>Trafera, LLC</t>
+  </si>
+  <si>
+    <t>Eric Ogden</t>
+  </si>
+  <si>
+    <t>(651) 888-7922</t>
+  </si>
+  <si>
+    <t>contracts@trafera.com</t>
+  </si>
+  <si>
+    <t>TransAct Communications, LLC</t>
+  </si>
+  <si>
+    <t>Krystal Cruz</t>
+  </si>
+  <si>
+    <t>(425) 697-1043</t>
+  </si>
+  <si>
+    <t>krystal@transact.com</t>
+  </si>
+  <si>
+    <t>Transit Technologies</t>
+  </si>
+  <si>
+    <t>Dave McIninch</t>
+  </si>
+  <si>
+    <t>(416) 399-0792</t>
+  </si>
+  <si>
+    <t>dave.mcininch@transit-technologies.com</t>
+  </si>
+  <si>
+    <t>Triple J Roof Solutions LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jack Bradley</t>
+  </si>
+  <si>
+    <t>(210) 776-5210</t>
+  </si>
+  <si>
+    <t>triplejrs.jack@gmail.com</t>
+  </si>
+  <si>
+    <t>TSG Industries</t>
+  </si>
+  <si>
+    <t>Theodore Sims</t>
+  </si>
+  <si>
+    <t>(832) 660-5914</t>
+  </si>
+  <si>
+    <t>tsims@tsg-industries.com</t>
+  </si>
+  <si>
+    <t>Uber Technologies, Inc.</t>
+  </si>
+  <si>
+    <t>Chris Campbell</t>
+  </si>
+  <si>
+    <t>(404) 493-6276</t>
+  </si>
+  <si>
+    <t>chris.campbell@uber.com</t>
+  </si>
+  <si>
+    <t>UNIFIED SUNERGY SYSTEMS, LLC</t>
+  </si>
+  <si>
+    <t>Ali Mehmud</t>
+  </si>
+  <si>
+    <t>(817) 557-7278</t>
+  </si>
+  <si>
+    <t>ali.mehmud@unifiedsunergy.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unipak Corp. </t>
   </si>
   <si>
     <t>Janitorial Supplies</t>
   </si>
   <si>
-    <t>06/22/2020</t>
-[...4063 lines deleted...]
-  <si>
     <t xml:space="preserve">Brian Marcus </t>
   </si>
   <si>
     <t>(888) 808-5120</t>
   </si>
   <si>
     <t>customercare@unipakcorp.net</t>
   </si>
   <si>
     <t>United Data Technologies</t>
   </si>
   <si>
     <t>David Wiese</t>
   </si>
   <si>
     <t>(512) 466-3405</t>
   </si>
   <si>
     <t>dwiese@udtonline.com</t>
   </si>
   <si>
     <t>Urbanetectonics</t>
   </si>
   <si>
     <t>Tanesha Bokally</t>
@@ -4182,57 +3600,57 @@
   <si>
     <t>Ashley Barado</t>
   </si>
   <si>
     <t>(844) 629-2837</t>
   </si>
   <si>
     <t>ashley.barado@umswater.com</t>
   </si>
   <si>
     <t>UTJ Holdco, Inc. (Teaching Strategies, LLC)</t>
   </si>
   <si>
     <t xml:space="preserve">Heather O'Shea </t>
   </si>
   <si>
     <t>(301) 634-0818</t>
   </si>
   <si>
     <t>legal@teachingstrategies.com</t>
   </si>
   <si>
     <t>Uzurv Holdings Inc</t>
   </si>
   <si>
-    <t>Susan Starwalt</t>
+    <t>Trish Fitzpartrick</t>
   </si>
   <si>
     <t>(866) 898-7836</t>
   </si>
   <si>
-    <t>susan.starwalt@uzurv.com</t>
+    <t>trish@uzurv.com</t>
   </si>
   <si>
     <t>Ventris Learning</t>
   </si>
   <si>
     <t>Robert Meyer</t>
   </si>
   <si>
     <t>(608) 825-8282</t>
   </si>
   <si>
     <t>rmeyer@ventrislearning.com</t>
   </si>
   <si>
     <t>Via Transportation Inc</t>
   </si>
   <si>
     <t>Mike Vaccarino</t>
   </si>
   <si>
     <t>(914) 943-8478</t>
   </si>
   <si>
     <t>michael.vaccarino@ridewithvia.com</t>
   </si>
@@ -4483,15735 +3901,13285 @@
 
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="65.41796875" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="99.90625" customWidth="true" bestFit="true"/>
     <col min="6" max="6" width="15.6953125" customWidth="true" bestFit="true"/>
-    <col min="7" max="7" width="23.99609375" customWidth="true" bestFit="true"/>
     <col min="9" max="9" width="18.26171875" customWidth="true" bestFit="true"/>
     <col min="11" max="11" width="44.375" customWidth="true" bestFit="true"/>
+    <col min="7" max="7" width="23.99609375" customWidth="true" bestFit="true"/>
     <col min="8" max="8" width="15.9921875" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="14.30859375" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="18.04296875" customWidth="true" bestFit="true"/>
     <col min="5" max="5" width="18.93359375" customWidth="true" bestFit="true"/>
     <col min="10" max="10" width="5.51953125" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>2</v>
       </c>
       <c r="C1" t="s" s="1">
         <v>3</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>4</v>
       </c>
       <c r="E1" t="s" s="1">
         <v>5</v>
       </c>
       <c r="F1" t="s" s="1">
         <v>6</v>
       </c>
       <c r="G1" t="s" s="1">
         <v>7</v>
       </c>
       <c r="H1" t="s" s="1">
         <v>8</v>
       </c>
       <c r="I1" t="s" s="1">
         <v>9</v>
       </c>
       <c r="J1" t="s" s="1">
         <v>10</v>
       </c>
       <c r="K1" t="s" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="2">
         <v>12</v>
       </c>
       <c r="B2" t="s" s="2">
         <v>13</v>
       </c>
       <c r="C2" t="n" s="3">
-        <v>7.91202004009E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D2" t="s" s="4">
         <v>14</v>
       </c>
       <c r="E2" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F2" t="s">
         <v>16</v>
       </c>
       <c r="G2" t="s">
         <v>17</v>
       </c>
       <c r="H2" t="s">
         <v>0</v>
       </c>
       <c r="I2" t="s">
         <v>18</v>
       </c>
-      <c r="J2" t="s">
-        <v>0</v>
+      <c r="J2" t="n">
+        <v>257.0</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="2">
         <v>20</v>
       </c>
       <c r="B3" t="s" s="2">
         <v>21</v>
       </c>
       <c r="C3" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D3" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E3" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H3" t="s">
         <v>0</v>
       </c>
       <c r="I3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>257.0</v>
+        <v>26</v>
+      </c>
+      <c r="J3" t="s">
+        <v>0</v>
       </c>
       <c r="K3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="2">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s" s="2">
         <v>28</v>
       </c>
       <c r="C4" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202510007E11</v>
       </c>
       <c r="D4" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s" s="4">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>0</v>
       </c>
       <c r="I4" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>0</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="2">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C5" t="n" s="3">
-        <v>7.91202510007E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D5" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E5" t="s" s="4">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>0</v>
       </c>
       <c r="I5" t="s">
         <v>33</v>
       </c>
       <c r="J5" t="s">
         <v>0</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="2">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s" s="2">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C6" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D6" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E6" t="s" s="4">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
         <v>0</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="J6" t="s">
         <v>0</v>
       </c>
       <c r="K6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="2">
         <v>36</v>
       </c>
       <c r="B7" t="s" s="2">
+        <v>37</v>
+      </c>
+      <c r="C7" t="n" s="3">
+        <v>7.91202505005E11</v>
+      </c>
+      <c r="D7" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>0</v>
+      </c>
+      <c r="I7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J7" t="s">
+        <v>0</v>
+      </c>
+      <c r="K7" t="s">
         <v>42</v>
-      </c>
-[...25 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="2">
         <v>43</v>
       </c>
       <c r="B8" t="s" s="2">
         <v>44</v>
       </c>
       <c r="C8" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D8" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E8" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>0</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
       <c r="J8" t="s">
         <v>0</v>
       </c>
       <c r="K8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="2">
         <v>50</v>
       </c>
       <c r="B9" t="s" s="2">
         <v>51</v>
       </c>
       <c r="C9" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D9" t="s" s="4">
         <v>52</v>
       </c>
       <c r="E9" t="s" s="4">
         <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>54</v>
       </c>
       <c r="H9" t="s">
         <v>0</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
       <c r="J9" t="s">
         <v>0</v>
       </c>
       <c r="K9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="2">
         <v>57</v>
       </c>
       <c r="B10" t="s" s="2">
         <v>58</v>
       </c>
       <c r="C10" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D10" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E10" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" t="s">
         <v>59</v>
       </c>
-      <c r="E10" t="s" s="4">
-[...5 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
+        <v>0</v>
+      </c>
+      <c r="I10" t="s">
         <v>60</v>
       </c>
-      <c r="H10" t="s">
-[...2 lines deleted...]
-      <c r="I10" t="s">
+      <c r="J10" t="s">
+        <v>0</v>
+      </c>
+      <c r="K10" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="2">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s" s="2">
         <v>63</v>
       </c>
-      <c r="B11" t="s" s="2">
+      <c r="C11" t="n" s="3">
+        <v>7.91202303007E11</v>
+      </c>
+      <c r="D11" t="s" s="4">
         <v>64</v>
       </c>
-      <c r="C11" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D11" t="s" s="4">
+      <c r="E11" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F11" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" t="s">
         <v>65</v>
       </c>
-      <c r="E11" t="s" s="4">
+      <c r="H11" t="s">
+        <v>0</v>
+      </c>
+      <c r="I11" t="s">
         <v>66</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="J11" t="s">
+        <v>0</v>
+      </c>
+      <c r="K11" t="s">
         <v>67</v>
-      </c>
-[...10 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="2">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s" s="2">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C12" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202502008E11</v>
       </c>
       <c r="D12" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E12" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>0</v>
+      </c>
+      <c r="I12" t="s">
+        <v>71</v>
+      </c>
+      <c r="J12" t="s">
+        <v>0</v>
+      </c>
+      <c r="K12" t="s">
         <v>72</v>
-      </c>
-[...10 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="2">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s" s="2">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="C13" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D13" t="s" s="4">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s" s="4">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="F13" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G13" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>0</v>
       </c>
       <c r="I13" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="J13" t="s">
         <v>0</v>
       </c>
       <c r="K13" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="2">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s" s="2">
+        <v>74</v>
+      </c>
+      <c r="C14" t="n" s="3">
+        <v>7.91202107001E11</v>
+      </c>
+      <c r="D14" t="s" s="4">
         <v>75</v>
       </c>
-      <c r="B14" t="s" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="E14" t="s" s="4">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="F14" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G14" t="s">
+        <v>77</v>
+      </c>
+      <c r="H14" t="s">
+        <v>0</v>
+      </c>
+      <c r="I14" t="s">
+        <v>78</v>
+      </c>
+      <c r="J14" t="s">
+        <v>0</v>
+      </c>
+      <c r="K14" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s" s="2">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B15" t="s" s="2">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C15" t="n" s="3">
-        <v>7.91202502008E11</v>
+        <v>7.91202403001E11</v>
       </c>
       <c r="D15" t="s" s="4">
         <v>52</v>
       </c>
       <c r="E15" t="s" s="4">
         <v>53</v>
       </c>
       <c r="F15" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G15" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H15" t="s">
         <v>0</v>
       </c>
       <c r="I15" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="J15" t="s">
         <v>0</v>
       </c>
       <c r="K15" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s" s="2">
+        <v>80</v>
+      </c>
+      <c r="B16" t="s" s="2">
+        <v>85</v>
+      </c>
+      <c r="C16" t="n" s="3">
+        <v>7.91202403005E11</v>
+      </c>
+      <c r="D16" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s" s="4">
+        <v>86</v>
+      </c>
+      <c r="F16" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" t="s">
+        <v>82</v>
+      </c>
+      <c r="H16" t="s">
+        <v>0</v>
+      </c>
+      <c r="I16" t="s">
+        <v>83</v>
+      </c>
+      <c r="J16" t="s">
+        <v>0</v>
+      </c>
+      <c r="K16" t="s">
         <v>84</v>
-      </c>
-[...28 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s" s="2">
+        <v>87</v>
+      </c>
+      <c r="B17" t="s" s="2">
+        <v>63</v>
+      </c>
+      <c r="C17" t="n" s="3">
+        <v>7.91202303007E11</v>
+      </c>
+      <c r="D17" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E17" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F17" t="s">
+        <v>16</v>
+      </c>
+      <c r="G17" t="s">
+        <v>88</v>
+      </c>
+      <c r="H17" t="s">
+        <v>0</v>
+      </c>
+      <c r="I17" t="s">
         <v>89</v>
       </c>
-      <c r="B17" t="s" s="2">
+      <c r="J17" t="s">
+        <v>0</v>
+      </c>
+      <c r="K17" t="s">
         <v>90</v>
-      </c>
-[...25 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s" s="2">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B18" t="s" s="2">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="C18" t="n" s="3">
-        <v>7.91202403001E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D18" t="s" s="4">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="E18" t="s" s="4">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="F18" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G18" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="H18" t="s">
         <v>0</v>
       </c>
       <c r="I18" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>93</v>
+      </c>
+      <c r="J18" t="n">
+        <v>340.0</v>
       </c>
       <c r="K18" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s" s="2">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B19" t="s" s="2">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="C19" t="n" s="3">
-        <v>7.91202403005E11</v>
+        <v>7.91202409006E11</v>
       </c>
       <c r="D19" t="s" s="4">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s" s="4">
-        <v>102</v>
+        <v>53</v>
       </c>
       <c r="F19" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="H19" t="s">
         <v>0</v>
       </c>
       <c r="I19" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>93</v>
+      </c>
+      <c r="J19" t="n">
+        <v>340.0</v>
       </c>
       <c r="K19" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="2">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="B20" t="s" s="2">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="C20" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D20" t="s" s="4">
-        <v>105</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s" s="4">
-        <v>106</v>
+        <v>46</v>
       </c>
       <c r="F20" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>107</v>
+        <v>92</v>
       </c>
       <c r="H20" t="s">
         <v>0</v>
       </c>
       <c r="I20" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>93</v>
+      </c>
+      <c r="J20" t="n">
+        <v>340.0</v>
       </c>
       <c r="K20" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="2">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="B21" t="s" s="2">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="C21" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D21" t="s" s="4">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E21" t="s" s="4">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="F21" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G21" t="s">
-        <v>111</v>
+        <v>0</v>
       </c>
       <c r="H21" t="s">
         <v>0</v>
       </c>
       <c r="I21" t="s">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="J21" t="s">
         <v>0</v>
       </c>
       <c r="K21" t="s">
-        <v>113</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="2">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="B22" t="s" s="2">
-        <v>115</v>
+        <v>69</v>
       </c>
       <c r="C22" t="n" s="3">
-        <v>7.91202409006E11</v>
+        <v>7.91202502008E11</v>
       </c>
       <c r="D22" t="s" s="4">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="E22" t="s" s="4">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="F22" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G22" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="H22" t="s">
         <v>0</v>
       </c>
       <c r="I22" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>340.0</v>
+        <v>103</v>
+      </c>
+      <c r="J22" t="s">
+        <v>0</v>
       </c>
       <c r="K22" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s" s="2">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="B23" t="s" s="2">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C23" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202510007E11</v>
       </c>
       <c r="D23" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E23" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F23" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="H23" t="s">
         <v>0</v>
       </c>
       <c r="I23" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>340.0</v>
+        <v>103</v>
+      </c>
+      <c r="J23" t="s">
+        <v>0</v>
       </c>
       <c r="K23" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s" s="2">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s" s="2">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="C24" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D24" t="s" s="4">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="E24" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F24" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G24" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="H24" t="s">
         <v>0</v>
       </c>
       <c r="I24" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>340.0</v>
+        <v>103</v>
+      </c>
+      <c r="J24" t="s">
+        <v>0</v>
       </c>
       <c r="K24" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s" s="2">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s" s="2">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="C25" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D25" t="s" s="4">
-        <v>52</v>
+        <v>107</v>
       </c>
       <c r="E25" t="s" s="4">
-        <v>53</v>
+        <v>108</v>
       </c>
       <c r="F25" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G25" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="H25" t="s">
         <v>0</v>
       </c>
       <c r="I25" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>340.0</v>
+        <v>110</v>
+      </c>
+      <c r="J25" t="s">
+        <v>0</v>
       </c>
       <c r="K25" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s" s="2">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="B26" t="s" s="2">
-        <v>121</v>
+        <v>74</v>
       </c>
       <c r="C26" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D26" t="s" s="4">
-        <v>122</v>
+        <v>75</v>
       </c>
       <c r="E26" t="s" s="4">
-        <v>123</v>
+        <v>76</v>
       </c>
       <c r="F26" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G26" t="s">
-        <v>0</v>
+        <v>113</v>
       </c>
       <c r="H26" t="s">
         <v>0</v>
       </c>
       <c r="I26" t="s">
-        <v>0</v>
+        <v>114</v>
       </c>
       <c r="J26" t="s">
         <v>0</v>
       </c>
       <c r="K26" t="s">
-        <v>0</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s" s="2">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="B27" t="s" s="2">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="C27" t="n" s="3">
-        <v>7.91202502008E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D27" t="s" s="4">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="E27" t="s" s="4">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="F27" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G27" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="H27" t="s">
         <v>0</v>
       </c>
       <c r="I27" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="J27" t="s">
         <v>0</v>
       </c>
       <c r="K27" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s" s="2">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="B28" t="s" s="2">
-        <v>35</v>
+        <v>116</v>
       </c>
       <c r="C28" t="n" s="3">
-        <v>7.91202510007E11</v>
+        <v>7.91202510002E11</v>
       </c>
       <c r="D28" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E28" t="s" s="4">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F28" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G28" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="H28" t="s">
         <v>0</v>
       </c>
       <c r="I28" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="J28" t="s">
         <v>0</v>
       </c>
       <c r="K28" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s" s="2">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="B29" t="s" s="2">
-        <v>28</v>
+        <v>85</v>
       </c>
       <c r="C29" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202403005E11</v>
       </c>
       <c r="D29" t="s" s="4">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="E29" t="s" s="4">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="F29" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G29" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="H29" t="s">
         <v>0</v>
       </c>
       <c r="I29" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="J29" t="s">
         <v>0</v>
       </c>
       <c r="K29" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s" s="2">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="B30" t="s" s="2">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="C30" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202505006E11</v>
       </c>
       <c r="D30" t="s" s="4">
-        <v>130</v>
+        <v>38</v>
       </c>
       <c r="E30" t="s" s="4">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="F30" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G30" t="s">
-        <v>132</v>
+        <v>113</v>
       </c>
       <c r="H30" t="s">
         <v>0</v>
       </c>
       <c r="I30" t="s">
-        <v>133</v>
+        <v>114</v>
       </c>
       <c r="J30" t="s">
         <v>0</v>
       </c>
       <c r="K30" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s" s="2">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="B31" t="s" s="2">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="C31" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202403003E11</v>
       </c>
       <c r="D31" t="s" s="4">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E31" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F31" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="H31" t="s">
         <v>0</v>
       </c>
       <c r="I31" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>705.0</v>
+        <v>122</v>
+      </c>
+      <c r="J31" t="s">
+        <v>0</v>
       </c>
       <c r="K31" t="s">
-        <v>138</v>
+        <v>123</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s" s="2">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="B32" t="s" s="2">
-        <v>42</v>
+        <v>125</v>
       </c>
       <c r="C32" t="n" s="3">
-        <v>7.91202510004E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D32" t="s" s="4">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="E32" t="s" s="4">
-        <v>38</v>
+        <v>126</v>
       </c>
       <c r="F32" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G32" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="H32" t="s">
         <v>0</v>
       </c>
       <c r="I32" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="J32" t="s">
         <v>0</v>
       </c>
       <c r="K32" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s" s="2">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="B33" t="s" s="2">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="C33" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D33" t="s" s="4">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="E33" t="s" s="4">
-        <v>92</v>
+        <v>15</v>
       </c>
       <c r="F33" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G33" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="H33" t="s">
         <v>0</v>
       </c>
       <c r="I33" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="J33" t="s">
         <v>0</v>
       </c>
       <c r="K33" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s" s="2">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="B34" t="s" s="2">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="C34" t="n" s="3">
-        <v>7.91202510002E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D34" t="s" s="4">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E34" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F34" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G34" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="H34" t="s">
         <v>0</v>
       </c>
       <c r="I34" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="J34" t="s">
         <v>0</v>
       </c>
       <c r="K34" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s" s="2">
+        <v>135</v>
+      </c>
+      <c r="B35" t="s" s="2">
+        <v>136</v>
+      </c>
+      <c r="C35" t="n" s="3">
+        <v>7.91202510006E11</v>
+      </c>
+      <c r="D35" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E35" t="s" s="4">
+        <v>31</v>
+      </c>
+      <c r="F35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G35" t="s">
+        <v>137</v>
+      </c>
+      <c r="H35" t="s">
+        <v>0</v>
+      </c>
+      <c r="I35" t="s">
+        <v>138</v>
+      </c>
+      <c r="J35" t="s">
+        <v>0</v>
+      </c>
+      <c r="K35" t="s">
         <v>139</v>
-      </c>
-[...28 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="2">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B36" t="s" s="2">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="C36" t="n" s="3">
-        <v>7.91202403005E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D36" t="s" s="4">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E36" t="s" s="4">
-        <v>102</v>
+        <v>23</v>
       </c>
       <c r="F36" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G36" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H36" t="s">
         <v>0</v>
       </c>
       <c r="I36" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J36" t="s">
         <v>0</v>
       </c>
       <c r="K36" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="2">
+        <v>144</v>
+      </c>
+      <c r="B37" t="s" s="2">
+        <v>125</v>
+      </c>
+      <c r="C37" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D37" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E37" t="s" s="4">
+        <v>126</v>
+      </c>
+      <c r="F37" t="s">
+        <v>16</v>
+      </c>
+      <c r="G37" t="s">
+        <v>145</v>
+      </c>
+      <c r="H37" t="s">
+        <v>0</v>
+      </c>
+      <c r="I37" t="s">
         <v>146</v>
       </c>
-      <c r="B37" t="s" s="2">
+      <c r="J37" t="s">
+        <v>0</v>
+      </c>
+      <c r="K37" t="s">
         <v>147</v>
-      </c>
-[...25 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s" s="2">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B38" t="s" s="2">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C38" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D38" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E38" t="s" s="4">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="F38" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G38" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="H38" t="s">
         <v>0</v>
       </c>
       <c r="I38" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="J38" t="s">
         <v>0</v>
       </c>
       <c r="K38" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s" s="2">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B39" t="s" s="2">
+        <v>13</v>
+      </c>
+      <c r="C39" t="n" s="3">
+        <v>7.91202303001E11</v>
+      </c>
+      <c r="D39" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E39" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F39" t="s">
+        <v>16</v>
+      </c>
+      <c r="G39" t="s">
+        <v>153</v>
+      </c>
+      <c r="H39" t="s">
+        <v>0</v>
+      </c>
+      <c r="I39" t="s">
+        <v>154</v>
+      </c>
+      <c r="J39" t="s">
+        <v>0</v>
+      </c>
+      <c r="K39" t="s">
         <v>155</v>
-      </c>
-[...25 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s" s="2">
+        <v>156</v>
+      </c>
+      <c r="B40" t="s" s="2">
         <v>157</v>
       </c>
-      <c r="B40" t="s" s="2">
+      <c r="C40" t="n" s="3">
+        <v>7.91202303005E11</v>
+      </c>
+      <c r="D40" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E40" t="s" s="4">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40" t="s">
         <v>159</v>
       </c>
       <c r="H40" t="s">
         <v>0</v>
       </c>
       <c r="I40" t="s">
         <v>160</v>
       </c>
-      <c r="J40" t="s">
-        <v>0</v>
+      <c r="J40" t="n">
+        <v>258.0</v>
       </c>
       <c r="K40" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s" s="2">
         <v>162</v>
       </c>
       <c r="B41" t="s" s="2">
         <v>163</v>
       </c>
       <c r="C41" t="n" s="3">
-        <v>7.91202510006E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D41" t="s" s="4">
-        <v>29</v>
+        <v>164</v>
       </c>
       <c r="E41" t="s" s="4">
-        <v>38</v>
+        <v>126</v>
       </c>
       <c r="F41" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H41" t="s">
         <v>0</v>
       </c>
       <c r="I41" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J41" t="s">
         <v>0</v>
       </c>
       <c r="K41" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s" s="2">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B42" t="s" s="2">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="C42" t="n" s="3">
         <v>7.91202510008E11</v>
       </c>
       <c r="D42" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E42" t="s" s="4">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F42" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G42" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="H42" t="s">
         <v>0</v>
       </c>
       <c r="I42" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="J42" t="s">
         <v>0</v>
       </c>
       <c r="K42" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s" s="2">
+        <v>168</v>
+      </c>
+      <c r="B43" t="s" s="2">
+        <v>13</v>
+      </c>
+      <c r="C43" t="n" s="3">
+        <v>7.91202303001E11</v>
+      </c>
+      <c r="D43" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E43" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F43" t="s">
+        <v>16</v>
+      </c>
+      <c r="G43" t="s">
+        <v>169</v>
+      </c>
+      <c r="H43" t="s">
+        <v>0</v>
+      </c>
+      <c r="I43" t="s">
+        <v>170</v>
+      </c>
+      <c r="J43" t="s">
+        <v>0</v>
+      </c>
+      <c r="K43" t="s">
         <v>171</v>
-      </c>
-[...28 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s" s="2">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="B44" t="s" s="2">
-        <v>37</v>
+        <v>125</v>
       </c>
       <c r="C44" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D44" t="s" s="4">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="E44" t="s" s="4">
-        <v>38</v>
+        <v>126</v>
       </c>
       <c r="F44" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G44" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="H44" t="s">
         <v>0</v>
       </c>
       <c r="I44" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="J44" t="s">
         <v>0</v>
       </c>
       <c r="K44" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s" s="2">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B45" t="s" s="2">
-        <v>58</v>
+        <v>173</v>
       </c>
       <c r="C45" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D45" t="s" s="4">
-        <v>59</v>
+        <v>174</v>
       </c>
       <c r="E45" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H45" t="s">
         <v>0</v>
       </c>
       <c r="I45" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="J45" t="s">
         <v>0</v>
       </c>
       <c r="K45" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s" s="2">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B46" t="s" s="2">
-        <v>58</v>
+        <v>180</v>
       </c>
       <c r="C46" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202507001E11</v>
       </c>
       <c r="D46" t="s" s="4">
-        <v>59</v>
+        <v>99</v>
       </c>
       <c r="E46" t="s" s="4">
-        <v>15</v>
+        <v>181</v>
       </c>
       <c r="F46" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G46" t="s">
-        <v>184</v>
+        <v>0</v>
       </c>
       <c r="H46" t="s">
         <v>0</v>
       </c>
       <c r="I46" t="s">
-        <v>185</v>
+        <v>0</v>
       </c>
       <c r="J46" t="s">
         <v>0</v>
       </c>
       <c r="K46" t="s">
-        <v>186</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s" s="2">
+        <v>182</v>
+      </c>
+      <c r="B47" t="s" s="2">
         <v>183</v>
       </c>
-      <c r="B47" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C47" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D47" t="s" s="4">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E47" t="s" s="4">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="F47" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G47" t="s">
         <v>184</v>
       </c>
       <c r="H47" t="s">
         <v>0</v>
       </c>
       <c r="I47" t="s">
         <v>185</v>
       </c>
       <c r="J47" t="s">
         <v>0</v>
       </c>
       <c r="K47" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s" s="2">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B48" t="s" s="2">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="C48" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D48" t="s" s="4">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="E48" t="s" s="4">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="F48" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G48" t="s">
         <v>184</v>
       </c>
       <c r="H48" t="s">
         <v>0</v>
       </c>
       <c r="I48" t="s">
         <v>185</v>
       </c>
       <c r="J48" t="s">
         <v>0</v>
       </c>
       <c r="K48" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s" s="2">
         <v>187</v>
       </c>
       <c r="B49" t="s" s="2">
-        <v>58</v>
+        <v>188</v>
       </c>
       <c r="C49" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D49" t="s" s="4">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="E49" t="s" s="4">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F49" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G49" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H49" t="s">
         <v>0</v>
       </c>
       <c r="I49" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="J49" t="s">
         <v>0</v>
       </c>
       <c r="K49" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s" s="2">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B50" t="s" s="2">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="C50" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D50" t="s" s="4">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E50" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F50" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G50" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H50" t="s">
         <v>0</v>
       </c>
       <c r="I50" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>136.0</v>
+        <v>194</v>
+      </c>
+      <c r="J50" t="s">
+        <v>0</v>
       </c>
       <c r="K50" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s" s="2">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B51" t="s" s="2">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C51" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202207008E11</v>
       </c>
       <c r="D51" t="s" s="4">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E51" t="s" s="4">
-        <v>15</v>
+        <v>108</v>
       </c>
       <c r="F51" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G51" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H51" t="s">
         <v>0</v>
       </c>
       <c r="I51" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>4513.0</v>
+        <v>200</v>
+      </c>
+      <c r="J51" t="s">
+        <v>0</v>
       </c>
       <c r="K51" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s" s="2">
+        <v>196</v>
+      </c>
+      <c r="B52" t="s" s="2">
+        <v>157</v>
+      </c>
+      <c r="C52" t="n" s="3">
+        <v>7.91202303005E11</v>
+      </c>
+      <c r="D52" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E52" t="s" s="4">
+        <v>158</v>
+      </c>
+      <c r="F52" t="s">
+        <v>16</v>
+      </c>
+      <c r="G52" t="s">
+        <v>199</v>
+      </c>
+      <c r="H52" t="s">
+        <v>0</v>
+      </c>
+      <c r="I52" t="s">
+        <v>200</v>
+      </c>
+      <c r="J52" t="s">
+        <v>0</v>
+      </c>
+      <c r="K52" t="s">
         <v>201</v>
-      </c>
-[...28 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s" s="2">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="B53" t="s" s="2">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C53" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D53" t="s" s="4">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="E53" t="s" s="4">
-        <v>207</v>
+        <v>158</v>
       </c>
       <c r="F53" t="s">
         <v>16</v>
       </c>
       <c r="G53" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="H53" t="s">
         <v>0</v>
       </c>
       <c r="I53" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>258.0</v>
+        <v>200</v>
+      </c>
+      <c r="J53" t="s">
+        <v>0</v>
       </c>
       <c r="K53" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s" s="2">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="B54" t="s" s="2">
-        <v>212</v>
+        <v>74</v>
       </c>
       <c r="C54" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D54" t="s" s="4">
-        <v>213</v>
+        <v>75</v>
       </c>
       <c r="E54" t="s" s="4">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="F54" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G54" t="s">
-        <v>214</v>
+        <v>82</v>
       </c>
       <c r="H54" t="s">
         <v>0</v>
       </c>
       <c r="I54" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="J54" t="s">
         <v>0</v>
       </c>
       <c r="K54" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s" s="2">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="B55" t="s" s="2">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="C55" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D55" t="s" s="4">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="E55" t="s" s="4">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="F55" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G55" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="H55" t="s">
         <v>0</v>
       </c>
       <c r="I55" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="J55" t="s">
         <v>0</v>
       </c>
       <c r="K55" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s" s="2">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="B56" t="s" s="2">
-        <v>28</v>
+        <v>212</v>
       </c>
       <c r="C56" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D56" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E56" t="s" s="4">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F56" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G56" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="H56" t="s">
         <v>0</v>
       </c>
       <c r="I56" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="J56" t="s">
         <v>0</v>
       </c>
       <c r="K56" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s" s="2">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="B57" t="s" s="2">
-        <v>21</v>
+        <v>213</v>
       </c>
       <c r="C57" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D57" t="s" s="4">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E57" t="s" s="4">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F57" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G57" t="s">
-        <v>224</v>
+        <v>209</v>
       </c>
       <c r="H57" t="s">
         <v>0</v>
       </c>
       <c r="I57" t="s">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="J57" t="s">
         <v>0</v>
       </c>
       <c r="K57" t="s">
-        <v>226</v>
+        <v>211</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s" s="2">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="B58" t="s" s="2">
-        <v>155</v>
+        <v>214</v>
       </c>
       <c r="C58" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D58" t="s" s="4">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="E58" t="s" s="4">
-        <v>156</v>
+        <v>46</v>
       </c>
       <c r="F58" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G58" t="s">
-        <v>224</v>
+        <v>209</v>
       </c>
       <c r="H58" t="s">
         <v>0</v>
       </c>
       <c r="I58" t="s">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="J58" t="s">
         <v>0</v>
       </c>
       <c r="K58" t="s">
-        <v>226</v>
+        <v>211</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s" s="2">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="B59" t="s" s="2">
-        <v>228</v>
+        <v>96</v>
       </c>
       <c r="C59" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D59" t="s" s="4">
-        <v>213</v>
+        <v>45</v>
       </c>
       <c r="E59" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F59" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G59" t="s">
-        <v>229</v>
+        <v>209</v>
       </c>
       <c r="H59" t="s">
         <v>0</v>
       </c>
       <c r="I59" t="s">
-        <v>230</v>
+        <v>210</v>
       </c>
       <c r="J59" t="s">
         <v>0</v>
       </c>
       <c r="K59" t="s">
-        <v>231</v>
+        <v>211</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s" s="2">
-        <v>227</v>
+        <v>215</v>
       </c>
       <c r="B60" t="s" s="2">
-        <v>196</v>
+        <v>216</v>
       </c>
       <c r="C60" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202505003E11</v>
       </c>
       <c r="D60" t="s" s="4">
-        <v>197</v>
+        <v>38</v>
       </c>
       <c r="E60" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F60" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G60" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="H60" t="s">
         <v>0</v>
       </c>
       <c r="I60" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="J60" t="s">
         <v>0</v>
       </c>
       <c r="K60" t="s">
-        <v>231</v>
+        <v>219</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s" s="2">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="B61" t="s" s="2">
-        <v>228</v>
+        <v>188</v>
       </c>
       <c r="C61" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D61" t="s" s="4">
-        <v>213</v>
+        <v>22</v>
       </c>
       <c r="E61" t="s" s="4">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F61" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G61" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="H61" t="s">
         <v>0</v>
       </c>
       <c r="I61" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="J61" t="s">
         <v>0</v>
       </c>
       <c r="K61" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s" s="2">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="B62" t="s" s="2">
-        <v>237</v>
+        <v>44</v>
       </c>
       <c r="C62" t="n" s="3">
-        <v>7.91202507001E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D62" t="s" s="4">
-        <v>122</v>
+        <v>45</v>
       </c>
       <c r="E62" t="s" s="4">
-        <v>238</v>
+        <v>46</v>
       </c>
       <c r="F62" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G62" t="s">
-        <v>0</v>
+        <v>225</v>
       </c>
       <c r="H62" t="s">
         <v>0</v>
       </c>
       <c r="I62" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>226</v>
+      </c>
+      <c r="J62" t="n">
+        <v>38.0</v>
       </c>
       <c r="K62" t="s">
-        <v>0</v>
+        <v>227</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s" s="2">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="B63" t="s" s="2">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="C63" t="n" s="3">
-        <v>7.91202505002E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D63" t="s" s="4">
-        <v>45</v>
+        <v>230</v>
       </c>
       <c r="E63" t="s" s="4">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="F63" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G63" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="H63" t="s">
         <v>0</v>
       </c>
       <c r="I63" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="J63" t="s">
         <v>0</v>
       </c>
       <c r="K63" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s" s="2">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="B64" t="s" s="2">
-        <v>44</v>
+        <v>229</v>
       </c>
       <c r="C64" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D64" t="s" s="4">
-        <v>45</v>
+        <v>230</v>
       </c>
       <c r="E64" t="s" s="4">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="F64" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G64" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="H64" t="s">
         <v>0</v>
       </c>
       <c r="I64" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="J64" t="s">
         <v>0</v>
       </c>
       <c r="K64" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s" s="2">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="B65" t="s" s="2">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="C65" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D65" t="s" s="4">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="E65" t="s" s="4">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="F65" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G65" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="H65" t="s">
         <v>0</v>
       </c>
       <c r="I65" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="J65" t="s">
         <v>0</v>
       </c>
       <c r="K65" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s" s="2">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="B66" t="s" s="2">
-        <v>250</v>
+        <v>98</v>
       </c>
       <c r="C66" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D66" t="s" s="4">
-        <v>251</v>
+        <v>99</v>
       </c>
       <c r="E66" t="s" s="4">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="F66" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G66" t="s">
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="H66" t="s">
         <v>0</v>
       </c>
       <c r="I66" t="s">
-        <v>253</v>
+        <v>0</v>
       </c>
       <c r="J66" t="s">
         <v>0</v>
       </c>
       <c r="K66" t="s">
-        <v>254</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s" s="2">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B67" t="s" s="2">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="C67" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D67" t="s" s="4">
-        <v>65</v>
+        <v>107</v>
       </c>
       <c r="E67" t="s" s="4">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="F67" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G67" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="H67" t="s">
         <v>0</v>
       </c>
       <c r="I67" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="J67" t="s">
         <v>0</v>
       </c>
       <c r="K67" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s" s="2">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="B68" t="s" s="2">
-        <v>212</v>
+        <v>249</v>
       </c>
       <c r="C68" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202303008E11</v>
       </c>
       <c r="D68" t="s" s="4">
-        <v>213</v>
+        <v>64</v>
       </c>
       <c r="E68" t="s" s="4">
-        <v>15</v>
+        <v>250</v>
       </c>
       <c r="F68" t="s">
         <v>16</v>
       </c>
       <c r="G68" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="H68" t="s">
         <v>0</v>
       </c>
       <c r="I68" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="J68" t="s">
         <v>0</v>
       </c>
       <c r="K68" t="s">
-        <v>262</v>
+        <v>248</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s" s="2">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="B69" t="s" s="2">
-        <v>228</v>
+        <v>96</v>
       </c>
       <c r="C69" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D69" t="s" s="4">
-        <v>213</v>
+        <v>45</v>
       </c>
       <c r="E69" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F69" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G69" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="H69" t="s">
         <v>0</v>
       </c>
       <c r="I69" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="J69" t="s">
         <v>0</v>
       </c>
       <c r="K69" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s" s="2">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="B70" t="s" s="2">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="C70" t="n" s="3">
-        <v>7.91202207008E11</v>
+        <v>7.91202003001E11</v>
       </c>
       <c r="D70" t="s" s="4">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="E70" t="s" s="4">
-        <v>131</v>
+        <v>258</v>
       </c>
       <c r="F70" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G70" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="H70" t="s">
         <v>0</v>
       </c>
       <c r="I70" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="J70" t="s">
         <v>0</v>
       </c>
       <c r="K70" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s" s="2">
+        <v>262</v>
+      </c>
+      <c r="B71" t="s" s="2">
+        <v>28</v>
+      </c>
+      <c r="C71" t="n" s="3">
+        <v>7.91202510007E11</v>
+      </c>
+      <c r="D71" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E71" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="F71" t="s">
+        <v>24</v>
+      </c>
+      <c r="G71" t="s">
         <v>263</v>
       </c>
-      <c r="B71" t="s" s="2">
-[...16 lines deleted...]
-      </c>
       <c r="H71" t="s">
         <v>0</v>
       </c>
       <c r="I71" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="J71" t="s">
         <v>0</v>
       </c>
       <c r="K71" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s" s="2">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B72" t="s" s="2">
+        <v>96</v>
+      </c>
+      <c r="C72" t="n" s="3">
+        <v>7.91202502005E11</v>
+      </c>
+      <c r="D72" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E72" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F72" t="s">
+        <v>24</v>
+      </c>
+      <c r="G72" t="s">
+        <v>267</v>
+      </c>
+      <c r="H72" t="s">
+        <v>0</v>
+      </c>
+      <c r="I72" t="s">
+        <v>268</v>
+      </c>
+      <c r="J72" t="s">
+        <v>0</v>
+      </c>
+      <c r="K72" t="s">
         <v>269</v>
-      </c>
-[...25 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s" s="2">
         <v>270</v>
       </c>
       <c r="B73" t="s" s="2">
-        <v>228</v>
+        <v>120</v>
       </c>
       <c r="C73" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202403003E11</v>
       </c>
       <c r="D73" t="s" s="4">
-        <v>213</v>
+        <v>52</v>
       </c>
       <c r="E73" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F73" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G73" t="s">
         <v>271</v>
       </c>
       <c r="H73" t="s">
         <v>0</v>
       </c>
       <c r="I73" t="s">
         <v>272</v>
       </c>
       <c r="J73" t="s">
         <v>0</v>
       </c>
       <c r="K73" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s" s="2">
         <v>274</v>
       </c>
       <c r="B74" t="s" s="2">
+        <v>212</v>
+      </c>
+      <c r="C74" t="n" s="3">
+        <v>7.91202505001E11</v>
+      </c>
+      <c r="D74" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E74" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F74" t="s">
+        <v>24</v>
+      </c>
+      <c r="G74" t="s">
         <v>275</v>
       </c>
-      <c r="C74" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D74" t="s" s="4">
+      <c r="H74" t="s">
+        <v>0</v>
+      </c>
+      <c r="I74" t="s">
         <v>276</v>
       </c>
-      <c r="E74" t="s" s="4">
-[...5 lines deleted...]
-      <c r="G74" t="s">
+      <c r="J74" t="s">
+        <v>0</v>
+      </c>
+      <c r="K74" t="s">
         <v>277</v>
-      </c>
-[...10 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s" s="2">
+        <v>278</v>
+      </c>
+      <c r="B75" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="C75" t="n" s="3">
+        <v>7.91202505007E11</v>
+      </c>
+      <c r="D75" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E75" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F75" t="s">
+        <v>24</v>
+      </c>
+      <c r="G75" t="s">
         <v>280</v>
       </c>
-      <c r="B75" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G75" t="s">
+      <c r="H75" t="s">
+        <v>0</v>
+      </c>
+      <c r="I75" t="s">
         <v>281</v>
       </c>
-      <c r="H75" t="s">
-[...2 lines deleted...]
-      <c r="I75" t="s">
+      <c r="J75" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="K75" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s" s="2">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="B76" t="s" s="2">
-        <v>90</v>
+        <v>279</v>
       </c>
       <c r="C76" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D76" t="s" s="4">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="E76" t="s" s="4">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="F76" t="s">
-        <v>31</v>
+        <v>283</v>
       </c>
       <c r="G76" t="s">
-        <v>98</v>
+        <v>280</v>
       </c>
       <c r="H76" t="s">
         <v>0</v>
       </c>
       <c r="I76" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>281</v>
+      </c>
+      <c r="J76" t="n">
+        <v>64.0</v>
       </c>
       <c r="K76" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="B77" t="s" s="2">
+        <v>96</v>
+      </c>
+      <c r="C77" t="n" s="3">
+        <v>7.91202502005E11</v>
+      </c>
+      <c r="D77" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E77" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F77" t="s">
+        <v>24</v>
+      </c>
+      <c r="G77" t="s">
+        <v>285</v>
+      </c>
+      <c r="H77" t="s">
+        <v>0</v>
+      </c>
+      <c r="I77" t="s">
+        <v>286</v>
+      </c>
+      <c r="J77" t="s">
+        <v>0</v>
+      </c>
+      <c r="K77" t="s">
         <v>287</v>
-      </c>
-[...28 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s" s="2">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B78" t="s" s="2">
-        <v>293</v>
+        <v>51</v>
       </c>
       <c r="C78" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D78" t="s" s="4">
         <v>52</v>
       </c>
       <c r="E78" t="s" s="4">
         <v>53</v>
       </c>
       <c r="F78" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G78" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="H78" t="s">
         <v>0</v>
       </c>
       <c r="I78" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="J78" t="s">
         <v>0</v>
       </c>
       <c r="K78" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s" s="2">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B79" t="s" s="2">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="C79" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202502002E11</v>
       </c>
       <c r="D79" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E79" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F79" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G79" t="s">
         <v>290</v>
       </c>
       <c r="H79" t="s">
         <v>0</v>
       </c>
       <c r="I79" t="s">
         <v>291</v>
       </c>
       <c r="J79" t="s">
         <v>0</v>
       </c>
       <c r="K79" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s" s="2">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="B80" t="s" s="2">
+        <v>96</v>
+      </c>
+      <c r="C80" t="n" s="3">
+        <v>7.91202502005E11</v>
+      </c>
+      <c r="D80" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E80" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F80" t="s">
+        <v>24</v>
+      </c>
+      <c r="G80" t="s">
+        <v>294</v>
+      </c>
+      <c r="H80" t="s">
+        <v>0</v>
+      </c>
+      <c r="I80" t="s">
         <v>295</v>
       </c>
-      <c r="C80" t="n" s="3">
-[...19 lines deleted...]
-      </c>
       <c r="J80" t="s">
         <v>0</v>
       </c>
       <c r="K80" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s" s="2">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="B81" t="s" s="2">
-        <v>119</v>
+        <v>229</v>
       </c>
       <c r="C81" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D81" t="s" s="4">
-        <v>52</v>
+        <v>230</v>
       </c>
       <c r="E81" t="s" s="4">
-        <v>53</v>
+        <v>108</v>
       </c>
       <c r="F81" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G81" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="H81" t="s">
         <v>0</v>
       </c>
       <c r="I81" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="J81" t="s">
         <v>0</v>
       </c>
       <c r="K81" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s" s="2">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="B82" t="s" s="2">
-        <v>297</v>
+        <v>63</v>
       </c>
       <c r="C82" t="n" s="3">
-        <v>7.91202505003E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D82" t="s" s="4">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="E82" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F82" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G82" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="H82" t="s">
         <v>0</v>
       </c>
       <c r="I82" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="J82" t="s">
         <v>0</v>
       </c>
       <c r="K82" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s" s="2">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B83" t="s" s="2">
-        <v>245</v>
+        <v>96</v>
       </c>
       <c r="C83" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D83" t="s" s="4">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="E83" t="s" s="4">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F83" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G83" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="H83" t="s">
         <v>0</v>
       </c>
       <c r="I83" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="J83" t="s">
         <v>0</v>
       </c>
       <c r="K83" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s" s="2">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B84" t="s" s="2">
-        <v>51</v>
+        <v>216</v>
       </c>
       <c r="C84" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202505003E11</v>
       </c>
       <c r="D84" t="s" s="4">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="E84" t="s" s="4">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="F84" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G84" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="H84" t="s">
         <v>0</v>
       </c>
       <c r="I84" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>38.0</v>
+        <v>311</v>
+      </c>
+      <c r="J84" t="s">
+        <v>0</v>
       </c>
       <c r="K84" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s" s="2">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B85" t="s" s="2">
-        <v>310</v>
+        <v>85</v>
       </c>
       <c r="C85" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202403005E11</v>
       </c>
       <c r="D85" t="s" s="4">
-        <v>311</v>
+        <v>52</v>
       </c>
       <c r="E85" t="s" s="4">
-        <v>131</v>
+        <v>86</v>
       </c>
       <c r="F85" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G85" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="H85" t="s">
         <v>0</v>
       </c>
       <c r="I85" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="J85" t="s">
         <v>0</v>
       </c>
       <c r="K85" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s" s="2">
+        <v>313</v>
+      </c>
+      <c r="B86" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="C86" t="n" s="3">
+        <v>7.91202510008E11</v>
+      </c>
+      <c r="D86" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E86" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="F86" t="s">
+        <v>24</v>
+      </c>
+      <c r="G86" t="s">
+        <v>314</v>
+      </c>
+      <c r="H86" t="s">
+        <v>0</v>
+      </c>
+      <c r="I86" t="s">
         <v>315</v>
       </c>
-      <c r="B86" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G86" t="s">
+      <c r="J86" t="s">
+        <v>0</v>
+      </c>
+      <c r="K86" t="s">
         <v>316</v>
-      </c>
-[...10 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s" s="2">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="B87" t="s" s="2">
-        <v>228</v>
+        <v>317</v>
       </c>
       <c r="C87" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D87" t="s" s="4">
-        <v>213</v>
+        <v>45</v>
       </c>
       <c r="E87" t="s" s="4">
-        <v>15</v>
+        <v>258</v>
       </c>
       <c r="F87" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G87" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="H87" t="s">
         <v>0</v>
       </c>
       <c r="I87" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="J87" t="s">
         <v>0</v>
       </c>
       <c r="K87" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s" s="2">
+        <v>318</v>
+      </c>
+      <c r="B88" t="s" s="2">
         <v>319</v>
       </c>
-      <c r="B88" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C88" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202103003E11</v>
       </c>
       <c r="D88" t="s" s="4">
-        <v>213</v>
+        <v>320</v>
       </c>
       <c r="E88" t="s" s="4">
-        <v>15</v>
+        <v>126</v>
       </c>
       <c r="F88" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G88" t="s">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="H88" t="s">
         <v>0</v>
       </c>
       <c r="I88" t="s">
-        <v>321</v>
+        <v>0</v>
       </c>
       <c r="J88" t="s">
         <v>0</v>
       </c>
       <c r="K88" t="s">
-        <v>322</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s" s="2">
+        <v>321</v>
+      </c>
+      <c r="B89" t="s" s="2">
+        <v>322</v>
+      </c>
+      <c r="C89" t="n" s="3">
+        <v>7.91202207003E11</v>
+      </c>
+      <c r="D89" t="s" s="4">
+        <v>230</v>
+      </c>
+      <c r="E89" t="s" s="4">
+        <v>108</v>
+      </c>
+      <c r="F89" t="s">
+        <v>24</v>
+      </c>
+      <c r="G89" t="s">
         <v>323</v>
       </c>
-      <c r="B89" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G89" t="s">
+      <c r="H89" t="s">
+        <v>0</v>
+      </c>
+      <c r="I89" t="s">
         <v>324</v>
       </c>
-      <c r="H89" t="s">
-[...2 lines deleted...]
-      <c r="I89" t="s">
+      <c r="J89" t="s">
+        <v>0</v>
+      </c>
+      <c r="K89" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s" s="2">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B90" t="s" s="2">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="C90" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D90" t="s" s="4">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="E90" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="H90" t="s">
         <v>0</v>
       </c>
       <c r="I90" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="J90" t="s">
         <v>0</v>
       </c>
       <c r="K90" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s" s="2">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="B91" t="s" s="2">
-        <v>121</v>
+        <v>327</v>
       </c>
       <c r="C91" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D91" t="s" s="4">
-        <v>122</v>
+        <v>164</v>
       </c>
       <c r="E91" t="s" s="4">
-        <v>123</v>
+        <v>15</v>
       </c>
       <c r="F91" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G91" t="s">
-        <v>0</v>
+        <v>328</v>
       </c>
       <c r="H91" t="s">
         <v>0</v>
       </c>
       <c r="I91" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>329</v>
+      </c>
+      <c r="J91" t="n">
+        <v>1096.0</v>
       </c>
       <c r="K91" t="s">
-        <v>0</v>
+        <v>330</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s" s="2">
+        <v>331</v>
+      </c>
+      <c r="B92" t="s" s="2">
+        <v>125</v>
+      </c>
+      <c r="C92" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D92" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E92" t="s" s="4">
+        <v>126</v>
+      </c>
+      <c r="F92" t="s">
+        <v>16</v>
+      </c>
+      <c r="G92" t="s">
         <v>332</v>
       </c>
-      <c r="B92" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G92" t="s">
+      <c r="H92" t="s">
+        <v>0</v>
+      </c>
+      <c r="I92" t="s">
         <v>333</v>
       </c>
-      <c r="H92" t="s">
-[...2 lines deleted...]
-      <c r="I92" t="s">
+      <c r="J92" t="s">
+        <v>0</v>
+      </c>
+      <c r="K92" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s" s="2">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B93" t="s" s="2">
-        <v>212</v>
+        <v>98</v>
       </c>
       <c r="C93" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D93" t="s" s="4">
-        <v>213</v>
+        <v>99</v>
       </c>
       <c r="E93" t="s" s="4">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="F93" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G93" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="H93" t="s">
         <v>0</v>
       </c>
       <c r="I93" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="J93" t="s">
         <v>0</v>
       </c>
       <c r="K93" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s" s="2">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B94" t="s" s="2">
-        <v>129</v>
+        <v>96</v>
       </c>
       <c r="C94" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D94" t="s" s="4">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="E94" t="s" s="4">
-        <v>131</v>
+        <v>46</v>
       </c>
       <c r="F94" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G94" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="H94" t="s">
         <v>0</v>
       </c>
       <c r="I94" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="J94" t="s">
         <v>0</v>
       </c>
       <c r="K94" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s" s="2">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="B95" t="s" s="2">
-        <v>340</v>
+        <v>322</v>
       </c>
       <c r="C95" t="n" s="3">
-        <v>7.91202303008E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D95" t="s" s="4">
-        <v>83</v>
+        <v>230</v>
       </c>
       <c r="E95" t="s" s="4">
-        <v>341</v>
+        <v>108</v>
       </c>
       <c r="F95" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G95" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="H95" t="s">
         <v>0</v>
       </c>
       <c r="I95" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="J95" t="s">
         <v>0</v>
       </c>
       <c r="K95" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s" s="2">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="B96" t="s" s="2">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="C96" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D96" t="s" s="4">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="E96" t="s" s="4">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="F96" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G96" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="H96" t="s">
         <v>0</v>
       </c>
       <c r="I96" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="J96" t="s">
         <v>0</v>
       </c>
       <c r="K96" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s" s="2">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="B97" t="s" s="2">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C97" t="n" s="3">
-        <v>7.91202003001E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D97" t="s" s="4">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="E97" t="s" s="4">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="F97" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G97" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="H97" t="s">
         <v>0</v>
       </c>
       <c r="I97" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="J97" t="s">
         <v>0</v>
       </c>
       <c r="K97" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s" s="2">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B98" t="s" s="2">
-        <v>354</v>
+        <v>44</v>
       </c>
       <c r="C98" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D98" t="s" s="4">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="E98" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F98" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G98" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="H98" t="s">
         <v>0</v>
       </c>
       <c r="I98" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>1829.0</v>
+        <v>360</v>
+      </c>
+      <c r="J98" t="s">
+        <v>0</v>
       </c>
       <c r="K98" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s" s="2">
         <v>358</v>
       </c>
       <c r="B99" t="s" s="2">
-        <v>228</v>
+        <v>96</v>
       </c>
       <c r="C99" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D99" t="s" s="4">
-        <v>213</v>
+        <v>45</v>
       </c>
       <c r="E99" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F99" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G99" t="s">
         <v>359</v>
       </c>
       <c r="H99" t="s">
         <v>0</v>
       </c>
       <c r="I99" t="s">
         <v>360</v>
       </c>
       <c r="J99" t="s">
         <v>0</v>
       </c>
       <c r="K99" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s" s="2">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B100" t="s" s="2">
-        <v>196</v>
+        <v>28</v>
       </c>
       <c r="C100" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202510007E11</v>
       </c>
       <c r="D100" t="s" s="4">
-        <v>197</v>
+        <v>22</v>
       </c>
       <c r="E100" t="s" s="4">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F100" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G100" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="H100" t="s">
         <v>0</v>
       </c>
       <c r="I100" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="J100" t="s">
         <v>0</v>
       </c>
       <c r="K100" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s" s="2">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="B101" t="s" s="2">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="C101" t="n" s="3">
-        <v>7.91202510007E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D101" t="s" s="4">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="E101" t="s" s="4">
-        <v>30</v>
+        <v>175</v>
       </c>
       <c r="F101" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G101" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="H101" t="s">
         <v>0</v>
       </c>
       <c r="I101" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J101" t="s">
         <v>0</v>
       </c>
       <c r="K101" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s" s="2">
         <v>366</v>
       </c>
       <c r="B102" t="s" s="2">
-        <v>370</v>
+        <v>352</v>
       </c>
       <c r="C102" t="n" s="3">
-        <v>7.91202103001E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D102" t="s" s="4">
-        <v>371</v>
+        <v>353</v>
       </c>
       <c r="E102" t="s" s="4">
-        <v>372</v>
+        <v>354</v>
       </c>
       <c r="F102" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G102" t="s">
         <v>367</v>
       </c>
       <c r="H102" t="s">
         <v>0</v>
       </c>
       <c r="I102" t="s">
         <v>368</v>
       </c>
       <c r="J102" t="s">
         <v>0</v>
       </c>
       <c r="K102" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s" s="2">
+        <v>370</v>
+      </c>
+      <c r="B103" t="s" s="2">
+        <v>125</v>
+      </c>
+      <c r="C103" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D103" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E103" t="s" s="4">
+        <v>126</v>
+      </c>
+      <c r="F103" t="s">
+        <v>16</v>
+      </c>
+      <c r="G103" t="s">
+        <v>371</v>
+      </c>
+      <c r="H103" t="s">
+        <v>0</v>
+      </c>
+      <c r="I103" t="s">
+        <v>372</v>
+      </c>
+      <c r="J103" t="s">
+        <v>0</v>
+      </c>
+      <c r="K103" t="s">
         <v>373</v>
-      </c>
-[...28 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s" s="2">
+        <v>374</v>
+      </c>
+      <c r="B104" t="s" s="2">
+        <v>125</v>
+      </c>
+      <c r="C104" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D104" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E104" t="s" s="4">
+        <v>126</v>
+      </c>
+      <c r="F104" t="s">
+        <v>16</v>
+      </c>
+      <c r="G104" t="s">
+        <v>375</v>
+      </c>
+      <c r="H104" t="s">
+        <v>0</v>
+      </c>
+      <c r="I104" t="s">
+        <v>376</v>
+      </c>
+      <c r="J104" t="s">
+        <v>0</v>
+      </c>
+      <c r="K104" t="s">
         <v>377</v>
-      </c>
-[...28 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s" s="2">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="B105" t="s" s="2">
-        <v>294</v>
+        <v>96</v>
       </c>
       <c r="C105" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D105" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E105" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F105" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G105" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="H105" t="s">
         <v>0</v>
       </c>
       <c r="I105" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="J105" t="s">
         <v>0</v>
       </c>
       <c r="K105" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s" s="2">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="B106" t="s" s="2">
-        <v>386</v>
+        <v>13</v>
       </c>
       <c r="C106" t="n" s="3">
-        <v>7.91202505009E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D106" t="s" s="4">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E106" t="s" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F106" t="s">
-        <v>387</v>
+        <v>16</v>
       </c>
       <c r="G106" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
       <c r="H106" t="s">
         <v>0</v>
       </c>
       <c r="I106" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>64.0</v>
+        <v>380</v>
+      </c>
+      <c r="J106" t="s">
+        <v>0</v>
       </c>
       <c r="K106" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s" s="2">
+        <v>382</v>
+      </c>
+      <c r="B107" t="s" s="2">
+        <v>136</v>
+      </c>
+      <c r="C107" t="n" s="3">
+        <v>7.91202510006E11</v>
+      </c>
+      <c r="D107" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E107" t="s" s="4">
+        <v>31</v>
+      </c>
+      <c r="F107" t="s">
+        <v>24</v>
+      </c>
+      <c r="G107" t="s">
+        <v>383</v>
+      </c>
+      <c r="H107" t="s">
+        <v>0</v>
+      </c>
+      <c r="I107" t="s">
+        <v>384</v>
+      </c>
+      <c r="J107" t="s">
+        <v>0</v>
+      </c>
+      <c r="K107" t="s">
         <v>385</v>
-      </c>
-[...28 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s" s="2">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="B108" t="s" s="2">
-        <v>119</v>
+        <v>207</v>
       </c>
       <c r="C108" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D108" t="s" s="4">
-        <v>52</v>
+        <v>208</v>
       </c>
       <c r="E108" t="s" s="4">
-        <v>53</v>
+        <v>126</v>
       </c>
       <c r="F108" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G108" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="H108" t="s">
         <v>0</v>
       </c>
       <c r="I108" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="J108" t="s">
         <v>0</v>
       </c>
       <c r="K108" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s" s="2">
+        <v>390</v>
+      </c>
+      <c r="B109" t="s" s="2">
+        <v>125</v>
+      </c>
+      <c r="C109" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D109" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E109" t="s" s="4">
+        <v>126</v>
+      </c>
+      <c r="F109" t="s">
+        <v>16</v>
+      </c>
+      <c r="G109" t="s">
         <v>391</v>
       </c>
-      <c r="B109" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G109" t="s">
+      <c r="H109" t="s">
+        <v>0</v>
+      </c>
+      <c r="I109" t="s">
         <v>392</v>
       </c>
-      <c r="H109" t="s">
-[...2 lines deleted...]
-      <c r="I109" t="s">
+      <c r="J109" t="s">
+        <v>0</v>
+      </c>
+      <c r="K109" t="s">
         <v>393</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s" s="2">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="B110" t="s" s="2">
-        <v>228</v>
+        <v>13</v>
       </c>
       <c r="C110" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D110" t="s" s="4">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="E110" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F110" t="s">
         <v>16</v>
       </c>
       <c r="G110" t="s">
+        <v>395</v>
+      </c>
+      <c r="H110" t="s">
+        <v>0</v>
+      </c>
+      <c r="I110" t="s">
         <v>396</v>
       </c>
-      <c r="H110" t="s">
-[...2 lines deleted...]
-      <c r="I110" t="s">
+      <c r="J110" t="s">
+        <v>0</v>
+      </c>
+      <c r="K110" t="s">
         <v>397</v>
-      </c>
-[...4 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s" s="2">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="B111" t="s" s="2">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="C111" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202403003E11</v>
       </c>
       <c r="D111" t="s" s="4">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E111" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F111" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G111" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="H111" t="s">
         <v>0</v>
       </c>
       <c r="I111" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="J111" t="s">
         <v>0</v>
       </c>
       <c r="K111" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s" s="2">
+        <v>398</v>
+      </c>
+      <c r="B112" t="s" s="2">
+        <v>399</v>
+      </c>
+      <c r="C112" t="n" s="3">
+        <v>7.91202303003E11</v>
+      </c>
+      <c r="D112" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E112" t="s" s="4">
+        <v>400</v>
+      </c>
+      <c r="F112" t="s">
+        <v>16</v>
+      </c>
+      <c r="G112" t="s">
+        <v>401</v>
+      </c>
+      <c r="H112" t="s">
+        <v>0</v>
+      </c>
+      <c r="I112" t="s">
+        <v>402</v>
+      </c>
+      <c r="J112" t="s">
+        <v>0</v>
+      </c>
+      <c r="K112" t="s">
         <v>403</v>
-      </c>
-[...28 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s" s="2">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B113" t="s" s="2">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="C113" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D113" t="s" s="4">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="E113" t="s" s="4">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="F113" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G113" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="H113" t="s">
         <v>0</v>
       </c>
       <c r="I113" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="J113" t="s">
         <v>0</v>
       </c>
       <c r="K113" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s" s="2">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B114" t="s" s="2">
-        <v>413</v>
+        <v>13</v>
       </c>
       <c r="C114" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D114" t="s" s="4">
         <v>14</v>
       </c>
       <c r="E114" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F114" t="s">
         <v>16</v>
       </c>
       <c r="G114" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="H114" t="s">
         <v>0</v>
       </c>
       <c r="I114" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="J114" t="s">
         <v>0</v>
       </c>
       <c r="K114" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s" s="2">
         <v>412</v>
       </c>
       <c r="B115" t="s" s="2">
-        <v>58</v>
+        <v>163</v>
       </c>
       <c r="C115" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D115" t="s" s="4">
-        <v>59</v>
+        <v>164</v>
       </c>
       <c r="E115" t="s" s="4">
-        <v>15</v>
+        <v>126</v>
       </c>
       <c r="F115" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G115" t="s">
+        <v>413</v>
+      </c>
+      <c r="H115" t="s">
+        <v>0</v>
+      </c>
+      <c r="I115" t="s">
         <v>414</v>
       </c>
-      <c r="H115" t="s">
-[...2 lines deleted...]
-      <c r="I115" t="s">
+      <c r="J115" t="s">
+        <v>0</v>
+      </c>
+      <c r="K115" t="s">
         <v>415</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s" s="2">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B116" t="s" s="2">
         <v>417</v>
       </c>
       <c r="C116" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202207007E11</v>
       </c>
       <c r="D116" t="s" s="4">
-        <v>59</v>
+        <v>198</v>
       </c>
       <c r="E116" t="s" s="4">
-        <v>15</v>
+        <v>108</v>
       </c>
       <c r="F116" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G116" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="H116" t="s">
         <v>0</v>
       </c>
       <c r="I116" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="J116" t="s">
         <v>0</v>
       </c>
       <c r="K116" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s" s="2">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B117" t="s" s="2">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="C117" t="n" s="3">
-        <v>7.91202004009E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D117" t="s" s="4">
-        <v>14</v>
+        <v>99</v>
       </c>
       <c r="E117" t="s" s="4">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="F117" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G117" t="s">
-        <v>414</v>
+        <v>0</v>
       </c>
       <c r="H117" t="s">
         <v>0</v>
       </c>
       <c r="I117" t="s">
-        <v>415</v>
+        <v>0</v>
       </c>
       <c r="J117" t="s">
         <v>0</v>
       </c>
       <c r="K117" t="s">
-        <v>416</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s" s="2">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="B118" t="s" s="2">
-        <v>275</v>
+        <v>51</v>
       </c>
       <c r="C118" t="n" s="3">
-        <v>7.9120200401E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D118" t="s" s="4">
-        <v>276</v>
+        <v>52</v>
       </c>
       <c r="E118" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F118" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G118" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="H118" t="s">
         <v>0</v>
       </c>
       <c r="I118" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="J118" t="s">
         <v>0</v>
       </c>
       <c r="K118" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s" s="2">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c r="B119" t="s" s="2">
-        <v>310</v>
+        <v>427</v>
       </c>
       <c r="C119" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202409007E11</v>
       </c>
       <c r="D119" t="s" s="4">
-        <v>311</v>
+        <v>52</v>
       </c>
       <c r="E119" t="s" s="4">
-        <v>131</v>
+        <v>53</v>
       </c>
       <c r="F119" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G119" t="s">
-        <v>419</v>
+        <v>0</v>
       </c>
       <c r="H119" t="s">
         <v>0</v>
       </c>
       <c r="I119" t="s">
-        <v>420</v>
+        <v>0</v>
       </c>
       <c r="J119" t="s">
         <v>0</v>
       </c>
       <c r="K119" t="s">
-        <v>421</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s" s="2">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="B120" t="s" s="2">
-        <v>82</v>
+        <v>188</v>
       </c>
       <c r="C120" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D120" t="s" s="4">
-        <v>83</v>
+        <v>22</v>
       </c>
       <c r="E120" t="s" s="4">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="F120" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G120" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="H120" t="s">
         <v>0</v>
       </c>
       <c r="I120" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>430</v>
+      </c>
+      <c r="J120" t="n">
+        <v>903.0</v>
       </c>
       <c r="K120" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s" s="2">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="B121" t="s" s="2">
-        <v>119</v>
+        <v>30</v>
       </c>
       <c r="C121" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D121" t="s" s="4">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="E121" t="s" s="4">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="F121" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G121" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="H121" t="s">
         <v>0</v>
       </c>
       <c r="I121" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="J121" t="s">
         <v>0</v>
       </c>
       <c r="K121" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s" s="2">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B122" t="s" s="2">
-        <v>212</v>
+        <v>13</v>
       </c>
       <c r="C122" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D122" t="s" s="4">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="E122" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F122" t="s">
         <v>16</v>
       </c>
       <c r="G122" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="H122" t="s">
         <v>0</v>
       </c>
       <c r="I122" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="J122" t="s">
         <v>0</v>
       </c>
       <c r="K122" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s" s="2">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B123" t="s" s="2">
-        <v>297</v>
+        <v>317</v>
       </c>
       <c r="C123" t="n" s="3">
-        <v>7.91202505003E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D123" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E123" t="s" s="4">
-        <v>46</v>
+        <v>258</v>
       </c>
       <c r="F123" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G123" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="H123" t="s">
         <v>0</v>
       </c>
       <c r="I123" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="J123" t="s">
         <v>0</v>
       </c>
       <c r="K123" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s" s="2">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B124" t="s" s="2">
-        <v>417</v>
+        <v>441</v>
       </c>
       <c r="C124" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D124" t="s" s="4">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="E124" t="s" s="4">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F124" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G124" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="H124" t="s">
         <v>0</v>
       </c>
       <c r="I124" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="J124" t="s">
         <v>0</v>
       </c>
       <c r="K124" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s" s="2">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B125" t="s" s="2">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="C125" t="n" s="3">
-        <v>7.91202403005E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D125" t="s" s="4">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E125" t="s" s="4">
-        <v>102</v>
+        <v>31</v>
       </c>
       <c r="F125" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G125" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="H125" t="s">
         <v>0</v>
       </c>
       <c r="I125" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="J125" t="s">
         <v>0</v>
       </c>
       <c r="K125" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s" s="2">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="B126" t="s" s="2">
-        <v>446</v>
+        <v>125</v>
       </c>
       <c r="C126" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D126" t="s" s="4">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E126" t="s" s="4">
-        <v>349</v>
+        <v>126</v>
       </c>
       <c r="F126" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G126" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="H126" t="s">
         <v>0</v>
       </c>
       <c r="I126" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="J126" t="s">
         <v>0</v>
       </c>
       <c r="K126" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s" s="2">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="B127" t="s" s="2">
-        <v>28</v>
+        <v>327</v>
       </c>
       <c r="C127" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D127" t="s" s="4">
-        <v>29</v>
+        <v>164</v>
       </c>
       <c r="E127" t="s" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F127" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G127" t="s">
-        <v>443</v>
+        <v>454</v>
       </c>
       <c r="H127" t="s">
-        <v>0</v>
+        <v>455</v>
       </c>
       <c r="I127" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="J127" t="s">
         <v>0</v>
       </c>
       <c r="K127" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s" s="2">
-        <v>447</v>
+        <v>458</v>
       </c>
       <c r="B128" t="s" s="2">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="C128" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D128" t="s" s="4">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="E128" t="s" s="4">
-        <v>106</v>
+        <v>15</v>
       </c>
       <c r="F128" t="s">
         <v>16</v>
       </c>
       <c r="G128" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
       <c r="H128" t="s">
         <v>0</v>
       </c>
       <c r="I128" t="s">
-        <v>449</v>
+        <v>460</v>
       </c>
       <c r="J128" t="s">
         <v>0</v>
       </c>
       <c r="K128" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s" s="2">
-        <v>451</v>
+        <v>462</v>
       </c>
       <c r="B129" t="s" s="2">
-        <v>228</v>
+        <v>317</v>
       </c>
       <c r="C129" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D129" t="s" s="4">
-        <v>213</v>
+        <v>45</v>
       </c>
       <c r="E129" t="s" s="4">
-        <v>15</v>
+        <v>258</v>
       </c>
       <c r="F129" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G129" t="s">
-        <v>452</v>
+        <v>463</v>
       </c>
       <c r="H129" t="s">
         <v>0</v>
       </c>
       <c r="I129" t="s">
-        <v>453</v>
+        <v>464</v>
       </c>
       <c r="J129" t="s">
         <v>0</v>
       </c>
       <c r="K129" t="s">
-        <v>454</v>
+        <v>465</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s" s="2">
-        <v>455</v>
+        <v>466</v>
       </c>
       <c r="B130" t="s" s="2">
-        <v>456</v>
+        <v>106</v>
       </c>
       <c r="C130" t="n" s="3">
-        <v>7.91202103003E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D130" t="s" s="4">
-        <v>457</v>
+        <v>107</v>
       </c>
       <c r="E130" t="s" s="4">
-        <v>156</v>
+        <v>108</v>
       </c>
       <c r="F130" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G130" t="s">
-        <v>0</v>
+        <v>467</v>
       </c>
       <c r="H130" t="s">
         <v>0</v>
       </c>
       <c r="I130" t="s">
-        <v>0</v>
+        <v>468</v>
       </c>
       <c r="J130" t="s">
         <v>0</v>
       </c>
       <c r="K130" t="s">
-        <v>0</v>
+        <v>469</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="2">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="B131" t="s" s="2">
-        <v>228</v>
+        <v>81</v>
       </c>
       <c r="C131" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202403001E11</v>
       </c>
       <c r="D131" t="s" s="4">
-        <v>213</v>
+        <v>52</v>
       </c>
       <c r="E131" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F131" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G131" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="H131" t="s">
         <v>0</v>
       </c>
       <c r="I131" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="J131" t="s">
         <v>0</v>
       </c>
       <c r="K131" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="2">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="B132" t="s" s="2">
-        <v>196</v>
+        <v>63</v>
       </c>
       <c r="C132" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D132" t="s" s="4">
-        <v>197</v>
+        <v>64</v>
       </c>
       <c r="E132" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F132" t="s">
         <v>16</v>
       </c>
       <c r="G132" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
       <c r="H132" t="s">
         <v>0</v>
       </c>
       <c r="I132" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="J132" t="s">
         <v>0</v>
       </c>
       <c r="K132" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s" s="2">
-        <v>458</v>
+        <v>474</v>
       </c>
       <c r="B133" t="s" s="2">
-        <v>76</v>
+        <v>157</v>
       </c>
       <c r="C133" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D133" t="s" s="4">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="E133" t="s" s="4">
-        <v>78</v>
+        <v>158</v>
       </c>
       <c r="F133" t="s">
         <v>16</v>
       </c>
       <c r="G133" t="s">
-        <v>459</v>
+        <v>475</v>
       </c>
       <c r="H133" t="s">
         <v>0</v>
       </c>
       <c r="I133" t="s">
-        <v>460</v>
+        <v>476</v>
       </c>
       <c r="J133" t="s">
         <v>0</v>
       </c>
       <c r="K133" t="s">
-        <v>461</v>
+        <v>477</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s" s="2">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="B134" t="s" s="2">
-        <v>354</v>
+        <v>202</v>
       </c>
       <c r="C134" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D134" t="s" s="4">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="E134" t="s" s="4">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="H134" t="s">
         <v>0</v>
       </c>
       <c r="I134" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="J134" t="s">
         <v>0</v>
       </c>
       <c r="K134" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s" s="2">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="B135" t="s" s="2">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="C135" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202103001E11</v>
       </c>
       <c r="D135" t="s" s="4">
-        <v>311</v>
+        <v>479</v>
       </c>
       <c r="E135" t="s" s="4">
-        <v>131</v>
+        <v>480</v>
       </c>
       <c r="F135" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G135" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="H135" t="s">
         <v>0</v>
       </c>
       <c r="I135" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="J135" t="s">
         <v>0</v>
       </c>
       <c r="K135" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s" s="2">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="B136" t="s" s="2">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="C136" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D136" t="s" s="4">
-        <v>22</v>
+        <v>164</v>
       </c>
       <c r="E136" t="s" s="4">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="F136" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G136" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="H136" t="s">
         <v>0</v>
       </c>
       <c r="I136" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="J136" t="s">
         <v>0</v>
       </c>
       <c r="K136" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s" s="2">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="B137" t="s" s="2">
-        <v>472</v>
+        <v>125</v>
       </c>
       <c r="C137" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D137" t="s" s="4">
-        <v>219</v>
+        <v>64</v>
       </c>
       <c r="E137" t="s" s="4">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="F137" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G137" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="H137" t="s">
         <v>0</v>
       </c>
       <c r="I137" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>1096.0</v>
+        <v>483</v>
+      </c>
+      <c r="J137" t="s">
+        <v>0</v>
       </c>
       <c r="K137" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s" s="2">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="B138" t="s" s="2">
-        <v>155</v>
+        <v>486</v>
       </c>
       <c r="C138" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D138" t="s" s="4">
-        <v>83</v>
+        <v>487</v>
       </c>
       <c r="E138" t="s" s="4">
-        <v>156</v>
+        <v>488</v>
       </c>
       <c r="F138" t="s">
         <v>16</v>
       </c>
       <c r="G138" t="s">
-        <v>477</v>
+        <v>489</v>
       </c>
       <c r="H138" t="s">
         <v>0</v>
       </c>
       <c r="I138" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="J138" t="s">
         <v>0</v>
       </c>
       <c r="K138" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s" s="2">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="B139" t="s" s="2">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="C139" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D139" t="s" s="4">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E139" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F139" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G139" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="H139" t="s">
         <v>0</v>
       </c>
       <c r="I139" t="s">
-        <v>482</v>
+        <v>494</v>
       </c>
       <c r="J139" t="s">
         <v>0</v>
       </c>
       <c r="K139" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s" s="2">
-        <v>480</v>
+        <v>496</v>
       </c>
       <c r="B140" t="s" s="2">
-        <v>121</v>
+        <v>63</v>
       </c>
       <c r="C140" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D140" t="s" s="4">
-        <v>122</v>
+        <v>64</v>
       </c>
       <c r="E140" t="s" s="4">
-        <v>123</v>
+        <v>15</v>
       </c>
       <c r="F140" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G140" t="s">
-        <v>481</v>
+        <v>497</v>
       </c>
       <c r="H140" t="s">
         <v>0</v>
       </c>
       <c r="I140" t="s">
-        <v>482</v>
+        <v>498</v>
       </c>
       <c r="J140" t="s">
         <v>0</v>
       </c>
       <c r="K140" t="s">
-        <v>483</v>
+        <v>499</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s" s="2">
-        <v>484</v>
+        <v>500</v>
       </c>
       <c r="B141" t="s" s="2">
-        <v>250</v>
+        <v>188</v>
       </c>
       <c r="C141" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D141" t="s" s="4">
-        <v>251</v>
+        <v>22</v>
       </c>
       <c r="E141" t="s" s="4">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F141" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G141" t="s">
-        <v>485</v>
+        <v>501</v>
       </c>
       <c r="H141" t="s">
         <v>0</v>
       </c>
       <c r="I141" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>502</v>
+      </c>
+      <c r="J141" t="n">
+        <v>7047.0</v>
       </c>
       <c r="K141" t="s">
-        <v>487</v>
+        <v>503</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s" s="2">
-        <v>488</v>
+        <v>504</v>
       </c>
       <c r="B142" t="s" s="2">
-        <v>119</v>
+        <v>505</v>
       </c>
       <c r="C142" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D142" t="s" s="4">
-        <v>52</v>
+        <v>240</v>
       </c>
       <c r="E142" t="s" s="4">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="F142" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G142" t="s">
-        <v>489</v>
+        <v>506</v>
       </c>
       <c r="H142" t="s">
         <v>0</v>
       </c>
       <c r="I142" t="s">
-        <v>490</v>
+        <v>507</v>
       </c>
       <c r="J142" t="s">
         <v>0</v>
       </c>
       <c r="K142" t="s">
-        <v>491</v>
+        <v>508</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s" s="2">
-        <v>492</v>
+        <v>509</v>
       </c>
       <c r="B143" t="s" s="2">
-        <v>467</v>
+        <v>35</v>
       </c>
       <c r="C143" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D143" t="s" s="4">
-        <v>311</v>
+        <v>22</v>
       </c>
       <c r="E143" t="s" s="4">
-        <v>131</v>
+        <v>31</v>
       </c>
       <c r="F143" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G143" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
       <c r="H143" t="s">
         <v>0</v>
       </c>
       <c r="I143" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
       <c r="J143" t="s">
         <v>0</v>
       </c>
       <c r="K143" t="s">
-        <v>495</v>
+        <v>512</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s" s="2">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="B144" t="s" s="2">
-        <v>90</v>
+        <v>514</v>
       </c>
       <c r="C144" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D144" t="s" s="4">
-        <v>91</v>
+        <v>515</v>
       </c>
       <c r="E144" t="s" s="4">
-        <v>92</v>
+        <v>175</v>
       </c>
       <c r="F144" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G144" t="s">
-        <v>497</v>
+        <v>516</v>
       </c>
       <c r="H144" t="s">
         <v>0</v>
       </c>
       <c r="I144" t="s">
-        <v>498</v>
+        <v>517</v>
       </c>
       <c r="J144" t="s">
         <v>0</v>
       </c>
       <c r="K144" t="s">
-        <v>499</v>
+        <v>518</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s" s="2">
-        <v>500</v>
+        <v>519</v>
       </c>
       <c r="B145" t="s" s="2">
-        <v>501</v>
+        <v>239</v>
       </c>
       <c r="C145" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D145" t="s" s="4">
-        <v>502</v>
+        <v>240</v>
       </c>
       <c r="E145" t="s" s="4">
-        <v>503</v>
+        <v>175</v>
       </c>
       <c r="F145" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G145" t="s">
-        <v>504</v>
+        <v>520</v>
       </c>
       <c r="H145" t="s">
         <v>0</v>
       </c>
       <c r="I145" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>521</v>
+      </c>
+      <c r="J145" t="n">
+        <v>1004.0</v>
       </c>
       <c r="K145" t="s">
-        <v>506</v>
+        <v>522</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s" s="2">
-        <v>507</v>
+        <v>523</v>
       </c>
       <c r="B146" t="s" s="2">
-        <v>119</v>
+        <v>180</v>
       </c>
       <c r="C146" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202507001E11</v>
       </c>
       <c r="D146" t="s" s="4">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="E146" t="s" s="4">
-        <v>53</v>
+        <v>181</v>
       </c>
       <c r="F146" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G146" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="H146" t="s">
         <v>0</v>
       </c>
       <c r="I146" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="J146" t="s">
         <v>0</v>
       </c>
       <c r="K146" t="s">
-        <v>510</v>
+        <v>526</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s" s="2">
-        <v>507</v>
+        <v>523</v>
       </c>
       <c r="B147" t="s" s="2">
-        <v>35</v>
+        <v>212</v>
       </c>
       <c r="C147" t="n" s="3">
-        <v>7.91202510007E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D147" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E147" t="s" s="4">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F147" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G147" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="H147" t="s">
         <v>0</v>
       </c>
       <c r="I147" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="J147" t="s">
         <v>0</v>
       </c>
       <c r="K147" t="s">
-        <v>510</v>
+        <v>526</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s" s="2">
-        <v>507</v>
+        <v>523</v>
       </c>
       <c r="B148" t="s" s="2">
-        <v>51</v>
+        <v>180</v>
       </c>
       <c r="C148" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202502004E11</v>
       </c>
       <c r="D148" t="s" s="4">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E148" t="s" s="4">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F148" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G148" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="H148" t="s">
         <v>0</v>
       </c>
       <c r="I148" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="J148" t="s">
         <v>0</v>
       </c>
       <c r="K148" t="s">
-        <v>510</v>
+        <v>526</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s" s="2">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="B149" t="s" s="2">
-        <v>354</v>
+        <v>528</v>
       </c>
       <c r="C149" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D149" t="s" s="4">
-        <v>14</v>
+        <v>174</v>
       </c>
       <c r="E149" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F149" t="s">
         <v>16</v>
       </c>
       <c r="G149" t="s">
-        <v>512</v>
+        <v>529</v>
       </c>
       <c r="H149" t="s">
         <v>0</v>
       </c>
       <c r="I149" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="J149" t="s">
         <v>0</v>
       </c>
       <c r="K149" t="s">
-        <v>514</v>
+        <v>531</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s" s="2">
-        <v>511</v>
+        <v>532</v>
       </c>
       <c r="B150" t="s" s="2">
-        <v>228</v>
+        <v>533</v>
       </c>
       <c r="C150" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D150" t="s" s="4">
-        <v>213</v>
+        <v>534</v>
       </c>
       <c r="E150" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F150" t="s">
         <v>16</v>
       </c>
       <c r="G150" t="s">
-        <v>512</v>
+        <v>535</v>
       </c>
       <c r="H150" t="s">
         <v>0</v>
       </c>
       <c r="I150" t="s">
-        <v>513</v>
+        <v>536</v>
       </c>
       <c r="J150" t="s">
         <v>0</v>
       </c>
       <c r="K150" t="s">
-        <v>514</v>
+        <v>537</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s" s="2">
-        <v>515</v>
+        <v>538</v>
       </c>
       <c r="B151" t="s" s="2">
-        <v>13</v>
+        <v>239</v>
       </c>
       <c r="C151" t="n" s="3">
-        <v>7.91202004009E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D151" t="s" s="4">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="E151" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F151" t="s">
         <v>16</v>
       </c>
       <c r="G151" t="s">
-        <v>516</v>
+        <v>539</v>
       </c>
       <c r="H151" t="s">
         <v>0</v>
       </c>
       <c r="I151" t="s">
-        <v>517</v>
+        <v>540</v>
       </c>
       <c r="J151" t="s">
         <v>0</v>
       </c>
       <c r="K151" t="s">
-        <v>518</v>
+        <v>541</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s" s="2">
-        <v>519</v>
+        <v>542</v>
       </c>
       <c r="B152" t="s" s="2">
-        <v>144</v>
+        <v>30</v>
       </c>
       <c r="C152" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D152" t="s" s="4">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="E152" t="s" s="4">
-        <v>106</v>
+        <v>31</v>
       </c>
       <c r="F152" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G152" t="s">
-        <v>520</v>
+        <v>543</v>
       </c>
       <c r="H152" t="s">
         <v>0</v>
       </c>
       <c r="I152" t="s">
-        <v>521</v>
+        <v>544</v>
       </c>
       <c r="J152" t="s">
         <v>0</v>
       </c>
       <c r="K152" t="s">
-        <v>522</v>
+        <v>545</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s" s="2">
-        <v>523</v>
+        <v>546</v>
       </c>
       <c r="B153" t="s" s="2">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="C153" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D153" t="s" s="4">
-        <v>213</v>
+        <v>240</v>
       </c>
       <c r="E153" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
-        <v>524</v>
+        <v>547</v>
       </c>
       <c r="H153" t="s">
         <v>0</v>
       </c>
       <c r="I153" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>548</v>
+      </c>
+      <c r="J153" t="n">
+        <v>413.0</v>
       </c>
       <c r="K153" t="s">
-        <v>526</v>
+        <v>549</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s" s="2">
-        <v>527</v>
+        <v>546</v>
       </c>
       <c r="B154" t="s" s="2">
-        <v>501</v>
+        <v>173</v>
       </c>
       <c r="C154" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D154" t="s" s="4">
-        <v>502</v>
+        <v>174</v>
       </c>
       <c r="E154" t="s" s="4">
-        <v>503</v>
+        <v>175</v>
       </c>
       <c r="F154" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G154" t="s">
-        <v>528</v>
+        <v>547</v>
       </c>
       <c r="H154" t="s">
         <v>0</v>
       </c>
       <c r="I154" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>548</v>
+      </c>
+      <c r="J154" t="n">
+        <v>413.0</v>
       </c>
       <c r="K154" t="s">
-        <v>530</v>
+        <v>549</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s" s="2">
-        <v>531</v>
+        <v>550</v>
       </c>
       <c r="B155" t="s" s="2">
-        <v>155</v>
+        <v>417</v>
       </c>
       <c r="C155" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202207007E11</v>
       </c>
       <c r="D155" t="s" s="4">
-        <v>83</v>
+        <v>198</v>
       </c>
       <c r="E155" t="s" s="4">
-        <v>156</v>
+        <v>108</v>
       </c>
       <c r="F155" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G155" t="s">
-        <v>532</v>
+        <v>551</v>
       </c>
       <c r="H155" t="s">
         <v>0</v>
       </c>
       <c r="I155" t="s">
-        <v>533</v>
+        <v>552</v>
       </c>
       <c r="J155" t="s">
         <v>0</v>
       </c>
       <c r="K155" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s" s="2">
-        <v>535</v>
+        <v>554</v>
       </c>
       <c r="B156" t="s" s="2">
-        <v>228</v>
+        <v>125</v>
       </c>
       <c r="C156" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D156" t="s" s="4">
-        <v>213</v>
+        <v>64</v>
       </c>
       <c r="E156" t="s" s="4">
-        <v>15</v>
+        <v>126</v>
       </c>
       <c r="F156" t="s">
         <v>16</v>
       </c>
       <c r="G156" t="s">
-        <v>536</v>
+        <v>555</v>
       </c>
       <c r="H156" t="s">
         <v>0</v>
       </c>
       <c r="I156" t="s">
-        <v>537</v>
+        <v>556</v>
       </c>
       <c r="J156" t="s">
         <v>0</v>
       </c>
       <c r="K156" t="s">
-        <v>538</v>
+        <v>557</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s" s="2">
-        <v>539</v>
+        <v>558</v>
       </c>
       <c r="B157" t="s" s="2">
-        <v>228</v>
+        <v>559</v>
       </c>
       <c r="C157" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D157" t="s" s="4">
-        <v>213</v>
+        <v>560</v>
       </c>
       <c r="E157" t="s" s="4">
-        <v>15</v>
+        <v>561</v>
       </c>
       <c r="F157" t="s">
         <v>16</v>
       </c>
       <c r="G157" t="s">
-        <v>540</v>
+        <v>562</v>
       </c>
       <c r="H157" t="s">
         <v>0</v>
       </c>
       <c r="I157" t="s">
-        <v>541</v>
+        <v>563</v>
       </c>
       <c r="J157" t="s">
         <v>0</v>
       </c>
       <c r="K157" t="s">
-        <v>542</v>
+        <v>564</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s" s="2">
-        <v>543</v>
+        <v>565</v>
       </c>
       <c r="B158" t="s" s="2">
-        <v>228</v>
+        <v>327</v>
       </c>
       <c r="C158" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D158" t="s" s="4">
-        <v>213</v>
+        <v>164</v>
       </c>
       <c r="E158" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F158" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G158" t="s">
-        <v>544</v>
+        <v>566</v>
       </c>
       <c r="H158" t="s">
         <v>0</v>
       </c>
       <c r="I158" t="s">
-        <v>545</v>
+        <v>567</v>
       </c>
       <c r="J158" t="s">
         <v>0</v>
       </c>
       <c r="K158" t="s">
-        <v>546</v>
+        <v>568</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s" s="2">
-        <v>543</v>
+        <v>569</v>
       </c>
       <c r="B159" t="s" s="2">
-        <v>58</v>
+        <v>570</v>
       </c>
       <c r="C159" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D159" t="s" s="4">
-        <v>59</v>
+        <v>571</v>
       </c>
       <c r="E159" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F159" t="s">
         <v>16</v>
       </c>
       <c r="G159" t="s">
-        <v>544</v>
+        <v>572</v>
       </c>
       <c r="H159" t="s">
         <v>0</v>
       </c>
       <c r="I159" t="s">
-        <v>545</v>
+        <v>573</v>
       </c>
       <c r="J159" t="s">
         <v>0</v>
       </c>
       <c r="K159" t="s">
-        <v>546</v>
+        <v>574</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s" s="2">
-        <v>547</v>
+        <v>575</v>
       </c>
       <c r="B160" t="s" s="2">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="C160" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D160" t="s" s="4">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="E160" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F160" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G160" t="s">
-        <v>548</v>
+        <v>576</v>
       </c>
       <c r="H160" t="s">
         <v>0</v>
       </c>
       <c r="I160" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>577</v>
+      </c>
+      <c r="J160" t="n">
+        <v>234.0</v>
       </c>
       <c r="K160" t="s">
-        <v>550</v>
+        <v>578</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s" s="2">
-        <v>547</v>
+        <v>579</v>
       </c>
       <c r="B161" t="s" s="2">
-        <v>155</v>
+        <v>74</v>
       </c>
       <c r="C161" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D161" t="s" s="4">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E161" t="s" s="4">
-        <v>156</v>
+        <v>76</v>
       </c>
       <c r="F161" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G161" t="s">
-        <v>548</v>
+        <v>580</v>
       </c>
       <c r="H161" t="s">
         <v>0</v>
       </c>
       <c r="I161" t="s">
-        <v>549</v>
+        <v>581</v>
       </c>
       <c r="J161" t="s">
         <v>0</v>
       </c>
       <c r="K161" t="s">
-        <v>550</v>
+        <v>582</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s" s="2">
-        <v>547</v>
+        <v>583</v>
       </c>
       <c r="B162" t="s" s="2">
-        <v>119</v>
+        <v>44</v>
       </c>
       <c r="C162" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D162" t="s" s="4">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E162" t="s" s="4">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F162" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G162" t="s">
-        <v>548</v>
+        <v>584</v>
       </c>
       <c r="H162" t="s">
         <v>0</v>
       </c>
       <c r="I162" t="s">
-        <v>549</v>
+        <v>585</v>
       </c>
       <c r="J162" t="s">
         <v>0</v>
       </c>
       <c r="K162" t="s">
-        <v>550</v>
+        <v>586</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s" s="2">
-        <v>551</v>
+        <v>587</v>
       </c>
       <c r="B163" t="s" s="2">
-        <v>58</v>
+        <v>505</v>
       </c>
       <c r="C163" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D163" t="s" s="4">
-        <v>59</v>
+        <v>240</v>
       </c>
       <c r="E163" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F163" t="s">
         <v>16</v>
       </c>
       <c r="G163" t="s">
-        <v>552</v>
+        <v>588</v>
       </c>
       <c r="H163" t="s">
         <v>0</v>
       </c>
       <c r="I163" t="s">
-        <v>553</v>
+        <v>589</v>
       </c>
       <c r="J163" t="s">
         <v>0</v>
       </c>
       <c r="K163" t="s">
-        <v>554</v>
+        <v>590</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s" s="2">
-        <v>555</v>
+        <v>591</v>
       </c>
       <c r="B164" t="s" s="2">
-        <v>58</v>
+        <v>125</v>
       </c>
       <c r="C164" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D164" t="s" s="4">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="E164" t="s" s="4">
-        <v>15</v>
+        <v>126</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
-        <v>556</v>
+        <v>592</v>
       </c>
       <c r="H164" t="s">
         <v>0</v>
       </c>
       <c r="I164" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>593</v>
+      </c>
+      <c r="J164" t="n">
+        <v>4639.0</v>
       </c>
       <c r="K164" t="s">
-        <v>558</v>
+        <v>594</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s" s="2">
-        <v>559</v>
+        <v>595</v>
       </c>
       <c r="B165" t="s" s="2">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="C165" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D165" t="s" s="4">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E165" t="s" s="4">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="F165" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G165" t="s">
-        <v>560</v>
+        <v>596</v>
       </c>
       <c r="H165" t="s">
         <v>0</v>
       </c>
       <c r="I165" t="s">
-        <v>561</v>
+        <v>597</v>
       </c>
       <c r="J165" t="s">
         <v>0</v>
       </c>
       <c r="K165" t="s">
-        <v>562</v>
+        <v>598</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s" s="2">
-        <v>563</v>
+        <v>599</v>
       </c>
       <c r="B166" t="s" s="2">
-        <v>163</v>
+        <v>239</v>
       </c>
       <c r="C166" t="n" s="3">
-        <v>7.91202510006E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D166" t="s" s="4">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="E166" t="s" s="4">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="F166" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G166" t="s">
-        <v>564</v>
+        <v>600</v>
       </c>
       <c r="H166" t="s">
         <v>0</v>
       </c>
       <c r="I166" t="s">
-        <v>565</v>
+        <v>601</v>
       </c>
       <c r="J166" t="s">
         <v>0</v>
       </c>
       <c r="K166" t="s">
-        <v>566</v>
+        <v>602</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s" s="2">
-        <v>567</v>
+        <v>603</v>
       </c>
       <c r="B167" t="s" s="2">
-        <v>288</v>
+        <v>604</v>
       </c>
       <c r="C167" t="n" s="3">
-        <v>7.91202103009E11</v>
+        <v>7.91202103005E11</v>
       </c>
       <c r="D167" t="s" s="4">
-        <v>289</v>
+        <v>605</v>
       </c>
       <c r="E167" t="s" s="4">
-        <v>156</v>
+        <v>606</v>
       </c>
       <c r="F167" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G167" t="s">
-        <v>568</v>
+        <v>607</v>
       </c>
       <c r="H167" t="s">
         <v>0</v>
       </c>
       <c r="I167" t="s">
-        <v>569</v>
+        <v>608</v>
       </c>
       <c r="J167" t="s">
         <v>0</v>
       </c>
       <c r="K167" t="s">
-        <v>570</v>
+        <v>609</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s" s="2">
-        <v>571</v>
+        <v>610</v>
       </c>
       <c r="B168" t="s" s="2">
-        <v>572</v>
+        <v>214</v>
       </c>
       <c r="C168" t="n" s="3">
-        <v>7.91202003003E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D168" t="s" s="4">
-        <v>573</v>
+        <v>45</v>
       </c>
       <c r="E168" t="s" s="4">
-        <v>574</v>
+        <v>46</v>
       </c>
       <c r="F168" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G168" t="s">
-        <v>575</v>
+        <v>611</v>
       </c>
       <c r="H168" t="s">
         <v>0</v>
       </c>
       <c r="I168" t="s">
-        <v>576</v>
+        <v>612</v>
       </c>
       <c r="J168" t="s">
         <v>0</v>
       </c>
       <c r="K168" t="s">
-        <v>577</v>
+        <v>613</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s" s="2">
-        <v>578</v>
+        <v>614</v>
       </c>
       <c r="B169" t="s" s="2">
-        <v>155</v>
+        <v>197</v>
       </c>
       <c r="C169" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202207008E11</v>
       </c>
       <c r="D169" t="s" s="4">
-        <v>83</v>
+        <v>198</v>
       </c>
       <c r="E169" t="s" s="4">
-        <v>156</v>
+        <v>108</v>
       </c>
       <c r="F169" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G169" t="s">
-        <v>579</v>
+        <v>615</v>
       </c>
       <c r="H169" t="s">
         <v>0</v>
       </c>
       <c r="I169" t="s">
-        <v>580</v>
+        <v>616</v>
       </c>
       <c r="J169" t="s">
         <v>0</v>
       </c>
       <c r="K169" t="s">
-        <v>581</v>
+        <v>617</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s" s="2">
-        <v>582</v>
+        <v>618</v>
       </c>
       <c r="B170" t="s" s="2">
-        <v>144</v>
+        <v>619</v>
       </c>
       <c r="C170" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202200703E11</v>
       </c>
       <c r="D170" t="s" s="4">
-        <v>105</v>
+        <v>230</v>
       </c>
       <c r="E170" t="s" s="4">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F170" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G170" t="s">
-        <v>583</v>
+        <v>620</v>
       </c>
       <c r="H170" t="s">
         <v>0</v>
       </c>
       <c r="I170" t="s">
-        <v>584</v>
+        <v>621</v>
       </c>
       <c r="J170" t="s">
         <v>0</v>
       </c>
       <c r="K170" t="s">
-        <v>585</v>
+        <v>622</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s" s="2">
-        <v>586</v>
+        <v>618</v>
       </c>
       <c r="B171" t="s" s="2">
         <v>21</v>
       </c>
       <c r="C171" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D171" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E171" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F171" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G171" t="s">
-        <v>587</v>
+        <v>620</v>
       </c>
       <c r="H171" t="s">
         <v>0</v>
       </c>
       <c r="I171" t="s">
-        <v>588</v>
+        <v>621</v>
       </c>
       <c r="J171" t="s">
         <v>0</v>
       </c>
       <c r="K171" t="s">
-        <v>589</v>
+        <v>622</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s" s="2">
-        <v>586</v>
+        <v>618</v>
       </c>
       <c r="B172" t="s" s="2">
-        <v>147</v>
+        <v>28</v>
       </c>
       <c r="C172" t="n" s="3">
-        <v>7.91202403003E11</v>
+        <v>7.91202510007E11</v>
       </c>
       <c r="D172" t="s" s="4">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E172" t="s" s="4">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F172" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G172" t="s">
-        <v>587</v>
+        <v>620</v>
       </c>
       <c r="H172" t="s">
         <v>0</v>
       </c>
       <c r="I172" t="s">
-        <v>588</v>
+        <v>621</v>
       </c>
       <c r="J172" t="s">
         <v>0</v>
       </c>
       <c r="K172" t="s">
-        <v>589</v>
+        <v>622</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s" s="2">
-        <v>590</v>
+        <v>623</v>
       </c>
       <c r="B173" t="s" s="2">
-        <v>228</v>
+        <v>624</v>
       </c>
       <c r="C173" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202007022E11</v>
       </c>
       <c r="D173" t="s" s="4">
-        <v>213</v>
+        <v>625</v>
       </c>
       <c r="E173" t="s" s="4">
-        <v>15</v>
+        <v>488</v>
       </c>
       <c r="F173" t="s">
         <v>16</v>
       </c>
       <c r="G173" t="s">
-        <v>591</v>
+        <v>626</v>
       </c>
       <c r="H173" t="s">
         <v>0</v>
       </c>
       <c r="I173" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>734.0</v>
+        <v>627</v>
+      </c>
+      <c r="J173" t="s">
+        <v>0</v>
       </c>
       <c r="K173" t="s">
-        <v>593</v>
+        <v>628</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s" s="2">
-        <v>594</v>
+        <v>623</v>
       </c>
       <c r="B174" t="s" s="2">
-        <v>595</v>
+        <v>629</v>
       </c>
       <c r="C174" t="n" s="3">
-        <v>7.91202303003E11</v>
+        <v>7.91202005017E11</v>
       </c>
       <c r="D174" t="s" s="4">
-        <v>22</v>
+        <v>571</v>
       </c>
       <c r="E174" t="s" s="4">
-        <v>596</v>
+        <v>561</v>
       </c>
       <c r="F174" t="s">
         <v>16</v>
       </c>
       <c r="G174" t="s">
-        <v>597</v>
+        <v>626</v>
       </c>
       <c r="H174" t="s">
         <v>0</v>
       </c>
       <c r="I174" t="s">
-        <v>598</v>
+        <v>627</v>
       </c>
       <c r="J174" t="s">
         <v>0</v>
       </c>
       <c r="K174" t="s">
-        <v>599</v>
+        <v>628</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s" s="2">
-        <v>600</v>
+        <v>630</v>
       </c>
       <c r="B175" t="s" s="2">
-        <v>121</v>
+        <v>106</v>
       </c>
       <c r="C175" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D175" t="s" s="4">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="E175" t="s" s="4">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="F175" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G175" t="s">
-        <v>601</v>
+        <v>631</v>
       </c>
       <c r="H175" t="s">
         <v>0</v>
       </c>
       <c r="I175" t="s">
-        <v>602</v>
+        <v>632</v>
       </c>
       <c r="J175" t="s">
         <v>0</v>
       </c>
       <c r="K175" t="s">
-        <v>603</v>
+        <v>633</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s" s="2">
-        <v>604</v>
+        <v>634</v>
       </c>
       <c r="B176" t="s" s="2">
-        <v>21</v>
+        <v>213</v>
       </c>
       <c r="C176" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D176" t="s" s="4">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E176" t="s" s="4">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F176" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G176" t="s">
-        <v>605</v>
+        <v>635</v>
       </c>
       <c r="H176" t="s">
         <v>0</v>
       </c>
       <c r="I176" t="s">
-        <v>606</v>
+        <v>636</v>
       </c>
       <c r="J176" t="s">
         <v>0</v>
       </c>
       <c r="K176" t="s">
-        <v>607</v>
+        <v>637</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s" s="2">
-        <v>608</v>
+        <v>634</v>
       </c>
       <c r="B177" t="s" s="2">
-        <v>218</v>
+        <v>96</v>
       </c>
       <c r="C177" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D177" t="s" s="4">
-        <v>219</v>
+        <v>45</v>
       </c>
       <c r="E177" t="s" s="4">
-        <v>156</v>
+        <v>46</v>
       </c>
       <c r="F177" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G177" t="s">
-        <v>609</v>
+        <v>635</v>
       </c>
       <c r="H177" t="s">
         <v>0</v>
       </c>
       <c r="I177" t="s">
-        <v>610</v>
+        <v>636</v>
       </c>
       <c r="J177" t="s">
         <v>0</v>
       </c>
       <c r="K177" t="s">
-        <v>611</v>
+        <v>637</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s" s="2">
-        <v>612</v>
+        <v>638</v>
       </c>
       <c r="B178" t="s" s="2">
-        <v>613</v>
+        <v>173</v>
       </c>
       <c r="C178" t="n" s="3">
-        <v>7.91202207007E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D178" t="s" s="4">
-        <v>265</v>
+        <v>174</v>
       </c>
       <c r="E178" t="s" s="4">
-        <v>131</v>
+        <v>175</v>
       </c>
       <c r="F178" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G178" t="s">
-        <v>614</v>
+        <v>639</v>
       </c>
       <c r="H178" t="s">
         <v>0</v>
       </c>
       <c r="I178" t="s">
-        <v>615</v>
+        <v>640</v>
       </c>
       <c r="J178" t="s">
         <v>0</v>
       </c>
       <c r="K178" t="s">
-        <v>616</v>
+        <v>641</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s" s="2">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B179" t="s" s="2">
-        <v>121</v>
+        <v>30</v>
       </c>
       <c r="C179" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D179" t="s" s="4">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="E179" t="s" s="4">
-        <v>123</v>
+        <v>31</v>
       </c>
       <c r="F179" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G179" t="s">
-        <v>0</v>
+        <v>643</v>
       </c>
       <c r="H179" t="s">
         <v>0</v>
       </c>
       <c r="I179" t="s">
-        <v>0</v>
+        <v>644</v>
       </c>
       <c r="J179" t="s">
         <v>0</v>
       </c>
       <c r="K179" t="s">
-        <v>0</v>
+        <v>645</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s" s="2">
-        <v>618</v>
+        <v>646</v>
       </c>
       <c r="B180" t="s" s="2">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="C180" t="n" s="3">
         <v>7.91202409005E11</v>
       </c>
       <c r="D180" t="s" s="4">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E180" t="s" s="4">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="F180" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G180" t="s">
-        <v>619</v>
+        <v>647</v>
       </c>
       <c r="H180" t="s">
         <v>0</v>
       </c>
       <c r="I180" t="s">
-        <v>620</v>
+        <v>648</v>
       </c>
       <c r="J180" t="s">
         <v>0</v>
       </c>
       <c r="K180" t="s">
-        <v>621</v>
+        <v>649</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s" s="2">
-        <v>622</v>
+        <v>646</v>
       </c>
       <c r="B181" t="s" s="2">
-        <v>212</v>
+        <v>352</v>
       </c>
       <c r="C181" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D181" t="s" s="4">
-        <v>213</v>
+        <v>353</v>
       </c>
       <c r="E181" t="s" s="4">
-        <v>15</v>
+        <v>354</v>
       </c>
       <c r="F181" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G181" t="s">
-        <v>623</v>
+        <v>647</v>
       </c>
       <c r="H181" t="s">
         <v>0</v>
       </c>
       <c r="I181" t="s">
-        <v>624</v>
+        <v>648</v>
       </c>
       <c r="J181" t="s">
         <v>0</v>
       </c>
       <c r="K181" t="s">
-        <v>625</v>
+        <v>649</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s" s="2">
-        <v>622</v>
+        <v>650</v>
       </c>
       <c r="B182" t="s" s="2">
-        <v>228</v>
+        <v>486</v>
       </c>
       <c r="C182" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D182" t="s" s="4">
-        <v>213</v>
+        <v>487</v>
       </c>
       <c r="E182" t="s" s="4">
-        <v>15</v>
+        <v>488</v>
       </c>
       <c r="F182" t="s">
         <v>16</v>
       </c>
       <c r="G182" t="s">
-        <v>623</v>
+        <v>651</v>
       </c>
       <c r="H182" t="s">
         <v>0</v>
       </c>
       <c r="I182" t="s">
-        <v>624</v>
+        <v>652</v>
       </c>
       <c r="J182" t="s">
         <v>0</v>
       </c>
       <c r="K182" t="s">
-        <v>625</v>
+        <v>653</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s" s="2">
-        <v>626</v>
+        <v>654</v>
       </c>
       <c r="B183" t="s" s="2">
-        <v>627</v>
+        <v>157</v>
       </c>
       <c r="C183" t="n" s="3">
-        <v>7.91202409007E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D183" t="s" s="4">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="E183" t="s" s="4">
-        <v>66</v>
+        <v>158</v>
       </c>
       <c r="F183" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G183" t="s">
-        <v>0</v>
+        <v>655</v>
       </c>
       <c r="H183" t="s">
         <v>0</v>
       </c>
       <c r="I183" t="s">
-        <v>0</v>
+        <v>656</v>
       </c>
       <c r="J183" t="s">
         <v>0</v>
       </c>
       <c r="K183" t="s">
-        <v>0</v>
+        <v>657</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s" s="2">
-        <v>628</v>
+        <v>658</v>
       </c>
       <c r="B184" t="s" s="2">
-        <v>245</v>
+        <v>173</v>
       </c>
       <c r="C184" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D184" t="s" s="4">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="E184" t="s" s="4">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="F184" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G184" t="s">
-        <v>629</v>
+        <v>659</v>
       </c>
       <c r="H184" t="s">
         <v>0</v>
       </c>
       <c r="I184" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>903.0</v>
+        <v>660</v>
+      </c>
+      <c r="J184" t="s">
+        <v>0</v>
       </c>
       <c r="K184" t="s">
-        <v>631</v>
+        <v>661</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s" s="2">
-        <v>632</v>
+        <v>662</v>
       </c>
       <c r="B185" t="s" s="2">
-        <v>37</v>
+        <v>441</v>
       </c>
       <c r="C185" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D185" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E185" t="s" s="4">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="F185" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G185" t="s">
-        <v>633</v>
+        <v>0</v>
       </c>
       <c r="H185" t="s">
         <v>0</v>
       </c>
       <c r="I185" t="s">
-        <v>634</v>
+        <v>0</v>
       </c>
       <c r="J185" t="s">
         <v>0</v>
       </c>
       <c r="K185" t="s">
-        <v>635</v>
+        <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s" s="2">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="B186" t="s" s="2">
-        <v>21</v>
+        <v>624</v>
       </c>
       <c r="C186" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202007022E11</v>
       </c>
       <c r="D186" t="s" s="4">
-        <v>22</v>
+        <v>625</v>
       </c>
       <c r="E186" t="s" s="4">
-        <v>23</v>
+        <v>488</v>
       </c>
       <c r="F186" t="s">
         <v>16</v>
       </c>
       <c r="G186" t="s">
-        <v>633</v>
+        <v>664</v>
       </c>
       <c r="H186" t="s">
         <v>0</v>
       </c>
       <c r="I186" t="s">
-        <v>634</v>
+        <v>665</v>
       </c>
       <c r="J186" t="s">
         <v>0</v>
       </c>
       <c r="K186" t="s">
-        <v>635</v>
+        <v>666</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s" s="2">
-        <v>636</v>
+        <v>663</v>
       </c>
       <c r="B187" t="s" s="2">
-        <v>446</v>
+        <v>13</v>
       </c>
       <c r="C187" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D187" t="s" s="4">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="E187" t="s" s="4">
-        <v>349</v>
+        <v>15</v>
       </c>
       <c r="F187" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G187" t="s">
-        <v>637</v>
+        <v>664</v>
       </c>
       <c r="H187" t="s">
         <v>0</v>
       </c>
       <c r="I187" t="s">
-        <v>638</v>
+        <v>665</v>
       </c>
       <c r="J187" t="s">
         <v>0</v>
       </c>
       <c r="K187" t="s">
-        <v>639</v>
+        <v>666</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s" s="2">
-        <v>640</v>
+        <v>667</v>
       </c>
       <c r="B188" t="s" s="2">
-        <v>228</v>
+        <v>13</v>
       </c>
       <c r="C188" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D188" t="s" s="4">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="E188" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
-        <v>641</v>
+        <v>668</v>
       </c>
       <c r="H188" t="s">
         <v>0</v>
       </c>
       <c r="I188" t="s">
-        <v>642</v>
+        <v>669</v>
       </c>
       <c r="J188" t="s">
         <v>0</v>
       </c>
       <c r="K188" t="s">
-        <v>643</v>
+        <v>670</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s" s="2">
-        <v>644</v>
+        <v>667</v>
       </c>
       <c r="B189" t="s" s="2">
-        <v>417</v>
+        <v>74</v>
       </c>
       <c r="C189" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D189" t="s" s="4">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="E189" t="s" s="4">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="F189" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G189" t="s">
-        <v>439</v>
+        <v>668</v>
       </c>
       <c r="H189" t="s">
         <v>0</v>
       </c>
       <c r="I189" t="s">
-        <v>440</v>
+        <v>669</v>
       </c>
       <c r="J189" t="s">
         <v>0</v>
       </c>
       <c r="K189" t="s">
-        <v>645</v>
+        <v>670</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s" s="2">
-        <v>646</v>
+        <v>667</v>
       </c>
       <c r="B190" t="s" s="2">
-        <v>647</v>
+        <v>125</v>
       </c>
       <c r="C190" t="n" s="3">
-        <v>7.91202510001E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D190" t="s" s="4">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="E190" t="s" s="4">
-        <v>38</v>
+        <v>126</v>
       </c>
       <c r="F190" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G190" t="s">
-        <v>648</v>
+        <v>668</v>
       </c>
       <c r="H190" t="s">
         <v>0</v>
       </c>
       <c r="I190" t="s">
-        <v>649</v>
+        <v>669</v>
       </c>
       <c r="J190" t="s">
         <v>0</v>
       </c>
       <c r="K190" t="s">
-        <v>650</v>
+        <v>670</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s" s="2">
-        <v>651</v>
+        <v>671</v>
       </c>
       <c r="B191" t="s" s="2">
-        <v>42</v>
+        <v>131</v>
       </c>
       <c r="C191" t="n" s="3">
-        <v>7.91202510004E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D191" t="s" s="4">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E191" t="s" s="4">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F191" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G191" t="s">
-        <v>652</v>
+        <v>672</v>
       </c>
       <c r="H191" t="s">
         <v>0</v>
       </c>
       <c r="I191" t="s">
-        <v>653</v>
+        <v>673</v>
       </c>
       <c r="J191" t="s">
         <v>0</v>
       </c>
       <c r="K191" t="s">
-        <v>654</v>
+        <v>674</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s" s="2">
-        <v>655</v>
+        <v>675</v>
       </c>
       <c r="B192" t="s" s="2">
-        <v>76</v>
+        <v>125</v>
       </c>
       <c r="C192" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D192" t="s" s="4">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="E192" t="s" s="4">
-        <v>78</v>
+        <v>126</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
-        <v>656</v>
+        <v>676</v>
       </c>
       <c r="H192" t="s">
         <v>0</v>
       </c>
       <c r="I192" t="s">
-        <v>657</v>
+        <v>677</v>
       </c>
       <c r="J192" t="s">
         <v>0</v>
       </c>
       <c r="K192" t="s">
-        <v>658</v>
+        <v>678</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s" s="2">
-        <v>659</v>
+        <v>679</v>
       </c>
       <c r="B193" t="s" s="2">
-        <v>155</v>
+        <v>505</v>
       </c>
       <c r="C193" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D193" t="s" s="4">
-        <v>83</v>
+        <v>240</v>
       </c>
       <c r="E193" t="s" s="4">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="F193" t="s">
         <v>16</v>
       </c>
       <c r="G193" t="s">
-        <v>660</v>
+        <v>680</v>
       </c>
       <c r="H193" t="s">
         <v>0</v>
       </c>
       <c r="I193" t="s">
-        <v>661</v>
+        <v>681</v>
       </c>
       <c r="J193" t="s">
         <v>0</v>
       </c>
       <c r="K193" t="s">
-        <v>662</v>
+        <v>682</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s" s="2">
-        <v>663</v>
+        <v>679</v>
       </c>
       <c r="B194" t="s" s="2">
-        <v>472</v>
+        <v>131</v>
       </c>
       <c r="C194" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D194" t="s" s="4">
-        <v>219</v>
+        <v>14</v>
       </c>
       <c r="E194" t="s" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F194" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G194" t="s">
-        <v>664</v>
+        <v>680</v>
       </c>
       <c r="H194" t="s">
-        <v>665</v>
+        <v>0</v>
       </c>
       <c r="I194" t="s">
-        <v>666</v>
+        <v>681</v>
       </c>
       <c r="J194" t="s">
         <v>0</v>
       </c>
       <c r="K194" t="s">
-        <v>667</v>
+        <v>682</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s" s="2">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="B195" t="s" s="2">
-        <v>21</v>
+        <v>528</v>
       </c>
       <c r="C195" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D195" t="s" s="4">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="E195" t="s" s="4">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="F195" t="s">
         <v>16</v>
       </c>
       <c r="G195" t="s">
-        <v>669</v>
+        <v>680</v>
       </c>
       <c r="H195" t="s">
         <v>0</v>
       </c>
       <c r="I195" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="J195" t="s">
         <v>0</v>
       </c>
       <c r="K195" t="s">
-        <v>671</v>
+        <v>682</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s" s="2">
-        <v>672</v>
+        <v>683</v>
       </c>
       <c r="B196" t="s" s="2">
-        <v>417</v>
+        <v>207</v>
       </c>
       <c r="C196" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D196" t="s" s="4">
-        <v>59</v>
+        <v>208</v>
       </c>
       <c r="E196" t="s" s="4">
-        <v>15</v>
+        <v>126</v>
       </c>
       <c r="F196" t="s">
         <v>16</v>
       </c>
       <c r="G196" t="s">
-        <v>673</v>
+        <v>684</v>
       </c>
       <c r="H196" t="s">
         <v>0</v>
       </c>
       <c r="I196" t="s">
-        <v>674</v>
+        <v>685</v>
       </c>
       <c r="J196" t="s">
         <v>0</v>
       </c>
       <c r="K196" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s" s="2">
-        <v>676</v>
+        <v>687</v>
       </c>
       <c r="B197" t="s" s="2">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="C197" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D197" t="s" s="4">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="E197" t="s" s="4">
-        <v>349</v>
+        <v>31</v>
       </c>
       <c r="F197" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G197" t="s">
-        <v>677</v>
+        <v>0</v>
       </c>
       <c r="H197" t="s">
         <v>0</v>
       </c>
       <c r="I197" t="s">
-        <v>678</v>
+        <v>0</v>
       </c>
       <c r="J197" t="s">
         <v>0</v>
       </c>
       <c r="K197" t="s">
-        <v>679</v>
+        <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s" s="2">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="B198" t="s" s="2">
-        <v>129</v>
+        <v>528</v>
       </c>
       <c r="C198" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D198" t="s" s="4">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="E198" t="s" s="4">
-        <v>131</v>
+        <v>175</v>
       </c>
       <c r="F198" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G198" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="H198" t="s">
         <v>0</v>
       </c>
       <c r="I198" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="J198" t="s">
         <v>0</v>
       </c>
       <c r="K198" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s" s="2">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="B199" t="s" s="2">
-        <v>97</v>
+        <v>528</v>
       </c>
       <c r="C199" t="n" s="3">
-        <v>7.91202403001E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D199" t="s" s="4">
-        <v>65</v>
+        <v>174</v>
       </c>
       <c r="E199" t="s" s="4">
-        <v>66</v>
+        <v>175</v>
       </c>
       <c r="F199" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G199" t="s">
-        <v>681</v>
+        <v>693</v>
       </c>
       <c r="H199" t="s">
         <v>0</v>
       </c>
       <c r="I199" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="J199" t="s">
         <v>0</v>
       </c>
       <c r="K199" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s" s="2">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="B200" t="s" s="2">
-        <v>82</v>
+        <v>173</v>
       </c>
       <c r="C200" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D200" t="s" s="4">
-        <v>83</v>
+        <v>174</v>
       </c>
       <c r="E200" t="s" s="4">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="F200" t="s">
         <v>16</v>
       </c>
       <c r="G200" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="H200" t="s">
         <v>0</v>
       </c>
       <c r="I200" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="J200" t="s">
         <v>0</v>
       </c>
       <c r="K200" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s" s="2">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="B201" t="s" s="2">
-        <v>269</v>
+        <v>570</v>
       </c>
       <c r="C201" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D201" t="s" s="4">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="E201" t="s" s="4">
-        <v>207</v>
+        <v>175</v>
       </c>
       <c r="F201" t="s">
         <v>16</v>
       </c>
       <c r="G201" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="H201" t="s">
         <v>0</v>
       </c>
       <c r="I201" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="J201" t="s">
         <v>0</v>
       </c>
       <c r="K201" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s" s="2">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="B202" t="s" s="2">
-        <v>370</v>
+        <v>559</v>
       </c>
       <c r="C202" t="n" s="3">
-        <v>7.91202103001E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D202" t="s" s="4">
-        <v>371</v>
+        <v>560</v>
       </c>
       <c r="E202" t="s" s="4">
-        <v>372</v>
+        <v>561</v>
       </c>
       <c r="F202" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G202" t="s">
-        <v>689</v>
+        <v>701</v>
       </c>
       <c r="H202" t="s">
         <v>0</v>
       </c>
       <c r="I202" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
       <c r="J202" t="s">
         <v>0</v>
       </c>
       <c r="K202" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s" s="2">
-        <v>688</v>
+        <v>704</v>
       </c>
       <c r="B203" t="s" s="2">
-        <v>206</v>
+        <v>559</v>
       </c>
       <c r="C203" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D203" t="s" s="4">
-        <v>83</v>
+        <v>560</v>
       </c>
       <c r="E203" t="s" s="4">
-        <v>207</v>
+        <v>561</v>
       </c>
       <c r="F203" t="s">
         <v>16</v>
       </c>
       <c r="G203" t="s">
-        <v>689</v>
+        <v>705</v>
       </c>
       <c r="H203" t="s">
         <v>0</v>
       </c>
       <c r="I203" t="s">
-        <v>690</v>
+        <v>706</v>
       </c>
       <c r="J203" t="s">
         <v>0</v>
       </c>
       <c r="K203" t="s">
-        <v>691</v>
+        <v>707</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s" s="2">
-        <v>688</v>
+        <v>708</v>
       </c>
       <c r="B204" t="s" s="2">
-        <v>104</v>
+        <v>505</v>
       </c>
       <c r="C204" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D204" t="s" s="4">
-        <v>105</v>
+        <v>240</v>
       </c>
       <c r="E204" t="s" s="4">
-        <v>106</v>
+        <v>175</v>
       </c>
       <c r="F204" t="s">
         <v>16</v>
       </c>
       <c r="G204" t="s">
-        <v>689</v>
+        <v>709</v>
       </c>
       <c r="H204" t="s">
         <v>0</v>
       </c>
       <c r="I204" t="s">
-        <v>690</v>
+        <v>710</v>
       </c>
       <c r="J204" t="s">
         <v>0</v>
       </c>
       <c r="K204" t="s">
-        <v>691</v>
+        <v>711</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s" s="2">
-        <v>688</v>
+        <v>712</v>
       </c>
       <c r="B205" t="s" s="2">
-        <v>692</v>
+        <v>125</v>
       </c>
       <c r="C205" t="n" s="3">
-        <v>7.91202007024E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D205" t="s" s="4">
-        <v>693</v>
+        <v>64</v>
       </c>
       <c r="E205" t="s" s="4">
-        <v>78</v>
+        <v>126</v>
       </c>
       <c r="F205" t="s">
         <v>16</v>
       </c>
       <c r="G205" t="s">
-        <v>689</v>
+        <v>713</v>
       </c>
       <c r="H205" t="s">
         <v>0</v>
       </c>
       <c r="I205" t="s">
-        <v>690</v>
+        <v>714</v>
       </c>
       <c r="J205" t="s">
         <v>0</v>
       </c>
       <c r="K205" t="s">
-        <v>691</v>
+        <v>715</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s" s="2">
-        <v>688</v>
+        <v>716</v>
       </c>
       <c r="B206" t="s" s="2">
-        <v>218</v>
+        <v>505</v>
       </c>
       <c r="C206" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D206" t="s" s="4">
-        <v>219</v>
+        <v>240</v>
       </c>
       <c r="E206" t="s" s="4">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="F206" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G206" t="s">
-        <v>689</v>
+        <v>717</v>
       </c>
       <c r="H206" t="s">
         <v>0</v>
       </c>
       <c r="I206" t="s">
-        <v>690</v>
+        <v>718</v>
       </c>
       <c r="J206" t="s">
         <v>0</v>
       </c>
       <c r="K206" t="s">
-        <v>691</v>
+        <v>719</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s" s="2">
-        <v>694</v>
+        <v>716</v>
       </c>
       <c r="B207" t="s" s="2">
-        <v>155</v>
+        <v>239</v>
       </c>
       <c r="C207" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D207" t="s" s="4">
-        <v>83</v>
+        <v>240</v>
       </c>
       <c r="E207" t="s" s="4">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="F207" t="s">
         <v>16</v>
       </c>
       <c r="G207" t="s">
-        <v>695</v>
+        <v>717</v>
       </c>
       <c r="H207" t="s">
         <v>0</v>
       </c>
       <c r="I207" t="s">
-        <v>696</v>
+        <v>718</v>
       </c>
       <c r="J207" t="s">
         <v>0</v>
       </c>
       <c r="K207" t="s">
-        <v>697</v>
+        <v>719</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s" s="2">
-        <v>698</v>
+        <v>720</v>
       </c>
       <c r="B208" t="s" s="2">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="C208" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D208" t="s" s="4">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="E208" t="s" s="4">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="F208" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G208" t="s">
-        <v>699</v>
+        <v>721</v>
       </c>
       <c r="H208" t="s">
         <v>0</v>
       </c>
       <c r="I208" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="J208" t="s">
         <v>0</v>
       </c>
       <c r="K208" t="s">
-        <v>701</v>
+        <v>723</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s" s="2">
-        <v>702</v>
+        <v>724</v>
       </c>
       <c r="B209" t="s" s="2">
-        <v>64</v>
+        <v>173</v>
       </c>
       <c r="C209" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D209" t="s" s="4">
-        <v>65</v>
+        <v>174</v>
       </c>
       <c r="E209" t="s" s="4">
-        <v>66</v>
+        <v>175</v>
       </c>
       <c r="F209" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G209" t="s">
-        <v>703</v>
+        <v>471</v>
       </c>
       <c r="H209" t="s">
         <v>0</v>
       </c>
       <c r="I209" t="s">
-        <v>704</v>
+        <v>725</v>
       </c>
       <c r="J209" t="s">
         <v>0</v>
       </c>
       <c r="K209" t="s">
-        <v>705</v>
+        <v>726</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s" s="2">
-        <v>706</v>
+        <v>727</v>
       </c>
       <c r="B210" t="s" s="2">
-        <v>82</v>
+        <v>239</v>
       </c>
       <c r="C210" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D210" t="s" s="4">
-        <v>83</v>
+        <v>240</v>
       </c>
       <c r="E210" t="s" s="4">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="F210" t="s">
         <v>16</v>
       </c>
       <c r="G210" t="s">
-        <v>707</v>
+        <v>728</v>
       </c>
       <c r="H210" t="s">
         <v>0</v>
       </c>
       <c r="I210" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>729</v>
+      </c>
+      <c r="J210" t="n">
+        <v>131.0</v>
       </c>
       <c r="K210" t="s">
-        <v>709</v>
+        <v>730</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s" s="2">
-        <v>710</v>
+        <v>727</v>
       </c>
       <c r="B211" t="s" s="2">
-        <v>245</v>
+        <v>96</v>
       </c>
       <c r="C211" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D211" t="s" s="4">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="E211" t="s" s="4">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F211" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G211" t="s">
-        <v>711</v>
+        <v>728</v>
       </c>
       <c r="H211" t="s">
         <v>0</v>
       </c>
       <c r="I211" t="s">
-        <v>712</v>
+        <v>729</v>
       </c>
       <c r="J211" t="n">
-        <v>7047.0</v>
+        <v>131.0</v>
       </c>
       <c r="K211" t="s">
-        <v>713</v>
+        <v>730</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s" s="2">
-        <v>714</v>
+        <v>731</v>
       </c>
       <c r="B212" t="s" s="2">
-        <v>417</v>
+        <v>528</v>
       </c>
       <c r="C212" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D212" t="s" s="4">
-        <v>59</v>
+        <v>174</v>
       </c>
       <c r="E212" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F212" t="s">
         <v>16</v>
       </c>
       <c r="G212" t="s">
-        <v>715</v>
+        <v>732</v>
       </c>
       <c r="H212" t="s">
         <v>0</v>
       </c>
       <c r="I212" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="J212" t="s">
         <v>0</v>
       </c>
       <c r="K212" t="s">
-        <v>717</v>
+        <v>734</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s" s="2">
-        <v>718</v>
+        <v>735</v>
       </c>
       <c r="B213" t="s" s="2">
-        <v>42</v>
+        <v>212</v>
       </c>
       <c r="C213" t="n" s="3">
-        <v>7.91202510004E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D213" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E213" t="s" s="4">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F213" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G213" t="s">
-        <v>719</v>
+        <v>736</v>
       </c>
       <c r="H213" t="s">
         <v>0</v>
       </c>
       <c r="I213" t="s">
-        <v>720</v>
+        <v>737</v>
       </c>
       <c r="J213" t="s">
         <v>0</v>
       </c>
       <c r="K213" t="s">
-        <v>721</v>
+        <v>738</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s" s="2">
-        <v>722</v>
+        <v>739</v>
       </c>
       <c r="B214" t="s" s="2">
-        <v>250</v>
+        <v>173</v>
       </c>
       <c r="C214" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D214" t="s" s="4">
-        <v>251</v>
+        <v>174</v>
       </c>
       <c r="E214" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F214" t="s">
         <v>16</v>
       </c>
       <c r="G214" t="s">
-        <v>723</v>
+        <v>740</v>
       </c>
       <c r="H214" t="s">
         <v>0</v>
       </c>
       <c r="I214" t="s">
-        <v>724</v>
+        <v>741</v>
       </c>
       <c r="J214" t="s">
         <v>0</v>
       </c>
       <c r="K214" t="s">
-        <v>725</v>
+        <v>742</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s" s="2">
-        <v>726</v>
+        <v>739</v>
       </c>
       <c r="B215" t="s" s="2">
-        <v>58</v>
+        <v>570</v>
       </c>
       <c r="C215" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D215" t="s" s="4">
-        <v>59</v>
+        <v>571</v>
       </c>
       <c r="E215" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
-        <v>727</v>
+        <v>740</v>
       </c>
       <c r="H215" t="s">
         <v>0</v>
       </c>
       <c r="I215" t="s">
-        <v>728</v>
-[...2 lines deleted...]
-        <v>1004.0</v>
+        <v>741</v>
+      </c>
+      <c r="J215" t="s">
+        <v>0</v>
       </c>
       <c r="K215" t="s">
-        <v>729</v>
+        <v>742</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s" s="2">
-        <v>730</v>
+        <v>743</v>
       </c>
       <c r="B216" t="s" s="2">
-        <v>237</v>
+        <v>352</v>
       </c>
       <c r="C216" t="n" s="3">
-        <v>7.91202507001E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D216" t="s" s="4">
-        <v>122</v>
+        <v>353</v>
       </c>
       <c r="E216" t="s" s="4">
-        <v>238</v>
+        <v>354</v>
       </c>
       <c r="F216" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G216" t="s">
-        <v>731</v>
+        <v>744</v>
       </c>
       <c r="H216" t="s">
         <v>0</v>
       </c>
       <c r="I216" t="s">
-        <v>732</v>
+        <v>745</v>
       </c>
       <c r="J216" t="s">
         <v>0</v>
       </c>
       <c r="K216" t="s">
-        <v>733</v>
+        <v>746</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s" s="2">
-        <v>730</v>
+        <v>747</v>
       </c>
       <c r="B217" t="s" s="2">
-        <v>294</v>
+        <v>117</v>
       </c>
       <c r="C217" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D217" t="s" s="4">
-        <v>45</v>
+        <v>560</v>
       </c>
       <c r="E217" t="s" s="4">
-        <v>46</v>
+        <v>561</v>
       </c>
       <c r="F217" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G217" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="H217" t="s">
         <v>0</v>
       </c>
       <c r="I217" t="s">
-        <v>732</v>
+        <v>749</v>
       </c>
       <c r="J217" t="s">
         <v>0</v>
       </c>
       <c r="K217" t="s">
-        <v>733</v>
+        <v>750</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s" s="2">
-        <v>730</v>
+        <v>751</v>
       </c>
       <c r="B218" t="s" s="2">
-        <v>237</v>
+        <v>533</v>
       </c>
       <c r="C218" t="n" s="3">
-        <v>7.91202502004E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D218" t="s" s="4">
-        <v>52</v>
+        <v>534</v>
       </c>
       <c r="E218" t="s" s="4">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="F218" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G218" t="s">
-        <v>731</v>
+        <v>752</v>
       </c>
       <c r="H218" t="s">
         <v>0</v>
       </c>
       <c r="I218" t="s">
-        <v>732</v>
+        <v>753</v>
       </c>
       <c r="J218" t="s">
         <v>0</v>
       </c>
       <c r="K218" t="s">
-        <v>733</v>
+        <v>754</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s" s="2">
-        <v>734</v>
+        <v>751</v>
       </c>
       <c r="B219" t="s" s="2">
-        <v>212</v>
+        <v>755</v>
       </c>
       <c r="C219" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D219" t="s" s="4">
-        <v>213</v>
+        <v>534</v>
       </c>
       <c r="E219" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F219" t="s">
         <v>16</v>
       </c>
       <c r="G219" t="s">
-        <v>735</v>
+        <v>752</v>
       </c>
       <c r="H219" t="s">
         <v>0</v>
       </c>
       <c r="I219" t="s">
-        <v>736</v>
+        <v>753</v>
       </c>
       <c r="J219" t="s">
         <v>0</v>
       </c>
       <c r="K219" t="s">
-        <v>737</v>
+        <v>754</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s" s="2">
-        <v>738</v>
+        <v>756</v>
       </c>
       <c r="B220" t="s" s="2">
-        <v>354</v>
+        <v>173</v>
       </c>
       <c r="C220" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D220" t="s" s="4">
-        <v>14</v>
+        <v>174</v>
       </c>
       <c r="E220" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F220" t="s">
         <v>16</v>
       </c>
       <c r="G220" t="s">
-        <v>739</v>
+        <v>757</v>
       </c>
       <c r="H220" t="s">
         <v>0</v>
       </c>
       <c r="I220" t="s">
-        <v>740</v>
+        <v>758</v>
       </c>
       <c r="J220" t="s">
         <v>0</v>
       </c>
       <c r="K220" t="s">
-        <v>741</v>
+        <v>759</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s" s="2">
-        <v>742</v>
+        <v>760</v>
       </c>
       <c r="B221" t="s" s="2">
-        <v>58</v>
+        <v>173</v>
       </c>
       <c r="C221" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D221" t="s" s="4">
-        <v>59</v>
+        <v>174</v>
       </c>
       <c r="E221" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F221" t="s">
         <v>16</v>
       </c>
       <c r="G221" t="s">
-        <v>743</v>
+        <v>761</v>
       </c>
       <c r="H221" t="s">
         <v>0</v>
       </c>
       <c r="I221" t="s">
-        <v>744</v>
+        <v>762</v>
       </c>
       <c r="J221" t="s">
         <v>0</v>
       </c>
       <c r="K221" t="s">
-        <v>745</v>
+        <v>763</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s" s="2">
-        <v>746</v>
+        <v>764</v>
       </c>
       <c r="B222" t="s" s="2">
-        <v>37</v>
+        <v>188</v>
       </c>
       <c r="C222" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D222" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E222" t="s" s="4">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="F222" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G222" t="s">
-        <v>747</v>
+        <v>765</v>
       </c>
       <c r="H222" t="s">
         <v>0</v>
       </c>
       <c r="I222" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>766</v>
+      </c>
+      <c r="J222" t="n">
+        <v>2844.0</v>
       </c>
       <c r="K222" t="s">
-        <v>749</v>
+        <v>767</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s" s="2">
-        <v>750</v>
+        <v>768</v>
       </c>
       <c r="B223" t="s" s="2">
-        <v>58</v>
+        <v>117</v>
       </c>
       <c r="C223" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D223" t="s" s="4">
-        <v>59</v>
+        <v>560</v>
       </c>
       <c r="E223" t="s" s="4">
-        <v>15</v>
+        <v>561</v>
       </c>
       <c r="F223" t="s">
         <v>16</v>
       </c>
       <c r="G223" t="s">
-        <v>751</v>
+        <v>769</v>
       </c>
       <c r="H223" t="s">
         <v>0</v>
       </c>
       <c r="I223" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-        <v>413.0</v>
+        <v>770</v>
+      </c>
+      <c r="J223" t="s">
+        <v>0</v>
       </c>
       <c r="K223" t="s">
-        <v>753</v>
+        <v>771</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s" s="2">
-        <v>750</v>
+        <v>772</v>
       </c>
       <c r="B224" t="s" s="2">
-        <v>228</v>
+        <v>173</v>
       </c>
       <c r="C224" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D224" t="s" s="4">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="E224" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F224" t="s">
         <v>16</v>
       </c>
       <c r="G224" t="s">
-        <v>751</v>
+        <v>773</v>
       </c>
       <c r="H224" t="s">
         <v>0</v>
       </c>
       <c r="I224" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-        <v>413.0</v>
+        <v>774</v>
+      </c>
+      <c r="J224" t="s">
+        <v>0</v>
       </c>
       <c r="K224" t="s">
-        <v>753</v>
+        <v>775</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s" s="2">
-        <v>754</v>
+        <v>776</v>
       </c>
       <c r="B225" t="s" s="2">
-        <v>613</v>
+        <v>173</v>
       </c>
       <c r="C225" t="n" s="3">
-        <v>7.91202207007E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D225" t="s" s="4">
-        <v>265</v>
+        <v>174</v>
       </c>
       <c r="E225" t="s" s="4">
-        <v>131</v>
+        <v>175</v>
       </c>
       <c r="F225" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G225" t="s">
-        <v>755</v>
+        <v>777</v>
       </c>
       <c r="H225" t="s">
         <v>0</v>
       </c>
       <c r="I225" t="s">
-        <v>756</v>
+        <v>778</v>
       </c>
       <c r="J225" t="s">
         <v>0</v>
       </c>
       <c r="K225" t="s">
-        <v>757</v>
+        <v>779</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s" s="2">
-        <v>758</v>
+        <v>780</v>
       </c>
       <c r="B226" t="s" s="2">
-        <v>155</v>
+        <v>30</v>
       </c>
       <c r="C226" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D226" t="s" s="4">
-        <v>83</v>
+        <v>22</v>
       </c>
       <c r="E226" t="s" s="4">
-        <v>156</v>
+        <v>31</v>
       </c>
       <c r="F226" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G226" t="s">
-        <v>759</v>
+        <v>781</v>
       </c>
       <c r="H226" t="s">
         <v>0</v>
       </c>
       <c r="I226" t="s">
-        <v>760</v>
+        <v>782</v>
       </c>
       <c r="J226" t="s">
         <v>0</v>
       </c>
       <c r="K226" t="s">
-        <v>761</v>
+        <v>783</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s" s="2">
-        <v>762</v>
+        <v>784</v>
       </c>
       <c r="B227" t="s" s="2">
-        <v>104</v>
+        <v>125</v>
       </c>
       <c r="C227" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D227" t="s" s="4">
-        <v>105</v>
+        <v>64</v>
       </c>
       <c r="E227" t="s" s="4">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="F227" t="s">
         <v>16</v>
       </c>
       <c r="G227" t="s">
-        <v>763</v>
+        <v>785</v>
       </c>
       <c r="H227" t="s">
         <v>0</v>
       </c>
       <c r="I227" t="s">
-        <v>764</v>
+        <v>786</v>
       </c>
       <c r="J227" t="s">
         <v>0</v>
       </c>
       <c r="K227" t="s">
-        <v>765</v>
+        <v>787</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s" s="2">
-        <v>766</v>
+        <v>788</v>
       </c>
       <c r="B228" t="s" s="2">
-        <v>472</v>
+        <v>98</v>
       </c>
       <c r="C228" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D228" t="s" s="4">
-        <v>219</v>
+        <v>99</v>
       </c>
       <c r="E228" t="s" s="4">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="F228" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G228" t="s">
-        <v>767</v>
+        <v>0</v>
       </c>
       <c r="H228" t="s">
         <v>0</v>
       </c>
       <c r="I228" t="s">
-        <v>768</v>
+        <v>0</v>
       </c>
       <c r="J228" t="s">
         <v>0</v>
       </c>
       <c r="K228" t="s">
-        <v>769</v>
+        <v>0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s" s="2">
-        <v>770</v>
+        <v>789</v>
       </c>
       <c r="B229" t="s" s="2">
-        <v>196</v>
+        <v>58</v>
       </c>
       <c r="C229" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D229" t="s" s="4">
-        <v>197</v>
+        <v>38</v>
       </c>
       <c r="E229" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F229" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G229" t="s">
-        <v>771</v>
+        <v>790</v>
       </c>
       <c r="H229" t="s">
         <v>0</v>
       </c>
       <c r="I229" t="s">
-        <v>772</v>
+        <v>791</v>
       </c>
       <c r="J229" t="s">
         <v>0</v>
       </c>
       <c r="K229" t="s">
-        <v>773</v>
+        <v>792</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s" s="2">
-        <v>774</v>
+        <v>793</v>
       </c>
       <c r="B230" t="s" s="2">
-        <v>119</v>
+        <v>327</v>
       </c>
       <c r="C230" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D230" t="s" s="4">
-        <v>52</v>
+        <v>164</v>
       </c>
       <c r="E230" t="s" s="4">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="F230" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G230" t="s">
-        <v>775</v>
+        <v>794</v>
       </c>
       <c r="H230" t="s">
         <v>0</v>
       </c>
       <c r="I230" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-        <v>234.0</v>
+        <v>795</v>
+      </c>
+      <c r="J230" t="s">
+        <v>0</v>
       </c>
       <c r="K230" t="s">
-        <v>777</v>
+        <v>796</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s" s="2">
-        <v>778</v>
+        <v>797</v>
       </c>
       <c r="B231" t="s" s="2">
-        <v>90</v>
+        <v>798</v>
       </c>
       <c r="C231" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202007024E11</v>
       </c>
       <c r="D231" t="s" s="4">
-        <v>91</v>
+        <v>799</v>
       </c>
       <c r="E231" t="s" s="4">
-        <v>92</v>
+        <v>488</v>
       </c>
       <c r="F231" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G231" t="s">
-        <v>779</v>
+        <v>800</v>
       </c>
       <c r="H231" t="s">
         <v>0</v>
       </c>
       <c r="I231" t="s">
-        <v>780</v>
+        <v>801</v>
       </c>
       <c r="J231" t="s">
         <v>0</v>
       </c>
       <c r="K231" t="s">
-        <v>781</v>
+        <v>802</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s" s="2">
-        <v>782</v>
+        <v>803</v>
       </c>
       <c r="B232" t="s" s="2">
-        <v>51</v>
+        <v>216</v>
       </c>
       <c r="C232" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202505003E11</v>
       </c>
       <c r="D232" t="s" s="4">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="E232" t="s" s="4">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="F232" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G232" t="s">
-        <v>783</v>
+        <v>804</v>
       </c>
       <c r="H232" t="s">
         <v>0</v>
       </c>
       <c r="I232" t="s">
-        <v>784</v>
+        <v>805</v>
       </c>
       <c r="J232" t="s">
         <v>0</v>
       </c>
       <c r="K232" t="s">
-        <v>785</v>
+        <v>806</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s" s="2">
-        <v>786</v>
+        <v>807</v>
       </c>
       <c r="B233" t="s" s="2">
-        <v>417</v>
+        <v>98</v>
       </c>
       <c r="C233" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D233" t="s" s="4">
-        <v>59</v>
+        <v>99</v>
       </c>
       <c r="E233" t="s" s="4">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="F233" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G233" t="s">
-        <v>787</v>
+        <v>0</v>
       </c>
       <c r="H233" t="s">
         <v>0</v>
       </c>
       <c r="I233" t="s">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="J233" t="s">
         <v>0</v>
       </c>
       <c r="K233" t="s">
-        <v>788</v>
+        <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s" s="2">
-        <v>789</v>
+        <v>808</v>
       </c>
       <c r="B234" t="s" s="2">
-        <v>155</v>
+        <v>213</v>
       </c>
       <c r="C234" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D234" t="s" s="4">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="E234" t="s" s="4">
-        <v>156</v>
+        <v>46</v>
       </c>
       <c r="F234" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G234" t="s">
-        <v>790</v>
+        <v>809</v>
       </c>
       <c r="H234" t="s">
         <v>0</v>
       </c>
       <c r="I234" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-        <v>4639.0</v>
+        <v>810</v>
+      </c>
+      <c r="J234" t="s">
+        <v>0</v>
       </c>
       <c r="K234" t="s">
-        <v>792</v>
+        <v>811</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s" s="2">
-        <v>793</v>
+        <v>808</v>
       </c>
       <c r="B235" t="s" s="2">
-        <v>64</v>
+        <v>317</v>
       </c>
       <c r="C235" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D235" t="s" s="4">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="E235" t="s" s="4">
-        <v>66</v>
+        <v>258</v>
       </c>
       <c r="F235" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G235" t="s">
-        <v>794</v>
+        <v>809</v>
       </c>
       <c r="H235" t="s">
         <v>0</v>
       </c>
       <c r="I235" t="s">
-        <v>795</v>
+        <v>810</v>
       </c>
       <c r="J235" t="s">
         <v>0</v>
       </c>
       <c r="K235" t="s">
-        <v>796</v>
+        <v>811</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s" s="2">
-        <v>797</v>
+        <v>812</v>
       </c>
       <c r="B236" t="s" s="2">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="C236" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D236" t="s" s="4">
-        <v>59</v>
+        <v>107</v>
       </c>
       <c r="E236" t="s" s="4">
-        <v>15</v>
+        <v>108</v>
       </c>
       <c r="F236" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G236" t="s">
-        <v>798</v>
+        <v>813</v>
       </c>
       <c r="H236" t="s">
         <v>0</v>
       </c>
       <c r="I236" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="J236" t="s">
         <v>0</v>
       </c>
       <c r="K236" t="s">
-        <v>800</v>
+        <v>815</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s" s="2">
-        <v>801</v>
+        <v>816</v>
       </c>
       <c r="B237" t="s" s="2">
-        <v>802</v>
+        <v>30</v>
       </c>
       <c r="C237" t="n" s="3">
-        <v>7.91202103005E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D237" t="s" s="4">
-        <v>803</v>
+        <v>22</v>
       </c>
       <c r="E237" t="s" s="4">
-        <v>804</v>
+        <v>31</v>
       </c>
       <c r="F237" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G237" t="s">
-        <v>805</v>
+        <v>817</v>
       </c>
       <c r="H237" t="s">
         <v>0</v>
       </c>
       <c r="I237" t="s">
-        <v>806</v>
+        <v>818</v>
       </c>
       <c r="J237" t="s">
         <v>0</v>
       </c>
       <c r="K237" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s" s="2">
-        <v>808</v>
+        <v>820</v>
       </c>
       <c r="B238" t="s" s="2">
-        <v>295</v>
+        <v>125</v>
       </c>
       <c r="C238" t="n" s="3">
-        <v>7.91202502006E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D238" t="s" s="4">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E238" t="s" s="4">
-        <v>53</v>
+        <v>126</v>
       </c>
       <c r="F238" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G238" t="s">
-        <v>809</v>
+        <v>821</v>
       </c>
       <c r="H238" t="s">
         <v>0</v>
       </c>
       <c r="I238" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>822</v>
+      </c>
+      <c r="J238" t="n">
+        <v>302.0</v>
       </c>
       <c r="K238" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s" s="2">
-        <v>812</v>
+        <v>824</v>
       </c>
       <c r="B239" t="s" s="2">
-        <v>264</v>
+        <v>125</v>
       </c>
       <c r="C239" t="n" s="3">
-        <v>7.91202207008E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D239" t="s" s="4">
-        <v>265</v>
+        <v>64</v>
       </c>
       <c r="E239" t="s" s="4">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="F239" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G239" t="s">
-        <v>813</v>
+        <v>825</v>
       </c>
       <c r="H239" t="s">
         <v>0</v>
       </c>
       <c r="I239" t="s">
-        <v>814</v>
+        <v>826</v>
       </c>
       <c r="J239" t="s">
         <v>0</v>
       </c>
       <c r="K239" t="s">
-        <v>815</v>
+        <v>827</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s" s="2">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="B240" t="s" s="2">
-        <v>817</v>
+        <v>13</v>
       </c>
       <c r="C240" t="n" s="3">
-        <v>7.91202200703E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D240" t="s" s="4">
-        <v>311</v>
+        <v>14</v>
       </c>
       <c r="E240" t="s" s="4">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="F240" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G240" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="H240" t="s">
         <v>0</v>
       </c>
       <c r="I240" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="J240" t="s">
         <v>0</v>
       </c>
       <c r="K240" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s" s="2">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="B241" t="s" s="2">
-        <v>28</v>
+        <v>116</v>
       </c>
       <c r="C241" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202510002E11</v>
       </c>
       <c r="D241" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E241" t="s" s="4">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F241" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G241" t="s">
-        <v>818</v>
+        <v>0</v>
       </c>
       <c r="H241" t="s">
         <v>0</v>
       </c>
       <c r="I241" t="s">
-        <v>819</v>
+        <v>0</v>
       </c>
       <c r="J241" t="s">
         <v>0</v>
       </c>
       <c r="K241" t="s">
-        <v>820</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s" s="2">
-        <v>816</v>
+        <v>829</v>
       </c>
       <c r="B242" t="s" s="2">
-        <v>35</v>
+        <v>239</v>
       </c>
       <c r="C242" t="n" s="3">
-        <v>7.91202510007E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D242" t="s" s="4">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="E242" t="s" s="4">
-        <v>30</v>
+        <v>175</v>
       </c>
       <c r="F242" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G242" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
       <c r="H242" t="s">
         <v>0</v>
       </c>
       <c r="I242" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="J242" t="s">
         <v>0</v>
       </c>
       <c r="K242" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s" s="2">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="B243" t="s" s="2">
-        <v>822</v>
+        <v>505</v>
       </c>
       <c r="C243" t="n" s="3">
-        <v>7.91202005017E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D243" t="s" s="4">
-        <v>197</v>
+        <v>240</v>
       </c>
       <c r="E243" t="s" s="4">
-        <v>106</v>
+        <v>175</v>
       </c>
       <c r="F243" t="s">
         <v>16</v>
       </c>
       <c r="G243" t="s">
-        <v>823</v>
+        <v>834</v>
       </c>
       <c r="H243" t="s">
         <v>0</v>
       </c>
       <c r="I243" t="s">
-        <v>824</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>835</v>
+      </c>
+      <c r="J243" t="n">
+        <v>225.0</v>
       </c>
       <c r="K243" t="s">
-        <v>825</v>
+        <v>836</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s" s="2">
-        <v>821</v>
+        <v>837</v>
       </c>
       <c r="B244" t="s" s="2">
-        <v>826</v>
+        <v>505</v>
       </c>
       <c r="C244" t="n" s="3">
-        <v>7.91202007022E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D244" t="s" s="4">
-        <v>827</v>
+        <v>240</v>
       </c>
       <c r="E244" t="s" s="4">
-        <v>78</v>
+        <v>175</v>
       </c>
       <c r="F244" t="s">
         <v>16</v>
       </c>
       <c r="G244" t="s">
-        <v>823</v>
+        <v>588</v>
       </c>
       <c r="H244" t="s">
         <v>0</v>
       </c>
       <c r="I244" t="s">
-        <v>824</v>
+        <v>589</v>
       </c>
       <c r="J244" t="s">
         <v>0</v>
       </c>
       <c r="K244" t="s">
-        <v>825</v>
+        <v>838</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s" s="2">
-        <v>828</v>
+        <v>839</v>
       </c>
       <c r="B245" t="s" s="2">
-        <v>129</v>
+        <v>63</v>
       </c>
       <c r="C245" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D245" t="s" s="4">
-        <v>130</v>
+        <v>64</v>
       </c>
       <c r="E245" t="s" s="4">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="F245" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G245" t="s">
-        <v>829</v>
+        <v>840</v>
       </c>
       <c r="H245" t="s">
         <v>0</v>
       </c>
       <c r="I245" t="s">
-        <v>830</v>
+        <v>841</v>
       </c>
       <c r="J245" t="s">
         <v>0</v>
       </c>
       <c r="K245" t="s">
-        <v>831</v>
+        <v>842</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s" s="2">
-        <v>832</v>
+        <v>843</v>
       </c>
       <c r="B246" t="s" s="2">
-        <v>293</v>
+        <v>533</v>
       </c>
       <c r="C246" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D246" t="s" s="4">
-        <v>52</v>
+        <v>534</v>
       </c>
       <c r="E246" t="s" s="4">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="F246" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G246" t="s">
-        <v>833</v>
+        <v>844</v>
       </c>
       <c r="H246" t="s">
         <v>0</v>
       </c>
       <c r="I246" t="s">
-        <v>834</v>
+        <v>845</v>
       </c>
       <c r="J246" t="s">
         <v>0</v>
       </c>
       <c r="K246" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s" s="2">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="B247" t="s" s="2">
-        <v>119</v>
+        <v>96</v>
       </c>
       <c r="C247" t="n" s="3">
         <v>7.91202502005E11</v>
       </c>
       <c r="D247" t="s" s="4">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E247" t="s" s="4">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F247" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G247" t="s">
-        <v>833</v>
+        <v>848</v>
       </c>
       <c r="H247" t="s">
         <v>0</v>
       </c>
       <c r="I247" t="s">
-        <v>834</v>
+        <v>849</v>
       </c>
       <c r="J247" t="s">
         <v>0</v>
       </c>
       <c r="K247" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s" s="2">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="B248" t="s" s="2">
-        <v>228</v>
+        <v>624</v>
       </c>
       <c r="C248" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202007022E11</v>
       </c>
       <c r="D248" t="s" s="4">
-        <v>213</v>
+        <v>625</v>
       </c>
       <c r="E248" t="s" s="4">
-        <v>15</v>
+        <v>488</v>
       </c>
       <c r="F248" t="s">
         <v>16</v>
       </c>
       <c r="G248" t="s">
-        <v>837</v>
+        <v>852</v>
       </c>
       <c r="H248" t="s">
         <v>0</v>
       </c>
       <c r="I248" t="s">
-        <v>838</v>
+        <v>853</v>
       </c>
       <c r="J248" t="s">
         <v>0</v>
       </c>
       <c r="K248" t="s">
-        <v>839</v>
+        <v>854</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s" s="2">
-        <v>840</v>
+        <v>855</v>
       </c>
       <c r="B249" t="s" s="2">
-        <v>37</v>
+        <v>239</v>
       </c>
       <c r="C249" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D249" t="s" s="4">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="E249" t="s" s="4">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="F249" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G249" t="s">
-        <v>841</v>
+        <v>856</v>
       </c>
       <c r="H249" t="s">
         <v>0</v>
       </c>
       <c r="I249" t="s">
-        <v>842</v>
+        <v>857</v>
       </c>
       <c r="J249" t="s">
         <v>0</v>
       </c>
       <c r="K249" t="s">
-        <v>843</v>
+        <v>858</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s" s="2">
-        <v>844</v>
+        <v>859</v>
       </c>
       <c r="B250" t="s" s="2">
-        <v>64</v>
+        <v>183</v>
       </c>
       <c r="C250" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D250" t="s" s="4">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="E250" t="s" s="4">
-        <v>66</v>
+        <v>39</v>
       </c>
       <c r="F250" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G250" t="s">
-        <v>845</v>
+        <v>860</v>
       </c>
       <c r="H250" t="s">
         <v>0</v>
       </c>
       <c r="I250" t="s">
-        <v>846</v>
+        <v>861</v>
       </c>
       <c r="J250" t="s">
         <v>0</v>
       </c>
       <c r="K250" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s" s="2">
-        <v>844</v>
+        <v>863</v>
       </c>
       <c r="B251" t="s" s="2">
-        <v>501</v>
+        <v>51</v>
       </c>
       <c r="C251" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D251" t="s" s="4">
-        <v>502</v>
+        <v>52</v>
       </c>
       <c r="E251" t="s" s="4">
-        <v>503</v>
+        <v>53</v>
       </c>
       <c r="F251" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G251" t="s">
-        <v>845</v>
+        <v>864</v>
       </c>
       <c r="H251" t="s">
         <v>0</v>
       </c>
       <c r="I251" t="s">
-        <v>846</v>
+        <v>865</v>
       </c>
       <c r="J251" t="s">
         <v>0</v>
       </c>
       <c r="K251" t="s">
-        <v>847</v>
+        <v>866</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s" s="2">
-        <v>848</v>
+        <v>867</v>
       </c>
       <c r="B252" t="s" s="2">
-        <v>76</v>
+        <v>533</v>
       </c>
       <c r="C252" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D252" t="s" s="4">
-        <v>77</v>
+        <v>534</v>
       </c>
       <c r="E252" t="s" s="4">
-        <v>78</v>
+        <v>175</v>
       </c>
       <c r="F252" t="s">
         <v>16</v>
       </c>
       <c r="G252" t="s">
-        <v>849</v>
+        <v>868</v>
       </c>
       <c r="H252" t="s">
         <v>0</v>
       </c>
       <c r="I252" t="s">
-        <v>850</v>
+        <v>869</v>
       </c>
       <c r="J252" t="s">
         <v>0</v>
       </c>
       <c r="K252" t="s">
-        <v>851</v>
+        <v>870</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s" s="2">
-        <v>852</v>
+        <v>871</v>
       </c>
       <c r="B253" t="s" s="2">
-        <v>206</v>
+        <v>106</v>
       </c>
       <c r="C253" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D253" t="s" s="4">
-        <v>83</v>
+        <v>107</v>
       </c>
       <c r="E253" t="s" s="4">
-        <v>207</v>
+        <v>108</v>
       </c>
       <c r="F253" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G253" t="s">
-        <v>853</v>
+        <v>872</v>
       </c>
       <c r="H253" t="s">
         <v>0</v>
       </c>
       <c r="I253" t="s">
-        <v>854</v>
+        <v>873</v>
       </c>
       <c r="J253" t="s">
         <v>0</v>
       </c>
       <c r="K253" t="s">
-        <v>855</v>
+        <v>874</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s" s="2">
-        <v>856</v>
+        <v>875</v>
       </c>
       <c r="B254" t="s" s="2">
-        <v>228</v>
+        <v>876</v>
       </c>
       <c r="C254" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202505004E11</v>
       </c>
       <c r="D254" t="s" s="4">
-        <v>213</v>
+        <v>38</v>
       </c>
       <c r="E254" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F254" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G254" t="s">
-        <v>857</v>
+        <v>877</v>
       </c>
       <c r="H254" t="s">
         <v>0</v>
       </c>
       <c r="I254" t="s">
-        <v>858</v>
+        <v>878</v>
       </c>
       <c r="J254" t="s">
         <v>0</v>
       </c>
       <c r="K254" t="s">
-        <v>859</v>
+        <v>879</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s" s="2">
-        <v>860</v>
+        <v>880</v>
       </c>
       <c r="B255" t="s" s="2">
-        <v>647</v>
+        <v>570</v>
       </c>
       <c r="C255" t="n" s="3">
-        <v>7.91202510001E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D255" t="s" s="4">
-        <v>29</v>
+        <v>571</v>
       </c>
       <c r="E255" t="s" s="4">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="F255" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G255" t="s">
-        <v>0</v>
+        <v>881</v>
       </c>
       <c r="H255" t="s">
         <v>0</v>
       </c>
       <c r="I255" t="s">
-        <v>0</v>
+        <v>882</v>
       </c>
       <c r="J255" t="s">
         <v>0</v>
       </c>
       <c r="K255" t="s">
-        <v>0</v>
+        <v>883</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s" s="2">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="B256" t="s" s="2">
-        <v>826</v>
+        <v>51</v>
       </c>
       <c r="C256" t="n" s="3">
-        <v>7.91202007022E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D256" t="s" s="4">
-        <v>827</v>
+        <v>52</v>
       </c>
       <c r="E256" t="s" s="4">
-        <v>78</v>
+        <v>53</v>
       </c>
       <c r="F256" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G256" t="s">
-        <v>862</v>
+        <v>885</v>
       </c>
       <c r="H256" t="s">
         <v>0</v>
       </c>
       <c r="I256" t="s">
-        <v>863</v>
+        <v>886</v>
       </c>
       <c r="J256" t="s">
         <v>0</v>
       </c>
       <c r="K256" t="s">
-        <v>864</v>
+        <v>887</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s" s="2">
-        <v>861</v>
+        <v>888</v>
       </c>
       <c r="B257" t="s" s="2">
-        <v>21</v>
+        <v>486</v>
       </c>
       <c r="C257" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D257" t="s" s="4">
-        <v>22</v>
+        <v>487</v>
       </c>
       <c r="E257" t="s" s="4">
-        <v>23</v>
+        <v>488</v>
       </c>
       <c r="F257" t="s">
         <v>16</v>
       </c>
       <c r="G257" t="s">
-        <v>862</v>
+        <v>889</v>
       </c>
       <c r="H257" t="s">
         <v>0</v>
       </c>
       <c r="I257" t="s">
-        <v>863</v>
+        <v>890</v>
       </c>
       <c r="J257" t="s">
         <v>0</v>
       </c>
       <c r="K257" t="s">
-        <v>864</v>
+        <v>891</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s" s="2">
-        <v>865</v>
+        <v>892</v>
       </c>
       <c r="B258" t="s" s="2">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="C258" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D258" t="s" s="4">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E258" t="s" s="4">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F258" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G258" t="s">
-        <v>866</v>
+        <v>893</v>
       </c>
       <c r="H258" t="s">
         <v>0</v>
       </c>
       <c r="I258" t="s">
-        <v>867</v>
+        <v>894</v>
       </c>
       <c r="J258" t="s">
         <v>0</v>
       </c>
       <c r="K258" t="s">
-        <v>868</v>
+        <v>895</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s" s="2">
-        <v>865</v>
+        <v>896</v>
       </c>
       <c r="B259" t="s" s="2">
-        <v>155</v>
+        <v>229</v>
       </c>
       <c r="C259" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D259" t="s" s="4">
-        <v>83</v>
+        <v>230</v>
       </c>
       <c r="E259" t="s" s="4">
-        <v>156</v>
+        <v>108</v>
       </c>
       <c r="F259" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G259" t="s">
-        <v>866</v>
+        <v>897</v>
       </c>
       <c r="H259" t="s">
         <v>0</v>
       </c>
       <c r="I259" t="s">
-        <v>867</v>
+        <v>898</v>
       </c>
       <c r="J259" t="s">
         <v>0</v>
       </c>
       <c r="K259" t="s">
-        <v>868</v>
+        <v>899</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s" s="2">
-        <v>865</v>
+        <v>896</v>
       </c>
       <c r="B260" t="s" s="2">
-        <v>90</v>
+        <v>619</v>
       </c>
       <c r="C260" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202200703E11</v>
       </c>
       <c r="D260" t="s" s="4">
-        <v>91</v>
+        <v>230</v>
       </c>
       <c r="E260" t="s" s="4">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="F260" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G260" t="s">
-        <v>866</v>
+        <v>897</v>
       </c>
       <c r="H260" t="s">
         <v>0</v>
       </c>
       <c r="I260" t="s">
-        <v>867</v>
+        <v>898</v>
       </c>
       <c r="J260" t="s">
         <v>0</v>
       </c>
       <c r="K260" t="s">
-        <v>868</v>
+        <v>899</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s" s="2">
-        <v>869</v>
+        <v>900</v>
       </c>
       <c r="B261" t="s" s="2">
-        <v>158</v>
+        <v>239</v>
       </c>
       <c r="C261" t="n" s="3">
-        <v>7.91202303004E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D261" t="s" s="4">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="E261" t="s" s="4">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="F261" t="s">
         <v>16</v>
       </c>
       <c r="G261" t="s">
-        <v>870</v>
+        <v>901</v>
       </c>
       <c r="H261" t="s">
         <v>0</v>
       </c>
       <c r="I261" t="s">
-        <v>871</v>
+        <v>902</v>
       </c>
       <c r="J261" t="s">
         <v>0</v>
       </c>
       <c r="K261" t="s">
-        <v>872</v>
+        <v>903</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s" s="2">
-        <v>873</v>
+        <v>904</v>
       </c>
       <c r="B262" t="s" s="2">
-        <v>155</v>
+        <v>212</v>
       </c>
       <c r="C262" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D262" t="s" s="4">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="E262" t="s" s="4">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="F262" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G262" t="s">
-        <v>874</v>
+        <v>905</v>
       </c>
       <c r="H262" t="s">
         <v>0</v>
       </c>
       <c r="I262" t="s">
-        <v>875</v>
+        <v>906</v>
       </c>
       <c r="J262" t="s">
         <v>0</v>
       </c>
       <c r="K262" t="s">
-        <v>876</v>
+        <v>907</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s" s="2">
-        <v>877</v>
+        <v>908</v>
       </c>
       <c r="B263" t="s" s="2">
-        <v>417</v>
+        <v>256</v>
       </c>
       <c r="C263" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202003001E11</v>
       </c>
       <c r="D263" t="s" s="4">
-        <v>59</v>
+        <v>257</v>
       </c>
       <c r="E263" t="s" s="4">
-        <v>15</v>
+        <v>258</v>
       </c>
       <c r="F263" t="s">
         <v>16</v>
       </c>
       <c r="G263" t="s">
-        <v>878</v>
+        <v>909</v>
       </c>
       <c r="H263" t="s">
         <v>0</v>
       </c>
       <c r="I263" t="s">
-        <v>879</v>
+        <v>910</v>
       </c>
       <c r="J263" t="s">
         <v>0</v>
       </c>
       <c r="K263" t="s">
-        <v>880</v>
+        <v>911</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s" s="2">
-        <v>877</v>
+        <v>912</v>
       </c>
       <c r="B264" t="s" s="2">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="C264" t="n" s="3">
-        <v>7.91202303004E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D264" t="s" s="4">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="E264" t="s" s="4">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="F264" t="s">
         <v>16</v>
       </c>
       <c r="G264" t="s">
-        <v>878</v>
+        <v>913</v>
       </c>
       <c r="H264" t="s">
         <v>0</v>
       </c>
       <c r="I264" t="s">
-        <v>879</v>
+        <v>914</v>
       </c>
       <c r="J264" t="s">
         <v>0</v>
       </c>
       <c r="K264" t="s">
-        <v>880</v>
+        <v>915</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s" s="2">
-        <v>877</v>
+        <v>916</v>
       </c>
       <c r="B265" t="s" s="2">
-        <v>212</v>
+        <v>51</v>
       </c>
       <c r="C265" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D265" t="s" s="4">
-        <v>213</v>
+        <v>52</v>
       </c>
       <c r="E265" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F265" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G265" t="s">
-        <v>878</v>
+        <v>917</v>
       </c>
       <c r="H265" t="s">
         <v>0</v>
       </c>
       <c r="I265" t="s">
-        <v>879</v>
+        <v>918</v>
       </c>
       <c r="J265" t="s">
         <v>0</v>
       </c>
       <c r="K265" t="s">
-        <v>880</v>
+        <v>919</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s" s="2">
-        <v>881</v>
+        <v>920</v>
       </c>
       <c r="B266" t="s" s="2">
-        <v>288</v>
+        <v>173</v>
       </c>
       <c r="C266" t="n" s="3">
-        <v>7.91202103009E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D266" t="s" s="4">
-        <v>289</v>
+        <v>174</v>
       </c>
       <c r="E266" t="s" s="4">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="F266" t="s">
         <v>16</v>
       </c>
       <c r="G266" t="s">
-        <v>882</v>
+        <v>921</v>
       </c>
       <c r="H266" t="s">
         <v>0</v>
       </c>
       <c r="I266" t="s">
-        <v>883</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>922</v>
+      </c>
+      <c r="J266" t="n">
+        <v>109.0</v>
       </c>
       <c r="K266" t="s">
-        <v>884</v>
+        <v>923</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s" s="2">
-        <v>885</v>
+        <v>924</v>
       </c>
       <c r="B267" t="s" s="2">
-        <v>647</v>
+        <v>514</v>
       </c>
       <c r="C267" t="n" s="3">
-        <v>7.91202510001E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D267" t="s" s="4">
-        <v>29</v>
+        <v>515</v>
       </c>
       <c r="E267" t="s" s="4">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="F267" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G267" t="s">
-        <v>0</v>
+        <v>925</v>
       </c>
       <c r="H267" t="s">
         <v>0</v>
       </c>
       <c r="I267" t="s">
-        <v>0</v>
+        <v>926</v>
       </c>
       <c r="J267" t="s">
         <v>0</v>
       </c>
       <c r="K267" t="s">
-        <v>0</v>
+        <v>927</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s" s="2">
-        <v>886</v>
+        <v>924</v>
       </c>
       <c r="B268" t="s" s="2">
-        <v>212</v>
+        <v>533</v>
       </c>
       <c r="C268" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D268" t="s" s="4">
-        <v>213</v>
+        <v>534</v>
       </c>
       <c r="E268" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F268" t="s">
         <v>16</v>
       </c>
       <c r="G268" t="s">
-        <v>887</v>
+        <v>925</v>
       </c>
       <c r="H268" t="s">
         <v>0</v>
       </c>
       <c r="I268" t="s">
-        <v>888</v>
+        <v>926</v>
       </c>
       <c r="J268" t="s">
         <v>0</v>
       </c>
       <c r="K268" t="s">
-        <v>889</v>
+        <v>927</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s" s="2">
-        <v>890</v>
+        <v>928</v>
       </c>
       <c r="B269" t="s" s="2">
         <v>212</v>
       </c>
       <c r="C269" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D269" t="s" s="4">
-        <v>213</v>
+        <v>38</v>
       </c>
       <c r="E269" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F269" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G269" t="s">
-        <v>891</v>
+        <v>929</v>
       </c>
       <c r="H269" t="s">
         <v>0</v>
       </c>
       <c r="I269" t="s">
-        <v>892</v>
+        <v>930</v>
       </c>
       <c r="J269" t="s">
         <v>0</v>
       </c>
       <c r="K269" t="s">
-        <v>893</v>
+        <v>931</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s" s="2">
-        <v>890</v>
+        <v>932</v>
       </c>
       <c r="B270" t="s" s="2">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="C270" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D270" t="s" s="4">
-        <v>213</v>
+        <v>240</v>
       </c>
       <c r="E270" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F270" t="s">
         <v>16</v>
       </c>
       <c r="G270" t="s">
-        <v>891</v>
+        <v>933</v>
       </c>
       <c r="H270" t="s">
         <v>0</v>
       </c>
       <c r="I270" t="s">
-        <v>892</v>
+        <v>934</v>
       </c>
       <c r="J270" t="s">
         <v>0</v>
       </c>
       <c r="K270" t="s">
-        <v>893</v>
+        <v>935</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s" s="2">
-        <v>894</v>
+        <v>936</v>
       </c>
       <c r="B271" t="s" s="2">
-        <v>196</v>
+        <v>533</v>
       </c>
       <c r="C271" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D271" t="s" s="4">
-        <v>197</v>
+        <v>534</v>
       </c>
       <c r="E271" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F271" t="s">
         <v>16</v>
       </c>
       <c r="G271" t="s">
-        <v>895</v>
+        <v>937</v>
       </c>
       <c r="H271" t="s">
         <v>0</v>
       </c>
       <c r="I271" t="s">
-        <v>896</v>
+        <v>938</v>
       </c>
       <c r="J271" t="s">
         <v>0</v>
       </c>
       <c r="K271" t="s">
-        <v>897</v>
+        <v>939</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s" s="2">
-        <v>898</v>
+        <v>940</v>
       </c>
       <c r="B272" t="s" s="2">
-        <v>104</v>
+        <v>559</v>
       </c>
       <c r="C272" t="n" s="3">
         <v>7.9120200502E11</v>
       </c>
       <c r="D272" t="s" s="4">
-        <v>105</v>
+        <v>560</v>
       </c>
       <c r="E272" t="s" s="4">
-        <v>106</v>
+        <v>561</v>
       </c>
       <c r="F272" t="s">
         <v>16</v>
       </c>
       <c r="G272" t="s">
-        <v>899</v>
+        <v>941</v>
       </c>
       <c r="H272" t="s">
         <v>0</v>
       </c>
       <c r="I272" t="s">
-        <v>900</v>
+        <v>942</v>
       </c>
       <c r="J272" t="s">
         <v>0</v>
       </c>
       <c r="K272" t="s">
-        <v>901</v>
+        <v>943</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s" s="2">
-        <v>902</v>
+        <v>944</v>
       </c>
       <c r="B273" t="s" s="2">
-        <v>104</v>
+        <v>21</v>
       </c>
       <c r="C273" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D273" t="s" s="4">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="E273" t="s" s="4">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="F273" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G273" t="s">
-        <v>903</v>
+        <v>945</v>
       </c>
       <c r="H273" t="s">
         <v>0</v>
       </c>
       <c r="I273" t="s">
-        <v>904</v>
+        <v>946</v>
       </c>
       <c r="J273" t="s">
         <v>0</v>
       </c>
       <c r="K273" t="s">
-        <v>905</v>
+        <v>947</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s" s="2">
-        <v>906</v>
+        <v>948</v>
       </c>
       <c r="B274" t="s" s="2">
-        <v>417</v>
+        <v>528</v>
       </c>
       <c r="C274" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D274" t="s" s="4">
-        <v>59</v>
+        <v>174</v>
       </c>
       <c r="E274" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F274" t="s">
         <v>16</v>
       </c>
       <c r="G274" t="s">
-        <v>907</v>
+        <v>949</v>
       </c>
       <c r="H274" t="s">
         <v>0</v>
       </c>
       <c r="I274" t="s">
-        <v>908</v>
+        <v>950</v>
       </c>
       <c r="J274" t="s">
         <v>0</v>
       </c>
       <c r="K274" t="s">
-        <v>909</v>
+        <v>951</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s" s="2">
-        <v>910</v>
+        <v>948</v>
       </c>
       <c r="B275" t="s" s="2">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="C275" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D275" t="s" s="4">
-        <v>83</v>
+        <v>174</v>
       </c>
       <c r="E275" t="s" s="4">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="F275" t="s">
         <v>16</v>
       </c>
       <c r="G275" t="s">
-        <v>911</v>
+        <v>949</v>
       </c>
       <c r="H275" t="s">
         <v>0</v>
       </c>
       <c r="I275" t="s">
-        <v>912</v>
+        <v>950</v>
       </c>
       <c r="J275" t="s">
         <v>0</v>
       </c>
       <c r="K275" t="s">
-        <v>913</v>
+        <v>951</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s" s="2">
-        <v>914</v>
+        <v>952</v>
       </c>
       <c r="B276" t="s" s="2">
-        <v>417</v>
+        <v>173</v>
       </c>
       <c r="C276" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D276" t="s" s="4">
-        <v>59</v>
+        <v>174</v>
       </c>
       <c r="E276" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F276" t="s">
         <v>16</v>
       </c>
       <c r="G276" t="s">
-        <v>915</v>
+        <v>953</v>
       </c>
       <c r="H276" t="s">
         <v>0</v>
       </c>
       <c r="I276" t="s">
-        <v>916</v>
+        <v>954</v>
       </c>
       <c r="J276" t="s">
         <v>0</v>
       </c>
       <c r="K276" t="s">
-        <v>917</v>
+        <v>955</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s" s="2">
-        <v>914</v>
+        <v>952</v>
       </c>
       <c r="B277" t="s" s="2">
-        <v>58</v>
+        <v>528</v>
       </c>
       <c r="C277" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D277" t="s" s="4">
-        <v>59</v>
+        <v>174</v>
       </c>
       <c r="E277" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F277" t="s">
         <v>16</v>
       </c>
       <c r="G277" t="s">
-        <v>915</v>
+        <v>953</v>
       </c>
       <c r="H277" t="s">
         <v>0</v>
       </c>
       <c r="I277" t="s">
-        <v>916</v>
+        <v>954</v>
       </c>
       <c r="J277" t="s">
         <v>0</v>
       </c>
       <c r="K277" t="s">
-        <v>917</v>
+        <v>955</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s" s="2">
-        <v>918</v>
+        <v>952</v>
       </c>
       <c r="B278" t="s" s="2">
-        <v>119</v>
+        <v>239</v>
       </c>
       <c r="C278" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D278" t="s" s="4">
-        <v>52</v>
+        <v>240</v>
       </c>
       <c r="E278" t="s" s="4">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="F278" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G278" t="s">
-        <v>919</v>
+        <v>953</v>
       </c>
       <c r="H278" t="s">
         <v>0</v>
       </c>
       <c r="I278" t="s">
-        <v>920</v>
+        <v>954</v>
       </c>
       <c r="J278" t="s">
         <v>0</v>
       </c>
       <c r="K278" t="s">
-        <v>921</v>
+        <v>955</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s" s="2">
-        <v>922</v>
+        <v>956</v>
       </c>
       <c r="B279" t="s" s="2">
-        <v>228</v>
+        <v>214</v>
       </c>
       <c r="C279" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D279" t="s" s="4">
-        <v>213</v>
+        <v>45</v>
       </c>
       <c r="E279" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F279" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G279" t="s">
-        <v>685</v>
+        <v>957</v>
       </c>
       <c r="H279" t="s">
         <v>0</v>
       </c>
       <c r="I279" t="s">
-        <v>923</v>
+        <v>958</v>
       </c>
       <c r="J279" t="s">
         <v>0</v>
       </c>
       <c r="K279" t="s">
-        <v>924</v>
+        <v>959</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s" s="2">
-        <v>925</v>
+        <v>956</v>
       </c>
       <c r="B280" t="s" s="2">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="C280" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D280" t="s" s="4">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="E280" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F280" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G280" t="s">
-        <v>926</v>
+        <v>957</v>
       </c>
       <c r="H280" t="s">
         <v>0</v>
       </c>
       <c r="I280" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-        <v>131.0</v>
+        <v>958</v>
+      </c>
+      <c r="J280" t="s">
+        <v>0</v>
       </c>
       <c r="K280" t="s">
-        <v>928</v>
+        <v>959</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s" s="2">
-        <v>925</v>
+        <v>960</v>
       </c>
       <c r="B281" t="s" s="2">
-        <v>119</v>
+        <v>63</v>
       </c>
       <c r="C281" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D281" t="s" s="4">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E281" t="s" s="4">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="F281" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G281" t="s">
-        <v>926</v>
+        <v>961</v>
       </c>
       <c r="H281" t="s">
         <v>0</v>
       </c>
       <c r="I281" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-        <v>131.0</v>
+        <v>962</v>
+      </c>
+      <c r="J281" t="s">
+        <v>0</v>
       </c>
       <c r="K281" t="s">
-        <v>928</v>
+        <v>963</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s" s="2">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B282" t="s" s="2">
-        <v>212</v>
+        <v>117</v>
       </c>
       <c r="C282" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D282" t="s" s="4">
-        <v>213</v>
+        <v>560</v>
       </c>
       <c r="E282" t="s" s="4">
-        <v>15</v>
+        <v>561</v>
       </c>
       <c r="F282" t="s">
         <v>16</v>
       </c>
       <c r="G282" t="s">
-        <v>930</v>
+        <v>965</v>
       </c>
       <c r="H282" t="s">
         <v>0</v>
       </c>
       <c r="I282" t="s">
-        <v>931</v>
+        <v>966</v>
       </c>
       <c r="J282" t="s">
         <v>0</v>
       </c>
       <c r="K282" t="s">
-        <v>932</v>
+        <v>967</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s" s="2">
-        <v>933</v>
+        <v>968</v>
       </c>
       <c r="B283" t="s" s="2">
-        <v>294</v>
+        <v>163</v>
       </c>
       <c r="C283" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D283" t="s" s="4">
-        <v>45</v>
+        <v>164</v>
       </c>
       <c r="E283" t="s" s="4">
-        <v>46</v>
+        <v>126</v>
       </c>
       <c r="F283" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G283" t="s">
-        <v>934</v>
+        <v>969</v>
       </c>
       <c r="H283" t="s">
         <v>0</v>
       </c>
       <c r="I283" t="s">
-        <v>935</v>
+        <v>970</v>
       </c>
       <c r="J283" t="s">
         <v>0</v>
       </c>
       <c r="K283" t="s">
-        <v>936</v>
+        <v>971</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s" s="2">
-        <v>937</v>
+        <v>972</v>
       </c>
       <c r="B284" t="s" s="2">
-        <v>196</v>
+        <v>63</v>
       </c>
       <c r="C284" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D284" t="s" s="4">
-        <v>197</v>
+        <v>64</v>
       </c>
       <c r="E284" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F284" t="s">
         <v>16</v>
       </c>
       <c r="G284" t="s">
-        <v>938</v>
+        <v>973</v>
       </c>
       <c r="H284" t="s">
         <v>0</v>
       </c>
       <c r="I284" t="s">
-        <v>939</v>
+        <v>974</v>
       </c>
       <c r="J284" t="s">
         <v>0</v>
       </c>
       <c r="K284" t="s">
-        <v>940</v>
+        <v>975</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s" s="2">
-        <v>937</v>
+        <v>976</v>
       </c>
       <c r="B285" t="s" s="2">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="C285" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D285" t="s" s="4">
-        <v>213</v>
+        <v>240</v>
       </c>
       <c r="E285" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F285" t="s">
         <v>16</v>
       </c>
       <c r="G285" t="s">
-        <v>938</v>
+        <v>977</v>
       </c>
       <c r="H285" t="s">
         <v>0</v>
       </c>
       <c r="I285" t="s">
-        <v>939</v>
+        <v>978</v>
       </c>
       <c r="J285" t="s">
         <v>0</v>
       </c>
       <c r="K285" t="s">
-        <v>940</v>
+        <v>979</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s" s="2">
-        <v>941</v>
+        <v>980</v>
       </c>
       <c r="B286" t="s" s="2">
-        <v>501</v>
+        <v>21</v>
       </c>
       <c r="C286" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D286" t="s" s="4">
-        <v>502</v>
+        <v>22</v>
       </c>
       <c r="E286" t="s" s="4">
-        <v>503</v>
+        <v>23</v>
       </c>
       <c r="F286" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G286" t="s">
-        <v>942</v>
+        <v>981</v>
       </c>
       <c r="H286" t="s">
         <v>0</v>
       </c>
       <c r="I286" t="s">
-        <v>943</v>
+        <v>982</v>
       </c>
       <c r="J286" t="s">
         <v>0</v>
       </c>
       <c r="K286" t="s">
-        <v>944</v>
+        <v>983</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s" s="2">
-        <v>945</v>
+        <v>984</v>
       </c>
       <c r="B287" t="s" s="2">
-        <v>144</v>
+        <v>173</v>
       </c>
       <c r="C287" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D287" t="s" s="4">
-        <v>105</v>
+        <v>174</v>
       </c>
       <c r="E287" t="s" s="4">
-        <v>106</v>
+        <v>175</v>
       </c>
       <c r="F287" t="s">
         <v>16</v>
       </c>
       <c r="G287" t="s">
-        <v>946</v>
+        <v>267</v>
       </c>
       <c r="H287" t="s">
         <v>0</v>
       </c>
       <c r="I287" t="s">
-        <v>947</v>
+        <v>985</v>
       </c>
       <c r="J287" t="s">
         <v>0</v>
       </c>
       <c r="K287" t="s">
-        <v>948</v>
+        <v>986</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s" s="2">
-        <v>949</v>
+        <v>987</v>
       </c>
       <c r="B288" t="s" s="2">
-        <v>413</v>
+        <v>528</v>
       </c>
       <c r="C288" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D288" t="s" s="4">
-        <v>14</v>
+        <v>174</v>
       </c>
       <c r="E288" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F288" t="s">
         <v>16</v>
       </c>
       <c r="G288" t="s">
-        <v>950</v>
+        <v>988</v>
       </c>
       <c r="H288" t="s">
         <v>0</v>
       </c>
       <c r="I288" t="s">
-        <v>951</v>
+        <v>989</v>
       </c>
       <c r="J288" t="s">
         <v>0</v>
       </c>
       <c r="K288" t="s">
-        <v>952</v>
+        <v>990</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s" s="2">
-        <v>949</v>
+        <v>991</v>
       </c>
       <c r="B289" t="s" s="2">
-        <v>354</v>
+        <v>505</v>
       </c>
       <c r="C289" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D289" t="s" s="4">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="E289" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F289" t="s">
         <v>16</v>
       </c>
       <c r="G289" t="s">
-        <v>950</v>
+        <v>992</v>
       </c>
       <c r="H289" t="s">
         <v>0</v>
       </c>
       <c r="I289" t="s">
-        <v>951</v>
+        <v>993</v>
       </c>
       <c r="J289" t="s">
         <v>0</v>
       </c>
       <c r="K289" t="s">
-        <v>952</v>
+        <v>994</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s" s="2">
-        <v>953</v>
+        <v>995</v>
       </c>
       <c r="B290" t="s" s="2">
-        <v>228</v>
+        <v>533</v>
       </c>
       <c r="C290" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D290" t="s" s="4">
-        <v>213</v>
+        <v>534</v>
       </c>
       <c r="E290" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F290" t="s">
         <v>16</v>
       </c>
       <c r="G290" t="s">
-        <v>954</v>
+        <v>996</v>
       </c>
       <c r="H290" t="s">
         <v>0</v>
       </c>
       <c r="I290" t="s">
-        <v>955</v>
+        <v>997</v>
       </c>
       <c r="J290" t="s">
         <v>0</v>
       </c>
       <c r="K290" t="s">
-        <v>956</v>
+        <v>998</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s" s="2">
-        <v>957</v>
+        <v>999</v>
       </c>
       <c r="B291" t="s" s="2">
-        <v>228</v>
+        <v>570</v>
       </c>
       <c r="C291" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D291" t="s" s="4">
-        <v>213</v>
+        <v>571</v>
       </c>
       <c r="E291" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F291" t="s">
         <v>16</v>
       </c>
       <c r="G291" t="s">
-        <v>958</v>
+        <v>1000</v>
       </c>
       <c r="H291" t="s">
         <v>0</v>
       </c>
       <c r="I291" t="s">
-        <v>959</v>
+        <v>1001</v>
       </c>
       <c r="J291" t="s">
         <v>0</v>
       </c>
       <c r="K291" t="s">
-        <v>960</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s" s="2">
-        <v>961</v>
+        <v>1003</v>
       </c>
       <c r="B292" t="s" s="2">
-        <v>245</v>
+        <v>279</v>
       </c>
       <c r="C292" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202505007E11</v>
       </c>
       <c r="D292" t="s" s="4">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E292" t="s" s="4">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F292" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G292" t="s">
-        <v>962</v>
+        <v>1004</v>
       </c>
       <c r="H292" t="s">
         <v>0</v>
       </c>
       <c r="I292" t="s">
-        <v>963</v>
-[...2 lines deleted...]
-        <v>2844.0</v>
+        <v>1005</v>
+      </c>
+      <c r="J292" t="s">
+        <v>0</v>
       </c>
       <c r="K292" t="s">
-        <v>964</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s" s="2">
-        <v>965</v>
+        <v>1003</v>
       </c>
       <c r="B293" t="s" s="2">
-        <v>144</v>
+        <v>279</v>
       </c>
       <c r="C293" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D293" t="s" s="4">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="E293" t="s" s="4">
-        <v>106</v>
+        <v>39</v>
       </c>
       <c r="F293" t="s">
-        <v>16</v>
+        <v>283</v>
       </c>
       <c r="G293" t="s">
-        <v>966</v>
+        <v>1004</v>
       </c>
       <c r="H293" t="s">
         <v>0</v>
       </c>
       <c r="I293" t="s">
-        <v>967</v>
+        <v>1005</v>
       </c>
       <c r="J293" t="s">
         <v>0</v>
       </c>
       <c r="K293" t="s">
-        <v>968</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s" s="2">
-        <v>969</v>
+        <v>1007</v>
       </c>
       <c r="B294" t="s" s="2">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="C294" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D294" t="s" s="4">
-        <v>213</v>
+        <v>240</v>
       </c>
       <c r="E294" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F294" t="s">
         <v>16</v>
       </c>
       <c r="G294" t="s">
-        <v>970</v>
+        <v>1008</v>
       </c>
       <c r="H294" t="s">
         <v>0</v>
       </c>
       <c r="I294" t="s">
-        <v>971</v>
+        <v>1009</v>
       </c>
       <c r="J294" t="s">
         <v>0</v>
       </c>
       <c r="K294" t="s">
-        <v>972</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s" s="2">
-        <v>973</v>
+        <v>1007</v>
       </c>
       <c r="B295" t="s" s="2">
-        <v>228</v>
+        <v>505</v>
       </c>
       <c r="C295" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D295" t="s" s="4">
-        <v>213</v>
+        <v>240</v>
       </c>
       <c r="E295" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F295" t="s">
         <v>16</v>
       </c>
       <c r="G295" t="s">
-        <v>974</v>
+        <v>1008</v>
       </c>
       <c r="H295" t="s">
         <v>0</v>
       </c>
       <c r="I295" t="s">
-        <v>975</v>
+        <v>1009</v>
       </c>
       <c r="J295" t="s">
         <v>0</v>
       </c>
       <c r="K295" t="s">
-        <v>976</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s" s="2">
-        <v>977</v>
+        <v>1011</v>
       </c>
       <c r="B296" t="s" s="2">
-        <v>37</v>
+        <v>441</v>
       </c>
       <c r="C296" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D296" t="s" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E296" t="s" s="4">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="F296" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G296" t="s">
-        <v>978</v>
+        <v>1012</v>
       </c>
       <c r="H296" t="s">
         <v>0</v>
       </c>
       <c r="I296" t="s">
-        <v>979</v>
+        <v>1013</v>
       </c>
       <c r="J296" t="s">
         <v>0</v>
       </c>
       <c r="K296" t="s">
-        <v>980</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s" s="2">
-        <v>981</v>
+        <v>1015</v>
       </c>
       <c r="B297" t="s" s="2">
-        <v>155</v>
+        <v>30</v>
       </c>
       <c r="C297" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D297" t="s" s="4">
-        <v>83</v>
+        <v>22</v>
       </c>
       <c r="E297" t="s" s="4">
-        <v>156</v>
+        <v>31</v>
       </c>
       <c r="F297" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G297" t="s">
-        <v>982</v>
+        <v>0</v>
       </c>
       <c r="H297" t="s">
         <v>0</v>
       </c>
       <c r="I297" t="s">
-        <v>983</v>
+        <v>0</v>
       </c>
       <c r="J297" t="s">
         <v>0</v>
       </c>
       <c r="K297" t="s">
-        <v>984</v>
+        <v>0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s" s="2">
-        <v>985</v>
+        <v>1016</v>
       </c>
       <c r="B298" t="s" s="2">
-        <v>121</v>
+        <v>1017</v>
       </c>
       <c r="C298" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202309001E11</v>
       </c>
       <c r="D298" t="s" s="4">
-        <v>122</v>
+        <v>1018</v>
       </c>
       <c r="E298" t="s" s="4">
-        <v>123</v>
+        <v>1019</v>
       </c>
       <c r="F298" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G298" t="s">
-        <v>0</v>
+        <v>1020</v>
       </c>
       <c r="H298" t="s">
         <v>0</v>
       </c>
       <c r="I298" t="s">
-        <v>0</v>
+        <v>1021</v>
       </c>
       <c r="J298" t="s">
         <v>0</v>
       </c>
       <c r="K298" t="s">
-        <v>0</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s" s="2">
-        <v>986</v>
+        <v>1016</v>
       </c>
       <c r="B299" t="s" s="2">
-        <v>71</v>
+        <v>352</v>
       </c>
       <c r="C299" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D299" t="s" s="4">
-        <v>45</v>
+        <v>353</v>
       </c>
       <c r="E299" t="s" s="4">
-        <v>46</v>
+        <v>354</v>
       </c>
       <c r="F299" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G299" t="s">
-        <v>987</v>
+        <v>1020</v>
       </c>
       <c r="H299" t="s">
         <v>0</v>
       </c>
       <c r="I299" t="s">
-        <v>988</v>
+        <v>1021</v>
       </c>
       <c r="J299" t="s">
         <v>0</v>
       </c>
       <c r="K299" t="s">
-        <v>989</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s" s="2">
-        <v>990</v>
+        <v>1023</v>
       </c>
       <c r="B300" t="s" s="2">
-        <v>472</v>
+        <v>570</v>
       </c>
       <c r="C300" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D300" t="s" s="4">
-        <v>219</v>
+        <v>571</v>
       </c>
       <c r="E300" t="s" s="4">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="F300" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G300" t="s">
-        <v>991</v>
+        <v>1024</v>
       </c>
       <c r="H300" t="s">
         <v>0</v>
       </c>
       <c r="I300" t="s">
-        <v>992</v>
+        <v>1025</v>
       </c>
       <c r="J300" t="s">
         <v>0</v>
       </c>
       <c r="K300" t="s">
-        <v>993</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s" s="2">
-        <v>994</v>
+        <v>1027</v>
       </c>
       <c r="B301" t="s" s="2">
-        <v>692</v>
+        <v>173</v>
       </c>
       <c r="C301" t="n" s="3">
-        <v>7.91202007024E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D301" t="s" s="4">
-        <v>693</v>
+        <v>174</v>
       </c>
       <c r="E301" t="s" s="4">
-        <v>78</v>
+        <v>175</v>
       </c>
       <c r="F301" t="s">
         <v>16</v>
       </c>
       <c r="G301" t="s">
-        <v>995</v>
+        <v>1028</v>
       </c>
       <c r="H301" t="s">
         <v>0</v>
       </c>
       <c r="I301" t="s">
-        <v>996</v>
+        <v>1029</v>
       </c>
       <c r="J301" t="s">
         <v>0</v>
       </c>
       <c r="K301" t="s">
-        <v>997</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s" s="2">
-        <v>998</v>
+        <v>1031</v>
       </c>
       <c r="B302" t="s" s="2">
-        <v>297</v>
+        <v>1032</v>
       </c>
       <c r="C302" t="n" s="3">
-        <v>7.91202505003E11</v>
+        <v>7.91202409004E11</v>
       </c>
       <c r="D302" t="s" s="4">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E302" t="s" s="4">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F302" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G302" t="s">
-        <v>999</v>
+        <v>1033</v>
       </c>
       <c r="H302" t="s">
         <v>0</v>
       </c>
       <c r="I302" t="s">
-        <v>1000</v>
+        <v>1034</v>
       </c>
       <c r="J302" t="s">
         <v>0</v>
       </c>
       <c r="K302" t="s">
-        <v>1001</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s" s="2">
-        <v>1002</v>
+        <v>1031</v>
       </c>
       <c r="B303" t="s" s="2">
-        <v>121</v>
+        <v>1036</v>
       </c>
       <c r="C303" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202409002E11</v>
       </c>
       <c r="D303" t="s" s="4">
-        <v>122</v>
+        <v>52</v>
       </c>
       <c r="E303" t="s" s="4">
-        <v>123</v>
+        <v>53</v>
       </c>
       <c r="F303" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G303" t="s">
-        <v>0</v>
+        <v>1033</v>
       </c>
       <c r="H303" t="s">
         <v>0</v>
       </c>
       <c r="I303" t="s">
-        <v>0</v>
+        <v>1034</v>
       </c>
       <c r="J303" t="s">
         <v>0</v>
       </c>
       <c r="K303" t="s">
-        <v>0</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s" s="2">
-        <v>1003</v>
+        <v>1031</v>
       </c>
       <c r="B304" t="s" s="2">
-        <v>293</v>
+        <v>1037</v>
       </c>
       <c r="C304" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202409001E11</v>
       </c>
       <c r="D304" t="s" s="4">
         <v>52</v>
       </c>
       <c r="E304" t="s" s="4">
         <v>53</v>
       </c>
       <c r="F304" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G304" t="s">
-        <v>1004</v>
+        <v>1033</v>
       </c>
       <c r="H304" t="s">
         <v>0</v>
       </c>
       <c r="I304" t="s">
-        <v>1005</v>
+        <v>1034</v>
       </c>
       <c r="J304" t="s">
         <v>0</v>
       </c>
       <c r="K304" t="s">
-        <v>1006</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s" s="2">
-        <v>1003</v>
+        <v>1038</v>
       </c>
       <c r="B305" t="s" s="2">
-        <v>446</v>
+        <v>533</v>
       </c>
       <c r="C305" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D305" t="s" s="4">
-        <v>52</v>
+        <v>534</v>
       </c>
       <c r="E305" t="s" s="4">
-        <v>349</v>
+        <v>175</v>
       </c>
       <c r="F305" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G305" t="s">
-        <v>1004</v>
+        <v>1039</v>
       </c>
       <c r="H305" t="s">
         <v>0</v>
       </c>
       <c r="I305" t="s">
-        <v>1005</v>
+        <v>1040</v>
       </c>
       <c r="J305" t="s">
         <v>0</v>
       </c>
       <c r="K305" t="s">
-        <v>1006</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s" s="2">
-        <v>1007</v>
+        <v>1042</v>
       </c>
       <c r="B306" t="s" s="2">
-        <v>129</v>
+        <v>1043</v>
       </c>
       <c r="C306" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202003004E11</v>
       </c>
       <c r="D306" t="s" s="4">
-        <v>130</v>
+        <v>1044</v>
       </c>
       <c r="E306" t="s" s="4">
-        <v>131</v>
+        <v>1045</v>
       </c>
       <c r="F306" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G306" t="s">
-        <v>1008</v>
+        <v>1046</v>
       </c>
       <c r="H306" t="s">
         <v>0</v>
       </c>
       <c r="I306" t="s">
-        <v>1009</v>
+        <v>1047</v>
       </c>
       <c r="J306" t="s">
         <v>0</v>
       </c>
       <c r="K306" t="s">
-        <v>1010</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s" s="2">
-        <v>1011</v>
+        <v>1049</v>
       </c>
       <c r="B307" t="s" s="2">
-        <v>37</v>
+        <v>173</v>
       </c>
       <c r="C307" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D307" t="s" s="4">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="E307" t="s" s="4">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="F307" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G307" t="s">
-        <v>1012</v>
+        <v>1050</v>
       </c>
       <c r="H307" t="s">
         <v>0</v>
       </c>
       <c r="I307" t="s">
-        <v>1013</v>
+        <v>1051</v>
       </c>
       <c r="J307" t="s">
         <v>0</v>
       </c>
       <c r="K307" t="s">
-        <v>1014</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s" s="2">
-        <v>1015</v>
+        <v>1053</v>
       </c>
       <c r="B308" t="s" s="2">
-        <v>155</v>
+        <v>327</v>
       </c>
       <c r="C308" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D308" t="s" s="4">
-        <v>83</v>
+        <v>164</v>
       </c>
       <c r="E308" t="s" s="4">
-        <v>156</v>
+        <v>15</v>
       </c>
       <c r="F308" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G308" t="s">
-        <v>1016</v>
+        <v>1054</v>
       </c>
       <c r="H308" t="s">
         <v>0</v>
       </c>
       <c r="I308" t="s">
-        <v>1017</v>
-[...2 lines deleted...]
-        <v>302.0</v>
+        <v>1055</v>
+      </c>
+      <c r="J308" t="s">
+        <v>0</v>
       </c>
       <c r="K308" t="s">
-        <v>1018</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s" s="2">
-        <v>1019</v>
+        <v>1057</v>
       </c>
       <c r="B309" t="s" s="2">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="C309" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D309" t="s" s="4">
-        <v>83</v>
+        <v>174</v>
       </c>
       <c r="E309" t="s" s="4">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="F309" t="s">
         <v>16</v>
       </c>
       <c r="G309" t="s">
-        <v>1020</v>
+        <v>1058</v>
       </c>
       <c r="H309" t="s">
         <v>0</v>
       </c>
       <c r="I309" t="s">
-        <v>1021</v>
+        <v>1059</v>
       </c>
       <c r="J309" t="s">
         <v>0</v>
       </c>
       <c r="K309" t="s">
-        <v>1022</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s" s="2">
-        <v>1019</v>
+        <v>1057</v>
       </c>
       <c r="B310" t="s" s="2">
-        <v>21</v>
+        <v>486</v>
       </c>
       <c r="C310" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D310" t="s" s="4">
-        <v>22</v>
+        <v>487</v>
       </c>
       <c r="E310" t="s" s="4">
-        <v>23</v>
+        <v>488</v>
       </c>
       <c r="F310" t="s">
         <v>16</v>
       </c>
       <c r="G310" t="s">
-        <v>1020</v>
+        <v>1058</v>
       </c>
       <c r="H310" t="s">
         <v>0</v>
       </c>
       <c r="I310" t="s">
-        <v>1021</v>
+        <v>1059</v>
       </c>
       <c r="J310" t="s">
         <v>0</v>
       </c>
       <c r="K310" t="s">
-        <v>1022</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s" s="2">
-        <v>1023</v>
+        <v>1061</v>
       </c>
       <c r="B311" t="s" s="2">
-        <v>143</v>
+        <v>239</v>
       </c>
       <c r="C311" t="n" s="3">
-        <v>7.91202510002E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D311" t="s" s="4">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="E311" t="s" s="4">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="F311" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G311" t="s">
-        <v>0</v>
+        <v>1062</v>
       </c>
       <c r="H311" t="s">
         <v>0</v>
       </c>
       <c r="I311" t="s">
-        <v>0</v>
+        <v>1063</v>
       </c>
       <c r="J311" t="s">
         <v>0</v>
       </c>
       <c r="K311" t="s">
-        <v>0</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s" s="2">
-        <v>1024</v>
+        <v>1065</v>
       </c>
       <c r="B312" t="s" s="2">
-        <v>58</v>
+        <v>570</v>
       </c>
       <c r="C312" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D312" t="s" s="4">
-        <v>59</v>
+        <v>571</v>
       </c>
       <c r="E312" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F312" t="s">
         <v>16</v>
       </c>
       <c r="G312" t="s">
-        <v>1025</v>
+        <v>1066</v>
       </c>
       <c r="H312" t="s">
         <v>0</v>
       </c>
       <c r="I312" t="s">
-        <v>1026</v>
+        <v>1067</v>
       </c>
       <c r="J312" t="s">
         <v>0</v>
       </c>
       <c r="K312" t="s">
-        <v>1027</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s" s="2">
-        <v>1028</v>
+        <v>1069</v>
       </c>
       <c r="B313" t="s" s="2">
-        <v>417</v>
+        <v>30</v>
       </c>
       <c r="C313" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D313" t="s" s="4">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="E313" t="s" s="4">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F313" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G313" t="s">
-        <v>1029</v>
+        <v>1070</v>
       </c>
       <c r="H313" t="s">
         <v>0</v>
       </c>
       <c r="I313" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>225.0</v>
+        <v>1071</v>
+      </c>
+      <c r="J313" t="s">
+        <v>0</v>
       </c>
       <c r="K313" t="s">
-        <v>1031</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s" s="2">
-        <v>1032</v>
+        <v>1073</v>
       </c>
       <c r="B314" t="s" s="2">
-        <v>417</v>
+        <v>1074</v>
       </c>
       <c r="C314" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202507003E11</v>
       </c>
       <c r="D314" t="s" s="4">
-        <v>59</v>
+        <v>1075</v>
       </c>
       <c r="E314" t="s" s="4">
-        <v>15</v>
+        <v>1076</v>
       </c>
       <c r="F314" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G314" t="s">
-        <v>787</v>
+        <v>1077</v>
       </c>
       <c r="H314" t="s">
         <v>0</v>
       </c>
       <c r="I314" t="s">
-        <v>440</v>
+        <v>1078</v>
       </c>
       <c r="J314" t="s">
         <v>0</v>
       </c>
       <c r="K314" t="s">
-        <v>1033</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s" s="2">
-        <v>1034</v>
+        <v>1080</v>
       </c>
       <c r="B315" t="s" s="2">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="C315" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D315" t="s" s="4">
-        <v>83</v>
+        <v>52</v>
       </c>
       <c r="E315" t="s" s="4">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="F315" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G315" t="s">
-        <v>1035</v>
+        <v>1081</v>
       </c>
       <c r="H315" t="s">
         <v>0</v>
       </c>
       <c r="I315" t="s">
-        <v>1036</v>
+        <v>1082</v>
       </c>
       <c r="J315" t="s">
         <v>0</v>
       </c>
       <c r="K315" t="s">
-        <v>1037</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s" s="2">
-        <v>1038</v>
+        <v>1084</v>
       </c>
       <c r="B316" t="s" s="2">
-        <v>354</v>
+        <v>37</v>
       </c>
       <c r="C316" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D316" t="s" s="4">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="E316" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F316" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G316" t="s">
-        <v>1039</v>
+        <v>1085</v>
       </c>
       <c r="H316" t="s">
         <v>0</v>
       </c>
       <c r="I316" t="s">
-        <v>1040</v>
+        <v>1086</v>
       </c>
       <c r="J316" t="s">
         <v>0</v>
       </c>
       <c r="K316" t="s">
-        <v>1041</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s" s="2">
-        <v>1042</v>
+        <v>1084</v>
       </c>
       <c r="B317" t="s" s="2">
-        <v>119</v>
+        <v>35</v>
       </c>
       <c r="C317" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D317" t="s" s="4">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="E317" t="s" s="4">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="F317" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G317" t="s">
-        <v>1043</v>
+        <v>1085</v>
       </c>
       <c r="H317" t="s">
         <v>0</v>
       </c>
       <c r="I317" t="s">
-        <v>1044</v>
+        <v>1086</v>
       </c>
       <c r="J317" t="s">
         <v>0</v>
       </c>
       <c r="K317" t="s">
-        <v>1045</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s" s="2">
-        <v>1046</v>
+        <v>1088</v>
       </c>
       <c r="B318" t="s" s="2">
-        <v>826</v>
+        <v>37</v>
       </c>
       <c r="C318" t="n" s="3">
-        <v>7.91202007022E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D318" t="s" s="4">
-        <v>827</v>
+        <v>38</v>
       </c>
       <c r="E318" t="s" s="4">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="F318" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G318" t="s">
-        <v>1047</v>
+        <v>1089</v>
       </c>
       <c r="H318" t="s">
         <v>0</v>
       </c>
       <c r="I318" t="s">
-        <v>1048</v>
+        <v>1090</v>
       </c>
       <c r="J318" t="s">
         <v>0</v>
       </c>
       <c r="K318" t="s">
-        <v>1049</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s" s="2">
-        <v>1050</v>
+        <v>1092</v>
       </c>
       <c r="B319" t="s" s="2">
-        <v>58</v>
+        <v>239</v>
       </c>
       <c r="C319" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D319" t="s" s="4">
-        <v>59</v>
+        <v>240</v>
       </c>
       <c r="E319" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F319" t="s">
         <v>16</v>
       </c>
       <c r="G319" t="s">
-        <v>1051</v>
+        <v>1093</v>
       </c>
       <c r="H319" t="s">
         <v>0</v>
       </c>
       <c r="I319" t="s">
-        <v>1052</v>
+        <v>1094</v>
       </c>
       <c r="J319" t="s">
         <v>0</v>
       </c>
       <c r="K319" t="s">
-        <v>1053</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s" s="2">
-        <v>1054</v>
+        <v>1092</v>
       </c>
       <c r="B320" t="s" s="2">
-        <v>240</v>
+        <v>570</v>
       </c>
       <c r="C320" t="n" s="3">
-        <v>7.91202505002E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D320" t="s" s="4">
-        <v>45</v>
+        <v>571</v>
       </c>
       <c r="E320" t="s" s="4">
-        <v>46</v>
+        <v>175</v>
       </c>
       <c r="F320" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G320" t="s">
-        <v>1055</v>
+        <v>1093</v>
       </c>
       <c r="H320" t="s">
         <v>0</v>
       </c>
       <c r="I320" t="s">
-        <v>1056</v>
+        <v>1094</v>
       </c>
       <c r="J320" t="s">
         <v>0</v>
       </c>
       <c r="K320" t="s">
-        <v>1057</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s" s="2">
-        <v>1058</v>
+        <v>1096</v>
       </c>
       <c r="B321" t="s" s="2">
-        <v>64</v>
+        <v>533</v>
       </c>
       <c r="C321" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D321" t="s" s="4">
-        <v>65</v>
+        <v>534</v>
       </c>
       <c r="E321" t="s" s="4">
-        <v>66</v>
+        <v>175</v>
       </c>
       <c r="F321" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G321" t="s">
-        <v>1059</v>
+        <v>1097</v>
       </c>
       <c r="H321" t="s">
         <v>0</v>
       </c>
       <c r="I321" t="s">
-        <v>1060</v>
+        <v>1098</v>
       </c>
       <c r="J321" t="s">
         <v>0</v>
       </c>
       <c r="K321" t="s">
-        <v>1061</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s" s="2">
-        <v>1062</v>
+        <v>1100</v>
       </c>
       <c r="B322" t="s" s="2">
-        <v>354</v>
+        <v>239</v>
       </c>
       <c r="C322" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D322" t="s" s="4">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="E322" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F322" t="s">
         <v>16</v>
       </c>
       <c r="G322" t="s">
-        <v>1063</v>
+        <v>1101</v>
       </c>
       <c r="H322" t="s">
         <v>0</v>
       </c>
       <c r="I322" t="s">
-        <v>1064</v>
+        <v>1102</v>
       </c>
       <c r="J322" t="s">
         <v>0</v>
       </c>
       <c r="K322" t="s">
-        <v>1065</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s" s="2">
-        <v>1066</v>
+        <v>1104</v>
       </c>
       <c r="B323" t="s" s="2">
-        <v>129</v>
+        <v>317</v>
       </c>
       <c r="C323" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D323" t="s" s="4">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="E323" t="s" s="4">
-        <v>131</v>
+        <v>258</v>
       </c>
       <c r="F323" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G323" t="s">
-        <v>1067</v>
+        <v>1105</v>
       </c>
       <c r="H323" t="s">
         <v>0</v>
       </c>
       <c r="I323" t="s">
-        <v>1068</v>
+        <v>1106</v>
       </c>
       <c r="J323" t="s">
         <v>0</v>
       </c>
       <c r="K323" t="s">
-        <v>1069</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s" s="2">
-        <v>1070</v>
+        <v>1108</v>
       </c>
       <c r="B324" t="s" s="2">
-        <v>1071</v>
+        <v>136</v>
       </c>
       <c r="C324" t="n" s="3">
-        <v>7.91202505004E11</v>
+        <v>7.91202510006E11</v>
       </c>
       <c r="D324" t="s" s="4">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E324" t="s" s="4">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="F324" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G324" t="s">
-        <v>1072</v>
+        <v>1109</v>
       </c>
       <c r="H324" t="s">
         <v>0</v>
       </c>
       <c r="I324" t="s">
-        <v>1073</v>
+        <v>1110</v>
       </c>
       <c r="J324" t="s">
         <v>0</v>
       </c>
       <c r="K324" t="s">
-        <v>1074</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s" s="2">
-        <v>1075</v>
+        <v>1112</v>
       </c>
       <c r="B325" t="s" s="2">
-        <v>196</v>
+        <v>533</v>
       </c>
       <c r="C325" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D325" t="s" s="4">
-        <v>197</v>
+        <v>534</v>
       </c>
       <c r="E325" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F325" t="s">
         <v>16</v>
       </c>
       <c r="G325" t="s">
-        <v>1076</v>
+        <v>1113</v>
       </c>
       <c r="H325" t="s">
         <v>0</v>
       </c>
       <c r="I325" t="s">
-        <v>1077</v>
+        <v>1114</v>
       </c>
       <c r="J325" t="s">
         <v>0</v>
       </c>
       <c r="K325" t="s">
-        <v>1078</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s" s="2">
-        <v>1079</v>
+        <v>1116</v>
       </c>
       <c r="B326" t="s" s="2">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="C326" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D326" t="s" s="4">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="E326" t="s" s="4">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="F326" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G326" t="s">
-        <v>1080</v>
+        <v>1117</v>
       </c>
       <c r="H326" t="s">
         <v>0</v>
       </c>
       <c r="I326" t="s">
-        <v>1081</v>
+        <v>1118</v>
       </c>
       <c r="J326" t="s">
         <v>0</v>
       </c>
       <c r="K326" t="s">
-        <v>1082</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s" s="2">
-        <v>1083</v>
+        <v>1120</v>
       </c>
       <c r="B327" t="s" s="2">
-        <v>76</v>
+        <v>755</v>
       </c>
       <c r="C327" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D327" t="s" s="4">
-        <v>77</v>
+        <v>534</v>
       </c>
       <c r="E327" t="s" s="4">
-        <v>78</v>
+        <v>175</v>
       </c>
       <c r="F327" t="s">
         <v>16</v>
       </c>
       <c r="G327" t="s">
-        <v>1084</v>
+        <v>1121</v>
       </c>
       <c r="H327" t="s">
         <v>0</v>
       </c>
       <c r="I327" t="s">
-        <v>1085</v>
+        <v>1122</v>
       </c>
       <c r="J327" t="s">
         <v>0</v>
       </c>
       <c r="K327" t="s">
-        <v>1086</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s" s="2">
-        <v>1087</v>
+        <v>1124</v>
       </c>
       <c r="B328" t="s" s="2">
-        <v>119</v>
+        <v>570</v>
       </c>
       <c r="C328" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D328" t="s" s="4">
-        <v>52</v>
+        <v>571</v>
       </c>
       <c r="E328" t="s" s="4">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="F328" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G328" t="s">
-        <v>1088</v>
+        <v>1125</v>
       </c>
       <c r="H328" t="s">
         <v>0</v>
       </c>
       <c r="I328" t="s">
-        <v>1089</v>
+        <v>1126</v>
       </c>
       <c r="J328" t="s">
         <v>0</v>
       </c>
       <c r="K328" t="s">
-        <v>1090</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s" s="2">
-        <v>1091</v>
+        <v>1128</v>
       </c>
       <c r="B329" t="s" s="2">
-        <v>310</v>
+        <v>570</v>
       </c>
       <c r="C329" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D329" t="s" s="4">
-        <v>311</v>
+        <v>571</v>
       </c>
       <c r="E329" t="s" s="4">
-        <v>131</v>
+        <v>175</v>
       </c>
       <c r="F329" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G329" t="s">
-        <v>1092</v>
+        <v>1129</v>
       </c>
       <c r="H329" t="s">
         <v>0</v>
       </c>
       <c r="I329" t="s">
-        <v>1093</v>
+        <v>1130</v>
       </c>
       <c r="J329" t="s">
         <v>0</v>
       </c>
       <c r="K329" t="s">
-        <v>1094</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s" s="2">
-        <v>1091</v>
+        <v>1132</v>
       </c>
       <c r="B330" t="s" s="2">
-        <v>817</v>
+        <v>570</v>
       </c>
       <c r="C330" t="n" s="3">
-        <v>7.91202200703E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D330" t="s" s="4">
-        <v>311</v>
+        <v>571</v>
       </c>
       <c r="E330" t="s" s="4">
-        <v>131</v>
+        <v>175</v>
       </c>
       <c r="F330" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G330" t="s">
-        <v>1092</v>
+        <v>1133</v>
       </c>
       <c r="H330" t="s">
         <v>0</v>
       </c>
       <c r="I330" t="s">
-        <v>1093</v>
+        <v>1134</v>
       </c>
       <c r="J330" t="s">
         <v>0</v>
       </c>
       <c r="K330" t="s">
-        <v>1094</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s" s="2">
-        <v>1095</v>
+        <v>1132</v>
       </c>
       <c r="B331" t="s" s="2">
-        <v>58</v>
+        <v>528</v>
       </c>
       <c r="C331" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D331" t="s" s="4">
-        <v>59</v>
+        <v>174</v>
       </c>
       <c r="E331" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F331" t="s">
         <v>16</v>
       </c>
       <c r="G331" t="s">
-        <v>1096</v>
+        <v>1133</v>
       </c>
       <c r="H331" t="s">
         <v>0</v>
       </c>
       <c r="I331" t="s">
-        <v>1097</v>
+        <v>1134</v>
       </c>
       <c r="J331" t="s">
         <v>0</v>
       </c>
       <c r="K331" t="s">
-        <v>1098</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s" s="2">
-        <v>1099</v>
+        <v>1132</v>
       </c>
       <c r="B332" t="s" s="2">
-        <v>294</v>
+        <v>486</v>
       </c>
       <c r="C332" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D332" t="s" s="4">
-        <v>45</v>
+        <v>487</v>
       </c>
       <c r="E332" t="s" s="4">
-        <v>46</v>
+        <v>488</v>
       </c>
       <c r="F332" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G332" t="s">
-        <v>1100</v>
+        <v>1133</v>
       </c>
       <c r="H332" t="s">
         <v>0</v>
       </c>
       <c r="I332" t="s">
-        <v>1101</v>
+        <v>1134</v>
       </c>
       <c r="J332" t="s">
         <v>0</v>
       </c>
       <c r="K332" t="s">
-        <v>1102</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s" s="2">
-        <v>1103</v>
+        <v>1132</v>
       </c>
       <c r="B333" t="s" s="2">
-        <v>347</v>
+        <v>173</v>
       </c>
       <c r="C333" t="n" s="3">
-        <v>7.91202003001E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D333" t="s" s="4">
-        <v>348</v>
+        <v>174</v>
       </c>
       <c r="E333" t="s" s="4">
-        <v>349</v>
+        <v>175</v>
       </c>
       <c r="F333" t="s">
         <v>16</v>
       </c>
       <c r="G333" t="s">
-        <v>1104</v>
+        <v>1133</v>
       </c>
       <c r="H333" t="s">
         <v>0</v>
       </c>
       <c r="I333" t="s">
-        <v>1105</v>
+        <v>1134</v>
       </c>
       <c r="J333" t="s">
         <v>0</v>
       </c>
       <c r="K333" t="s">
-        <v>1106</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s" s="2">
-        <v>1107</v>
+        <v>1136</v>
       </c>
       <c r="B334" t="s" s="2">
-        <v>228</v>
+        <v>173</v>
       </c>
       <c r="C334" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D334" t="s" s="4">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="E334" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F334" t="s">
         <v>16</v>
       </c>
       <c r="G334" t="s">
-        <v>1108</v>
+        <v>1137</v>
       </c>
       <c r="H334" t="s">
         <v>0</v>
       </c>
       <c r="I334" t="s">
-        <v>1109</v>
+        <v>1138</v>
       </c>
       <c r="J334" t="s">
         <v>0</v>
       </c>
       <c r="K334" t="s">
-        <v>1110</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s" s="2">
-        <v>1111</v>
+        <v>1140</v>
       </c>
       <c r="B335" t="s" s="2">
-        <v>64</v>
+        <v>514</v>
       </c>
       <c r="C335" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D335" t="s" s="4">
-        <v>65</v>
+        <v>515</v>
       </c>
       <c r="E335" t="s" s="4">
-        <v>66</v>
+        <v>175</v>
       </c>
       <c r="F335" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G335" t="s">
-        <v>1112</v>
+        <v>1141</v>
       </c>
       <c r="H335" t="s">
         <v>0</v>
       </c>
       <c r="I335" t="s">
-        <v>1113</v>
+        <v>1142</v>
       </c>
       <c r="J335" t="s">
         <v>0</v>
       </c>
       <c r="K335" t="s">
-        <v>1114</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s" s="2">
-        <v>1115</v>
+        <v>1140</v>
       </c>
       <c r="B336" t="s" s="2">
-        <v>228</v>
+        <v>755</v>
       </c>
       <c r="C336" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D336" t="s" s="4">
-        <v>213</v>
+        <v>534</v>
       </c>
       <c r="E336" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F336" t="s">
         <v>16</v>
       </c>
       <c r="G336" t="s">
-        <v>1116</v>
+        <v>1141</v>
       </c>
       <c r="H336" t="s">
         <v>0</v>
       </c>
       <c r="I336" t="s">
-        <v>1117</v>
-[...2 lines deleted...]
-        <v>109.0</v>
+        <v>1142</v>
+      </c>
+      <c r="J336" t="s">
+        <v>0</v>
       </c>
       <c r="K336" t="s">
-        <v>1118</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s" s="2">
-        <v>1119</v>
+        <v>1144</v>
       </c>
       <c r="B337" t="s" s="2">
-        <v>250</v>
+        <v>279</v>
       </c>
       <c r="C337" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D337" t="s" s="4">
-        <v>251</v>
+        <v>38</v>
       </c>
       <c r="E337" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F337" t="s">
-        <v>16</v>
+        <v>283</v>
       </c>
       <c r="G337" t="s">
-        <v>1120</v>
+        <v>0</v>
       </c>
       <c r="H337" t="s">
         <v>0</v>
       </c>
       <c r="I337" t="s">
-        <v>1121</v>
+        <v>0</v>
       </c>
       <c r="J337" t="s">
         <v>0</v>
       </c>
       <c r="K337" t="s">
-        <v>1122</v>
+        <v>0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s" s="2">
-        <v>1119</v>
+        <v>1145</v>
       </c>
       <c r="B338" t="s" s="2">
-        <v>354</v>
+        <v>125</v>
       </c>
       <c r="C338" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D338" t="s" s="4">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="E338" t="s" s="4">
-        <v>15</v>
+        <v>126</v>
       </c>
       <c r="F338" t="s">
         <v>16</v>
       </c>
       <c r="G338" t="s">
-        <v>1120</v>
+        <v>1146</v>
       </c>
       <c r="H338" t="s">
         <v>0</v>
       </c>
       <c r="I338" t="s">
-        <v>1121</v>
+        <v>1147</v>
       </c>
       <c r="J338" t="s">
         <v>0</v>
       </c>
       <c r="K338" t="s">
-        <v>1122</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s" s="2">
-        <v>1123</v>
+        <v>1145</v>
       </c>
       <c r="B339" t="s" s="2">
-        <v>294</v>
+        <v>239</v>
       </c>
       <c r="C339" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D339" t="s" s="4">
-        <v>45</v>
+        <v>240</v>
       </c>
       <c r="E339" t="s" s="4">
-        <v>46</v>
+        <v>175</v>
       </c>
       <c r="F339" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G339" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="H339" t="s">
         <v>0</v>
       </c>
       <c r="I339" t="s">
-        <v>1125</v>
+        <v>1147</v>
       </c>
       <c r="J339" t="s">
         <v>0</v>
       </c>
       <c r="K339" t="s">
-        <v>1126</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s" s="2">
-        <v>1127</v>
+        <v>1149</v>
       </c>
       <c r="B340" t="s" s="2">
-        <v>58</v>
+        <v>212</v>
       </c>
       <c r="C340" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D340" t="s" s="4">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="E340" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F340" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G340" t="s">
-        <v>1128</v>
+        <v>1150</v>
       </c>
       <c r="H340" t="s">
         <v>0</v>
       </c>
       <c r="I340" t="s">
-        <v>1129</v>
+        <v>1151</v>
       </c>
       <c r="J340" t="s">
         <v>0</v>
       </c>
       <c r="K340" t="s">
-        <v>1130</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s" s="2">
-        <v>1131</v>
+        <v>1153</v>
       </c>
       <c r="B341" t="s" s="2">
-        <v>354</v>
+        <v>212</v>
       </c>
       <c r="C341" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D341" t="s" s="4">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="E341" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F341" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G341" t="s">
-        <v>1132</v>
+        <v>1154</v>
       </c>
       <c r="H341" t="s">
         <v>0</v>
       </c>
       <c r="I341" t="s">
-        <v>1133</v>
+        <v>1155</v>
       </c>
       <c r="J341" t="s">
         <v>0</v>
       </c>
       <c r="K341" t="s">
-        <v>1134</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s" s="2">
-        <v>1135</v>
+        <v>1157</v>
       </c>
       <c r="B342" t="s" s="2">
-        <v>104</v>
+        <v>202</v>
       </c>
       <c r="C342" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D342" t="s" s="4">
-        <v>105</v>
+        <v>64</v>
       </c>
       <c r="E342" t="s" s="4">
-        <v>106</v>
+        <v>158</v>
       </c>
       <c r="F342" t="s">
         <v>16</v>
       </c>
       <c r="G342" t="s">
-        <v>1136</v>
+        <v>1158</v>
       </c>
       <c r="H342" t="s">
         <v>0</v>
       </c>
       <c r="I342" t="s">
-        <v>1137</v>
+        <v>1159</v>
       </c>
       <c r="J342" t="s">
         <v>0</v>
       </c>
       <c r="K342" t="s">
-        <v>1138</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s" s="2">
-        <v>1139</v>
+        <v>1157</v>
       </c>
       <c r="B343" t="s" s="2">
-        <v>28</v>
+        <v>157</v>
       </c>
       <c r="C343" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D343" t="s" s="4">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="E343" t="s" s="4">
-        <v>30</v>
+        <v>158</v>
       </c>
       <c r="F343" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G343" t="s">
-        <v>1140</v>
+        <v>1158</v>
       </c>
       <c r="H343" t="s">
         <v>0</v>
       </c>
       <c r="I343" t="s">
-        <v>1141</v>
+        <v>1159</v>
       </c>
       <c r="J343" t="s">
         <v>0</v>
       </c>
       <c r="K343" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s" s="2">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B344" t="s" s="2">
-        <v>212</v>
+        <v>183</v>
       </c>
       <c r="C344" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D344" t="s" s="4">
-        <v>213</v>
+        <v>38</v>
       </c>
       <c r="E344" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F344" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G344" t="s">
-        <v>1144</v>
+        <v>1162</v>
       </c>
       <c r="H344" t="s">
         <v>0</v>
       </c>
       <c r="I344" t="s">
-        <v>1145</v>
+        <v>1163</v>
       </c>
       <c r="J344" t="s">
         <v>0</v>
       </c>
       <c r="K344" t="s">
-        <v>1146</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s" s="2">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B345" t="s" s="2">
-        <v>228</v>
+        <v>213</v>
       </c>
       <c r="C345" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D345" t="s" s="4">
-        <v>213</v>
+        <v>45</v>
       </c>
       <c r="E345" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F345" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G345" t="s">
-        <v>1144</v>
+        <v>1162</v>
       </c>
       <c r="H345" t="s">
         <v>0</v>
       </c>
       <c r="I345" t="s">
-        <v>1145</v>
+        <v>1163</v>
       </c>
       <c r="J345" t="s">
         <v>0</v>
       </c>
       <c r="K345" t="s">
-        <v>1146</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s" s="2">
-        <v>1147</v>
+        <v>1161</v>
       </c>
       <c r="B346" t="s" s="2">
-        <v>228</v>
+        <v>486</v>
       </c>
       <c r="C346" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D346" t="s" s="4">
-        <v>213</v>
+        <v>487</v>
       </c>
       <c r="E346" t="s" s="4">
-        <v>15</v>
+        <v>488</v>
       </c>
       <c r="F346" t="s">
         <v>16</v>
       </c>
       <c r="G346" t="s">
-        <v>1148</v>
+        <v>1162</v>
       </c>
       <c r="H346" t="s">
         <v>0</v>
       </c>
       <c r="I346" t="s">
-        <v>1149</v>
+        <v>1163</v>
       </c>
       <c r="J346" t="s">
         <v>0</v>
       </c>
       <c r="K346" t="s">
-        <v>1150</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s" s="2">
-        <v>1147</v>
+        <v>1165</v>
       </c>
       <c r="B347" t="s" s="2">
         <v>58</v>
       </c>
       <c r="C347" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D347" t="s" s="4">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="E347" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F347" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G347" t="s">
-        <v>1148</v>
+        <v>1166</v>
       </c>
       <c r="H347" t="s">
         <v>0</v>
       </c>
       <c r="I347" t="s">
-        <v>1149</v>
+        <v>1167</v>
       </c>
       <c r="J347" t="s">
         <v>0</v>
       </c>
       <c r="K347" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s" s="2">
-        <v>1147</v>
+        <v>1169</v>
       </c>
       <c r="B348" t="s" s="2">
-        <v>212</v>
+        <v>399</v>
       </c>
       <c r="C348" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202303003E11</v>
       </c>
       <c r="D348" t="s" s="4">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="E348" t="s" s="4">
-        <v>15</v>
+        <v>400</v>
       </c>
       <c r="F348" t="s">
         <v>16</v>
       </c>
       <c r="G348" t="s">
-        <v>1148</v>
+        <v>1170</v>
       </c>
       <c r="H348" t="s">
         <v>0</v>
       </c>
       <c r="I348" t="s">
-        <v>1149</v>
+        <v>1171</v>
       </c>
       <c r="J348" t="s">
         <v>0</v>
       </c>
       <c r="K348" t="s">
-        <v>1150</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s" s="2">
-        <v>1151</v>
+        <v>1169</v>
       </c>
       <c r="B349" t="s" s="2">
-        <v>295</v>
+        <v>125</v>
       </c>
       <c r="C349" t="n" s="3">
-        <v>7.91202502006E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D349" t="s" s="4">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E349" t="s" s="4">
-        <v>53</v>
+        <v>126</v>
       </c>
       <c r="F349" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G349" t="s">
-        <v>1152</v>
+        <v>1170</v>
       </c>
       <c r="H349" t="s">
         <v>0</v>
       </c>
       <c r="I349" t="s">
-        <v>1153</v>
+        <v>1171</v>
       </c>
       <c r="J349" t="s">
         <v>0</v>
       </c>
       <c r="K349" t="s">
-        <v>1154</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s" s="2">
-        <v>1151</v>
+        <v>1173</v>
       </c>
       <c r="B350" t="s" s="2">
-        <v>119</v>
+        <v>1174</v>
       </c>
       <c r="C350" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202004009E11</v>
       </c>
       <c r="D350" t="s" s="4">
-        <v>52</v>
+        <v>534</v>
       </c>
       <c r="E350" t="s" s="4">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="F350" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G350" t="s">
-        <v>1152</v>
+        <v>1175</v>
       </c>
       <c r="H350" t="s">
         <v>0</v>
       </c>
       <c r="I350" t="s">
-        <v>1153</v>
+        <v>1176</v>
       </c>
       <c r="J350" t="s">
         <v>0</v>
       </c>
       <c r="K350" t="s">
-        <v>1154</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s" s="2">
-        <v>1155</v>
+        <v>1178</v>
       </c>
       <c r="B351" t="s" s="2">
-        <v>82</v>
+        <v>322</v>
       </c>
       <c r="C351" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D351" t="s" s="4">
-        <v>83</v>
+        <v>230</v>
       </c>
       <c r="E351" t="s" s="4">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F351" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G351" t="s">
-        <v>1156</v>
+        <v>1179</v>
       </c>
       <c r="H351" t="s">
         <v>0</v>
       </c>
       <c r="I351" t="s">
-        <v>1157</v>
+        <v>1180</v>
       </c>
       <c r="J351" t="s">
         <v>0</v>
       </c>
       <c r="K351" t="s">
-        <v>1158</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s" s="2">
-        <v>1159</v>
+        <v>1182</v>
       </c>
       <c r="B352" t="s" s="2">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="C352" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D352" t="s" s="4">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="E352" t="s" s="4">
-        <v>106</v>
+        <v>39</v>
       </c>
       <c r="F352" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G352" t="s">
-        <v>1160</v>
+        <v>1183</v>
       </c>
       <c r="H352" t="s">
         <v>0</v>
       </c>
       <c r="I352" t="s">
-        <v>1161</v>
+        <v>1184</v>
       </c>
       <c r="J352" t="s">
         <v>0</v>
       </c>
       <c r="K352" t="s">
-        <v>1162</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s" s="2">
-        <v>1163</v>
+        <v>1186</v>
       </c>
       <c r="B353" t="s" s="2">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="C353" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D353" t="s" s="4">
-        <v>219</v>
+        <v>64</v>
       </c>
       <c r="E353" t="s" s="4">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F353" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G353" t="s">
-        <v>1164</v>
+        <v>1187</v>
       </c>
       <c r="H353" t="s">
         <v>0</v>
       </c>
       <c r="I353" t="s">
-        <v>1165</v>
+        <v>1188</v>
       </c>
       <c r="J353" t="s">
         <v>0</v>
       </c>
       <c r="K353" t="s">
-        <v>1166</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s" s="2">
-        <v>1167</v>
+        <v>1186</v>
       </c>
       <c r="B354" t="s" s="2">
-        <v>82</v>
+        <v>249</v>
       </c>
       <c r="C354" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202303008E11</v>
       </c>
       <c r="D354" t="s" s="4">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="E354" t="s" s="4">
-        <v>23</v>
+        <v>250</v>
       </c>
       <c r="F354" t="s">
         <v>16</v>
       </c>
       <c r="G354" t="s">
-        <v>1168</v>
+        <v>1187</v>
       </c>
       <c r="H354" t="s">
         <v>0</v>
       </c>
       <c r="I354" t="s">
-        <v>1169</v>
+        <v>1188</v>
       </c>
       <c r="J354" t="s">
         <v>0</v>
       </c>
       <c r="K354" t="s">
-        <v>1170</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s" s="2">
-        <v>1171</v>
+        <v>1190</v>
       </c>
       <c r="B355" t="s" s="2">
-        <v>58</v>
+        <v>173</v>
       </c>
       <c r="C355" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D355" t="s" s="4">
-        <v>59</v>
+        <v>174</v>
       </c>
       <c r="E355" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F355" t="s">
         <v>16</v>
       </c>
       <c r="G355" t="s">
-        <v>1172</v>
+        <v>1191</v>
       </c>
       <c r="H355" t="s">
         <v>0</v>
       </c>
       <c r="I355" t="s">
-        <v>1173</v>
+        <v>1192</v>
       </c>
       <c r="J355" t="s">
         <v>0</v>
       </c>
       <c r="K355" t="s">
-        <v>1174</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s" s="2">
-        <v>1175</v>
+        <v>1194</v>
       </c>
       <c r="B356" t="s" s="2">
-        <v>28</v>
+        <v>352</v>
       </c>
       <c r="C356" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D356" t="s" s="4">
-        <v>29</v>
+        <v>353</v>
       </c>
       <c r="E356" t="s" s="4">
-        <v>30</v>
+        <v>354</v>
       </c>
       <c r="F356" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G356" t="s">
-        <v>1176</v>
+        <v>1195</v>
       </c>
       <c r="H356" t="s">
         <v>0</v>
       </c>
       <c r="I356" t="s">
-        <v>1177</v>
+        <v>1196</v>
       </c>
       <c r="J356" t="s">
         <v>0</v>
       </c>
       <c r="K356" t="s">
-        <v>1178</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s" s="2">
-        <v>1179</v>
+        <v>1194</v>
       </c>
       <c r="B357" t="s" s="2">
-        <v>228</v>
+        <v>58</v>
       </c>
       <c r="C357" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D357" t="s" s="4">
-        <v>213</v>
+        <v>38</v>
       </c>
       <c r="E357" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F357" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G357" t="s">
-        <v>374</v>
+        <v>1195</v>
       </c>
       <c r="H357" t="s">
         <v>0</v>
       </c>
       <c r="I357" t="s">
-        <v>1180</v>
+        <v>1196</v>
       </c>
       <c r="J357" t="s">
         <v>0</v>
       </c>
       <c r="K357" t="s">
-        <v>1181</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s" s="2">
-        <v>1182</v>
+        <v>1198</v>
       </c>
       <c r="B358" t="s" s="2">
-        <v>212</v>
+        <v>570</v>
       </c>
       <c r="C358" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D358" t="s" s="4">
-        <v>213</v>
+        <v>571</v>
       </c>
       <c r="E358" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F358" t="s">
         <v>16</v>
       </c>
       <c r="G358" t="s">
-        <v>1183</v>
+        <v>1199</v>
       </c>
       <c r="H358" t="s">
         <v>0</v>
       </c>
       <c r="I358" t="s">
-        <v>1184</v>
+        <v>1200</v>
       </c>
       <c r="J358" t="s">
         <v>0</v>
       </c>
       <c r="K358" t="s">
-        <v>1185</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s" s="2">
-        <v>1186</v>
+        <v>1202</v>
       </c>
       <c r="B359" t="s" s="2">
-        <v>417</v>
+        <v>1017</v>
       </c>
       <c r="C359" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202309001E11</v>
       </c>
       <c r="D359" t="s" s="4">
-        <v>59</v>
+        <v>1018</v>
       </c>
       <c r="E359" t="s" s="4">
-        <v>15</v>
+        <v>1019</v>
       </c>
       <c r="F359" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G359" t="s">
-        <v>1187</v>
+        <v>1203</v>
       </c>
       <c r="H359" t="s">
         <v>0</v>
       </c>
       <c r="I359" t="s">
-        <v>1188</v>
+        <v>1204</v>
       </c>
       <c r="J359" t="s">
         <v>0</v>
       </c>
       <c r="K359" t="s">
-        <v>1189</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s" s="2">
-        <v>1190</v>
+        <v>1202</v>
       </c>
       <c r="B360" t="s" s="2">
-        <v>354</v>
+        <v>58</v>
       </c>
       <c r="C360" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D360" t="s" s="4">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="E360" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F360" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G360" t="s">
-        <v>1191</v>
+        <v>1203</v>
       </c>
       <c r="H360" t="s">
         <v>0</v>
       </c>
       <c r="I360" t="s">
-        <v>1192</v>
+        <v>1204</v>
       </c>
       <c r="J360" t="s">
         <v>0</v>
       </c>
       <c r="K360" t="s">
-        <v>1193</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s" s="2">
-        <v>1194</v>
+        <v>1202</v>
       </c>
       <c r="B361" t="s" s="2">
-        <v>196</v>
+        <v>352</v>
       </c>
       <c r="C361" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D361" t="s" s="4">
-        <v>197</v>
+        <v>353</v>
       </c>
       <c r="E361" t="s" s="4">
-        <v>15</v>
+        <v>354</v>
       </c>
       <c r="F361" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G361" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
       <c r="H361" t="s">
         <v>0</v>
       </c>
       <c r="I361" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="J361" t="s">
         <v>0</v>
       </c>
       <c r="K361" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s" s="2">
-        <v>1198</v>
+        <v>1206</v>
       </c>
       <c r="B362" t="s" s="2">
-        <v>386</v>
+        <v>96</v>
       </c>
       <c r="C362" t="n" s="3">
-        <v>7.91202505009E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D362" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E362" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F362" t="s">
-        <v>387</v>
+        <v>24</v>
       </c>
       <c r="G362" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="H362" t="s">
         <v>0</v>
       </c>
       <c r="I362" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
       <c r="J362" t="s">
         <v>0</v>
       </c>
       <c r="K362" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s" s="2">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="B363" t="s" s="2">
-        <v>386</v>
+        <v>96</v>
       </c>
       <c r="C363" t="n" s="3">
-        <v>7.91202505007E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D363" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E363" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F363" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G363" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
       <c r="H363" t="s">
         <v>0</v>
       </c>
       <c r="I363" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="J363" t="s">
         <v>0</v>
       </c>
       <c r="K363" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s" s="2">
-        <v>1202</v>
+        <v>1210</v>
       </c>
       <c r="B364" t="s" s="2">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="C364" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D364" t="s" s="4">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="E364" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F364" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G364" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
       <c r="H364" t="s">
         <v>0</v>
       </c>
       <c r="I364" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
       <c r="J364" t="s">
         <v>0</v>
       </c>
       <c r="K364" t="s">
-        <v>1205</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s" s="2">
-        <v>1202</v>
+        <v>1214</v>
       </c>
       <c r="B365" t="s" s="2">
-        <v>417</v>
+        <v>1215</v>
       </c>
       <c r="C365" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202409008E11</v>
       </c>
       <c r="D365" t="s" s="4">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E365" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F365" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G365" t="s">
-        <v>1203</v>
+        <v>1216</v>
       </c>
       <c r="H365" t="s">
         <v>0</v>
       </c>
       <c r="I365" t="s">
-        <v>1204</v>
+        <v>1217</v>
       </c>
       <c r="J365" t="s">
         <v>0</v>
       </c>
       <c r="K365" t="s">
-        <v>1205</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s" s="2">
-        <v>1206</v>
+        <v>1219</v>
       </c>
       <c r="B366" t="s" s="2">
-        <v>647</v>
+        <v>163</v>
       </c>
       <c r="C366" t="n" s="3">
-        <v>7.91202510001E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D366" t="s" s="4">
-        <v>29</v>
+        <v>164</v>
       </c>
       <c r="E366" t="s" s="4">
-        <v>38</v>
+        <v>126</v>
       </c>
       <c r="F366" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G366" t="s">
-        <v>1207</v>
+        <v>1220</v>
       </c>
       <c r="H366" t="s">
         <v>0</v>
       </c>
       <c r="I366" t="s">
-        <v>1208</v>
+        <v>1221</v>
       </c>
       <c r="J366" t="s">
         <v>0</v>
       </c>
       <c r="K366" t="s">
-        <v>1209</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s" s="2">
-        <v>1210</v>
+        <v>1219</v>
       </c>
       <c r="B367" t="s" s="2">
-        <v>37</v>
+        <v>202</v>
       </c>
       <c r="C367" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D367" t="s" s="4">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="E367" t="s" s="4">
-        <v>38</v>
+        <v>158</v>
       </c>
       <c r="F367" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G367" t="s">
-        <v>0</v>
+        <v>1220</v>
       </c>
       <c r="H367" t="s">
         <v>0</v>
       </c>
       <c r="I367" t="s">
-        <v>0</v>
+        <v>1221</v>
       </c>
       <c r="J367" t="s">
         <v>0</v>
       </c>
       <c r="K367" t="s">
-        <v>0</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s" s="2">
-        <v>1211</v>
+        <v>1223</v>
       </c>
       <c r="B368" t="s" s="2">
-        <v>501</v>
+        <v>197</v>
       </c>
       <c r="C368" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202207008E11</v>
       </c>
       <c r="D368" t="s" s="4">
-        <v>502</v>
+        <v>198</v>
       </c>
       <c r="E368" t="s" s="4">
-        <v>503</v>
+        <v>108</v>
       </c>
       <c r="F368" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G368" t="s">
-        <v>1212</v>
+        <v>1224</v>
       </c>
       <c r="H368" t="s">
         <v>0</v>
       </c>
       <c r="I368" t="s">
-        <v>1213</v>
+        <v>1225</v>
       </c>
       <c r="J368" t="s">
         <v>0</v>
       </c>
       <c r="K368" t="s">
-        <v>1214</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s" s="2">
-        <v>1211</v>
+        <v>1227</v>
       </c>
       <c r="B369" t="s" s="2">
-        <v>1215</v>
+        <v>755</v>
       </c>
       <c r="C369" t="n" s="3">
-        <v>7.91202309001E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D369" t="s" s="4">
-        <v>1216</v>
+        <v>534</v>
       </c>
       <c r="E369" t="s" s="4">
-        <v>1217</v>
+        <v>175</v>
       </c>
       <c r="F369" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G369" t="s">
-        <v>1212</v>
+        <v>1228</v>
       </c>
       <c r="H369" t="s">
         <v>0</v>
       </c>
       <c r="I369" t="s">
-        <v>1213</v>
+        <v>1229</v>
       </c>
       <c r="J369" t="s">
         <v>0</v>
       </c>
       <c r="K369" t="s">
-        <v>1214</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s" s="2">
-        <v>1218</v>
+        <v>1231</v>
       </c>
       <c r="B370" t="s" s="2">
-        <v>196</v>
+        <v>117</v>
       </c>
       <c r="C370" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202505006E11</v>
       </c>
       <c r="D370" t="s" s="4">
-        <v>197</v>
+        <v>38</v>
       </c>
       <c r="E370" t="s" s="4">
-        <v>15</v>
+        <v>118</v>
       </c>
       <c r="F370" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G370" t="s">
-        <v>1219</v>
+        <v>1232</v>
       </c>
       <c r="H370" t="s">
         <v>0</v>
       </c>
       <c r="I370" t="s">
-        <v>1220</v>
+        <v>1233</v>
       </c>
       <c r="J370" t="s">
         <v>0</v>
       </c>
       <c r="K370" t="s">
-        <v>1221</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s" s="2">
-        <v>1222</v>
+        <v>1235</v>
       </c>
       <c r="B371" t="s" s="2">
-        <v>228</v>
+        <v>322</v>
       </c>
       <c r="C371" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D371" t="s" s="4">
-        <v>213</v>
+        <v>230</v>
       </c>
       <c r="E371" t="s" s="4">
-        <v>15</v>
+        <v>108</v>
       </c>
       <c r="F371" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G371" t="s">
-        <v>1223</v>
+        <v>1236</v>
       </c>
       <c r="H371" t="s">
         <v>0</v>
       </c>
       <c r="I371" t="s">
-        <v>1224</v>
+        <v>1237</v>
       </c>
       <c r="J371" t="s">
         <v>0</v>
       </c>
       <c r="K371" t="s">
-        <v>1225</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s" s="2">
-        <v>1226</v>
+        <v>1239</v>
       </c>
       <c r="B372" t="s" s="2">
-        <v>1227</v>
+        <v>505</v>
       </c>
       <c r="C372" t="n" s="3">
-        <v>7.91202409004E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D372" t="s" s="4">
-        <v>65</v>
+        <v>240</v>
       </c>
       <c r="E372" t="s" s="4">
-        <v>66</v>
+        <v>175</v>
       </c>
       <c r="F372" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G372" t="s">
-        <v>1228</v>
+        <v>588</v>
       </c>
       <c r="H372" t="s">
         <v>0</v>
       </c>
       <c r="I372" t="s">
-        <v>1229</v>
+        <v>589</v>
       </c>
       <c r="J372" t="s">
         <v>0</v>
       </c>
       <c r="K372" t="s">
-        <v>1230</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s" s="2">
-        <v>1226</v>
+        <v>1241</v>
       </c>
       <c r="B373" t="s" s="2">
-        <v>1231</v>
+        <v>136</v>
       </c>
       <c r="C373" t="n" s="3">
-        <v>7.91202409002E11</v>
+        <v>7.91202510006E11</v>
       </c>
       <c r="D373" t="s" s="4">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E373" t="s" s="4">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="F373" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G373" t="s">
-        <v>1228</v>
+        <v>1242</v>
       </c>
       <c r="H373" t="s">
         <v>0</v>
       </c>
       <c r="I373" t="s">
-        <v>1229</v>
+        <v>1243</v>
       </c>
       <c r="J373" t="s">
         <v>0</v>
       </c>
       <c r="K373" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s" s="2">
-        <v>1226</v>
+        <v>1245</v>
       </c>
       <c r="B374" t="s" s="2">
-        <v>1232</v>
+        <v>1246</v>
       </c>
       <c r="C374" t="n" s="3">
-        <v>7.91202409001E11</v>
+        <v>7.91202502001E11</v>
       </c>
       <c r="D374" t="s" s="4">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="E374" t="s" s="4">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="F374" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G374" t="s">
-        <v>1228</v>
+        <v>1247</v>
       </c>
       <c r="H374" t="s">
         <v>0</v>
       </c>
       <c r="I374" t="s">
-        <v>1229</v>
+        <v>1248</v>
       </c>
       <c r="J374" t="s">
         <v>0</v>
       </c>
       <c r="K374" t="s">
-        <v>1230</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s" s="2">
-        <v>1233</v>
+        <v>1250</v>
       </c>
       <c r="B375" t="s" s="2">
-        <v>354</v>
+        <v>528</v>
       </c>
       <c r="C375" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D375" t="s" s="4">
-        <v>14</v>
+        <v>174</v>
       </c>
       <c r="E375" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F375" t="s">
         <v>16</v>
       </c>
       <c r="G375" t="s">
-        <v>1234</v>
+        <v>1251</v>
       </c>
       <c r="H375" t="s">
         <v>0</v>
       </c>
       <c r="I375" t="s">
-        <v>1235</v>
+        <v>1252</v>
       </c>
       <c r="J375" t="s">
         <v>0</v>
       </c>
       <c r="K375" t="s">
-        <v>1236</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s" s="2">
-        <v>1237</v>
+        <v>1254</v>
       </c>
       <c r="B376" t="s" s="2">
-        <v>1238</v>
+        <v>1255</v>
       </c>
       <c r="C376" t="n" s="3">
-        <v>7.91202003004E11</v>
+        <v>7.91202507005E11</v>
       </c>
       <c r="D376" t="s" s="4">
-        <v>1239</v>
+        <v>1075</v>
       </c>
       <c r="E376" t="s" s="4">
-        <v>1240</v>
+        <v>1076</v>
       </c>
       <c r="F376" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G376" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="H376" t="s">
         <v>0</v>
       </c>
       <c r="I376" t="s">
-        <v>1242</v>
+        <v>1257</v>
       </c>
       <c r="J376" t="s">
         <v>0</v>
       </c>
       <c r="K376" t="s">
-        <v>1243</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s" s="2">
-        <v>1244</v>
+        <v>1259</v>
       </c>
       <c r="B377" t="s" s="2">
-        <v>228</v>
+        <v>528</v>
       </c>
       <c r="C377" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D377" t="s" s="4">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="E377" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F377" t="s">
         <v>16</v>
       </c>
       <c r="G377" t="s">
-        <v>1245</v>
+        <v>1260</v>
       </c>
       <c r="H377" t="s">
         <v>0</v>
       </c>
       <c r="I377" t="s">
-        <v>1246</v>
+        <v>1261</v>
       </c>
       <c r="J377" t="s">
         <v>0</v>
       </c>
       <c r="K377" t="s">
-        <v>1247</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s" s="2">
-        <v>1248</v>
+        <v>1259</v>
       </c>
       <c r="B378" t="s" s="2">
-        <v>472</v>
+        <v>570</v>
       </c>
       <c r="C378" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D378" t="s" s="4">
-        <v>219</v>
+        <v>571</v>
       </c>
       <c r="E378" t="s" s="4">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="F378" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G378" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
       <c r="H378" t="s">
         <v>0</v>
       </c>
       <c r="I378" t="s">
-        <v>1250</v>
+        <v>1261</v>
       </c>
       <c r="J378" t="s">
         <v>0</v>
       </c>
       <c r="K378" t="s">
-        <v>1251</v>
-[...132 lines deleted...]
-      <c r="I382" t="s">
         <v>1262</v>
-      </c>
-[...2314 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>