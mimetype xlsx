--- v4 (2026-02-04)
+++ v5 (2026-02-26)
@@ -13,51 +13,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
 <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
 <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="791Vendors" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6748" uniqueCount="1263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6749" uniqueCount="1260">
   <si>
     <t/>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>Contract</t>
   </si>
   <si>
     <t>Awarded Date</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Lead Agency</t>
   </si>
   <si>
     <t>Contact Name</t>
   </si>
   <si>
@@ -390,65 +390,65 @@
   <si>
     <t>Energy Savings Performance Contracts</t>
   </si>
   <si>
     <t>07/31/2033</t>
   </si>
   <si>
     <t>American Defense Solutions of Texas, LLC.</t>
   </si>
   <si>
     <t xml:space="preserve">Security Products and Services </t>
   </si>
   <si>
     <t>Mark Hannon</t>
   </si>
   <si>
     <t>(646) 235-6268</t>
   </si>
   <si>
     <t>mark@ads-security.com</t>
   </si>
   <si>
     <t>American Protective Services</t>
   </si>
   <si>
+    <t>Cindy Chavez</t>
+  </si>
+  <si>
+    <t>(210) 762-6448</t>
+  </si>
+  <si>
+    <t>cchavez@apssatx.net</t>
+  </si>
+  <si>
     <t>Technology Products, Equipment and Services</t>
   </si>
   <si>
     <t>05/31/2026</t>
   </si>
   <si>
-    <t>Cindy Chavez</t>
-[...7 lines deleted...]
-  <si>
     <t>AmTab Manufacturing Corporation</t>
   </si>
   <si>
     <t>Furniture Products, Equipment and Services</t>
   </si>
   <si>
     <t>Themio Lies</t>
   </si>
   <si>
     <t>(630) 301-7600</t>
   </si>
   <si>
     <t>contractteam@amtab.com</t>
   </si>
   <si>
     <t>Anchorage Unlimited (Anchorage Medical Equipment &amp; Supplies)</t>
   </si>
   <si>
     <t>Uniforms and Uniform Services</t>
   </si>
   <si>
     <t>Dana Griffin</t>
   </si>
   <si>
     <t>(800) 981-8991</t>
@@ -1521,51 +1521,51 @@
   <si>
     <t>(517) 481-2218</t>
   </si>
   <si>
     <t>heather@gravityworksdesign.com</t>
   </si>
   <si>
     <t>Green Light Group Tours</t>
   </si>
   <si>
     <t>Corey Black</t>
   </si>
   <si>
     <t>(800) 490-1820</t>
   </si>
   <si>
     <t>approvedvendor@greenlightgrouptours.com</t>
   </si>
   <si>
     <t>Gunn Automotive Group</t>
   </si>
   <si>
     <t>David Espinoza</t>
   </si>
   <si>
-    <t>(210) 599-5000</t>
+    <t>(210) 912-5087</t>
   </si>
   <si>
     <t>dpespinoza@gunnauto.com</t>
   </si>
   <si>
     <t>Haskell Office, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Furniture and Fixtures </t>
   </si>
   <si>
     <t>Tim Kerfien</t>
   </si>
   <si>
     <t>(616) 278-1010</t>
   </si>
   <si>
     <t>tkerfien@haskelloffice.com</t>
   </si>
   <si>
     <t>HB Systems Inc</t>
   </si>
   <si>
     <t>Shawna Allen</t>
   </si>
@@ -3144,66 +3144,57 @@
   <si>
     <t>jbaumgartner@sportsfacilities.com</t>
   </si>
   <si>
     <t>Sports Facility Management -  Development Services and Construction</t>
   </si>
   <si>
     <t>Sports Facility Management - Advisory Services</t>
   </si>
   <si>
     <t>Sports Venue Padding (Artistic Coverings, Inc.)</t>
   </si>
   <si>
     <t>Michelle Robinson</t>
   </si>
   <si>
     <t>(562) 404-9343</t>
   </si>
   <si>
     <t>michelle@svpadding.com</t>
   </si>
   <si>
     <t>SSC Services for Education</t>
   </si>
   <si>
-    <t>Facilities Managed Services and Solutions</t>
-[...7 lines deleted...]
-  <si>
     <t>Tammy Reed</t>
   </si>
   <si>
     <t>(512) 318-3827</t>
   </si>
   <si>
-    <t>Tammy.Reed@sscserv.com</t>
+    <t>tammy.reed@sscserv.com</t>
   </si>
   <si>
     <t xml:space="preserve">Stanbury Uniforms </t>
   </si>
   <si>
     <t xml:space="preserve">Steve Roberts </t>
   </si>
   <si>
     <t>(800) 826-2246</t>
   </si>
   <si>
     <t>stanbury.bids@stanbury.com</t>
   </si>
   <si>
     <t>Stracon Group, Inc.</t>
   </si>
   <si>
     <t>Leslie Thompson</t>
   </si>
   <si>
     <t>(972) 262-5053</t>
   </si>
   <si>
     <t>leslie@straconmedsupply.com</t>
   </si>
@@ -5001,113 +4992,113 @@
       </c>
       <c r="F31" t="s">
         <v>24</v>
       </c>
       <c r="G31" t="s">
         <v>121</v>
       </c>
       <c r="H31" t="s">
         <v>0</v>
       </c>
       <c r="I31" t="s">
         <v>122</v>
       </c>
       <c r="J31" t="s">
         <v>0</v>
       </c>
       <c r="K31" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s" s="2">
         <v>124</v>
       </c>
       <c r="B32" t="s" s="2">
+        <v>13</v>
+      </c>
+      <c r="C32" t="n" s="3">
+        <v>7.91202303001E11</v>
+      </c>
+      <c r="D32" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E32" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F32" t="s">
+        <v>16</v>
+      </c>
+      <c r="G32" t="s">
         <v>125</v>
       </c>
-      <c r="C32" t="n" s="3">
-[...5 lines deleted...]
-      <c r="E32" t="s" s="4">
+      <c r="H32" t="s">
+        <v>0</v>
+      </c>
+      <c r="I32" t="s">
         <v>126</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="J32" t="s">
+        <v>0</v>
+      </c>
+      <c r="K32" t="s">
         <v>127</v>
-      </c>
-[...10 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s" s="2">
         <v>124</v>
       </c>
       <c r="B33" t="s" s="2">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="C33" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D33" t="s" s="4">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="E33" t="s" s="4">
-        <v>15</v>
+        <v>129</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33" t="s">
+        <v>125</v>
+      </c>
+      <c r="H33" t="s">
+        <v>0</v>
+      </c>
+      <c r="I33" t="s">
+        <v>126</v>
+      </c>
+      <c r="J33" t="s">
+        <v>0</v>
+      </c>
+      <c r="K33" t="s">
         <v>127</v>
-      </c>
-[...10 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s" s="2">
         <v>130</v>
       </c>
       <c r="B34" t="s" s="2">
         <v>131</v>
       </c>
       <c r="C34" t="n" s="3">
         <v>7.91202303004E11</v>
       </c>
       <c r="D34" t="s" s="4">
         <v>14</v>
       </c>
       <c r="E34" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F34" t="s">
         <v>16</v>
       </c>
       <c r="G34" t="s">
         <v>132</v>
       </c>
       <c r="H34" t="s">
@@ -5176,60 +5167,60 @@
       </c>
       <c r="F36" t="s">
         <v>24</v>
       </c>
       <c r="G36" t="s">
         <v>141</v>
       </c>
       <c r="H36" t="s">
         <v>0</v>
       </c>
       <c r="I36" t="s">
         <v>142</v>
       </c>
       <c r="J36" t="s">
         <v>0</v>
       </c>
       <c r="K36" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="2">
         <v>144</v>
       </c>
       <c r="B37" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C37" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D37" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E37" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>145</v>
       </c>
       <c r="H37" t="s">
         <v>0</v>
       </c>
       <c r="I37" t="s">
         <v>146</v>
       </c>
       <c r="J37" t="s">
         <v>0</v>
       </c>
       <c r="K37" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s" s="2">
         <v>148</v>
       </c>
       <c r="B38" t="s" s="2">
@@ -5325,51 +5316,51 @@
       </c>
       <c r="I40" t="s">
         <v>160</v>
       </c>
       <c r="J40" t="n">
         <v>258.0</v>
       </c>
       <c r="K40" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s" s="2">
         <v>162</v>
       </c>
       <c r="B41" t="s" s="2">
         <v>163</v>
       </c>
       <c r="C41" t="n" s="3">
         <v>7.91202103002E11</v>
       </c>
       <c r="D41" t="s" s="4">
         <v>164</v>
       </c>
       <c r="E41" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F41" t="s">
         <v>24</v>
       </c>
       <c r="G41" t="s">
         <v>165</v>
       </c>
       <c r="H41" t="s">
         <v>0</v>
       </c>
       <c r="I41" t="s">
         <v>166</v>
       </c>
       <c r="J41" t="s">
         <v>0</v>
       </c>
       <c r="K41" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s" s="2">
         <v>162</v>
       </c>
       <c r="B42" t="s" s="2">
@@ -5421,60 +5412,60 @@
       </c>
       <c r="F43" t="s">
         <v>16</v>
       </c>
       <c r="G43" t="s">
         <v>169</v>
       </c>
       <c r="H43" t="s">
         <v>0</v>
       </c>
       <c r="I43" t="s">
         <v>170</v>
       </c>
       <c r="J43" t="s">
         <v>0</v>
       </c>
       <c r="K43" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s" s="2">
         <v>168</v>
       </c>
       <c r="B44" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C44" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D44" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E44" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
         <v>169</v>
       </c>
       <c r="H44" t="s">
         <v>0</v>
       </c>
       <c r="I44" t="s">
         <v>170</v>
       </c>
       <c r="J44" t="s">
         <v>0</v>
       </c>
       <c r="K44" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s" s="2">
         <v>172</v>
       </c>
       <c r="B45" t="s" s="2">
@@ -5815,51 +5806,51 @@
       </c>
       <c r="I54" t="s">
         <v>204</v>
       </c>
       <c r="J54" t="s">
         <v>0</v>
       </c>
       <c r="K54" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s" s="2">
         <v>206</v>
       </c>
       <c r="B55" t="s" s="2">
         <v>207</v>
       </c>
       <c r="C55" t="n" s="3">
         <v>7.91202103009E11</v>
       </c>
       <c r="D55" t="s" s="4">
         <v>208</v>
       </c>
       <c r="E55" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F55" t="s">
         <v>16</v>
       </c>
       <c r="G55" t="s">
         <v>209</v>
       </c>
       <c r="H55" t="s">
         <v>0</v>
       </c>
       <c r="I55" t="s">
         <v>210</v>
       </c>
       <c r="J55" t="s">
         <v>0</v>
       </c>
       <c r="K55" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s" s="2">
         <v>206</v>
       </c>
       <c r="B56" t="s" s="2">
@@ -6891,130 +6882,130 @@
       </c>
       <c r="F85" t="s">
         <v>24</v>
       </c>
       <c r="G85" t="s">
         <v>314</v>
       </c>
       <c r="H85" t="s">
         <v>0</v>
       </c>
       <c r="I85" t="s">
         <v>315</v>
       </c>
       <c r="J85" t="s">
         <v>0</v>
       </c>
       <c r="K85" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s" s="2">
         <v>313</v>
       </c>
       <c r="B86" t="s" s="2">
-        <v>21</v>
+        <v>317</v>
       </c>
       <c r="C86" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D86" t="s" s="4">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E86" t="s" s="4">
-        <v>23</v>
+        <v>258</v>
       </c>
       <c r="F86" t="s">
         <v>24</v>
       </c>
       <c r="G86" t="s">
         <v>314</v>
       </c>
       <c r="H86" t="s">
         <v>0</v>
       </c>
       <c r="I86" t="s">
         <v>315</v>
       </c>
       <c r="J86" t="s">
         <v>0</v>
       </c>
       <c r="K86" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s" s="2">
         <v>313</v>
       </c>
       <c r="B87" t="s" s="2">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="C87" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D87" t="s" s="4">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E87" t="s" s="4">
-        <v>258</v>
+        <v>23</v>
       </c>
       <c r="F87" t="s">
         <v>24</v>
       </c>
       <c r="G87" t="s">
         <v>314</v>
       </c>
       <c r="H87" t="s">
         <v>0</v>
       </c>
       <c r="I87" t="s">
         <v>315</v>
       </c>
       <c r="J87" t="s">
         <v>0</v>
       </c>
       <c r="K87" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s" s="2">
         <v>318</v>
       </c>
       <c r="B88" t="s" s="2">
         <v>319</v>
       </c>
       <c r="C88" t="n" s="3">
         <v>7.91202103003E11</v>
       </c>
       <c r="D88" t="s" s="4">
         <v>320</v>
       </c>
       <c r="E88" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F88" t="s">
         <v>24</v>
       </c>
       <c r="G88" t="s">
         <v>0</v>
       </c>
       <c r="H88" t="s">
         <v>0</v>
       </c>
       <c r="I88" t="s">
         <v>0</v>
       </c>
       <c r="J88" t="s">
         <v>0</v>
       </c>
       <c r="K88" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s" s="2">
         <v>321</v>
       </c>
       <c r="B89" t="s" s="2">
@@ -7101,60 +7092,60 @@
       </c>
       <c r="F91" t="s">
         <v>24</v>
       </c>
       <c r="G91" t="s">
         <v>328</v>
       </c>
       <c r="H91" t="s">
         <v>0</v>
       </c>
       <c r="I91" t="s">
         <v>329</v>
       </c>
       <c r="J91" t="n">
         <v>1096.0</v>
       </c>
       <c r="K91" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s" s="2">
         <v>331</v>
       </c>
       <c r="B92" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C92" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D92" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E92" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F92" t="s">
         <v>16</v>
       </c>
       <c r="G92" t="s">
         <v>332</v>
       </c>
       <c r="H92" t="s">
         <v>0</v>
       </c>
       <c r="I92" t="s">
         <v>333</v>
       </c>
       <c r="J92" t="s">
         <v>0</v>
       </c>
       <c r="K92" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s" s="2">
         <v>335</v>
       </c>
       <c r="B93" t="s" s="2">
@@ -7486,95 +7477,95 @@
       </c>
       <c r="F102" t="s">
         <v>24</v>
       </c>
       <c r="G102" t="s">
         <v>367</v>
       </c>
       <c r="H102" t="s">
         <v>0</v>
       </c>
       <c r="I102" t="s">
         <v>368</v>
       </c>
       <c r="J102" t="s">
         <v>0</v>
       </c>
       <c r="K102" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s" s="2">
         <v>370</v>
       </c>
       <c r="B103" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C103" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D103" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E103" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F103" t="s">
         <v>16</v>
       </c>
       <c r="G103" t="s">
         <v>371</v>
       </c>
       <c r="H103" t="s">
         <v>0</v>
       </c>
       <c r="I103" t="s">
         <v>372</v>
       </c>
       <c r="J103" t="s">
         <v>0</v>
       </c>
       <c r="K103" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s" s="2">
         <v>374</v>
       </c>
       <c r="B104" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C104" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D104" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E104" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>375</v>
       </c>
       <c r="H104" t="s">
         <v>0</v>
       </c>
       <c r="I104" t="s">
         <v>376</v>
       </c>
       <c r="J104" t="s">
         <v>0</v>
       </c>
       <c r="K104" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s" s="2">
         <v>374</v>
       </c>
       <c r="B105" t="s" s="2">
@@ -7670,86 +7661,86 @@
       </c>
       <c r="I107" t="s">
         <v>384</v>
       </c>
       <c r="J107" t="s">
         <v>0</v>
       </c>
       <c r="K107" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s" s="2">
         <v>386</v>
       </c>
       <c r="B108" t="s" s="2">
         <v>207</v>
       </c>
       <c r="C108" t="n" s="3">
         <v>7.91202103009E11</v>
       </c>
       <c r="D108" t="s" s="4">
         <v>208</v>
       </c>
       <c r="E108" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108" t="s">
         <v>387</v>
       </c>
       <c r="H108" t="s">
         <v>0</v>
       </c>
       <c r="I108" t="s">
         <v>388</v>
       </c>
       <c r="J108" t="s">
         <v>0</v>
       </c>
       <c r="K108" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s" s="2">
         <v>390</v>
       </c>
       <c r="B109" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C109" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D109" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E109" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>391</v>
       </c>
       <c r="H109" t="s">
         <v>0</v>
       </c>
       <c r="I109" t="s">
         <v>392</v>
       </c>
       <c r="J109" t="s">
         <v>0</v>
       </c>
       <c r="K109" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s" s="2">
         <v>394</v>
       </c>
       <c r="B110" t="s" s="2">
@@ -7915,51 +7906,51 @@
       </c>
       <c r="I114" t="s">
         <v>410</v>
       </c>
       <c r="J114" t="s">
         <v>0</v>
       </c>
       <c r="K114" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s" s="2">
         <v>412</v>
       </c>
       <c r="B115" t="s" s="2">
         <v>163</v>
       </c>
       <c r="C115" t="n" s="3">
         <v>7.91202103002E11</v>
       </c>
       <c r="D115" t="s" s="4">
         <v>164</v>
       </c>
       <c r="E115" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F115" t="s">
         <v>24</v>
       </c>
       <c r="G115" t="s">
         <v>413</v>
       </c>
       <c r="H115" t="s">
         <v>0</v>
       </c>
       <c r="I115" t="s">
         <v>414</v>
       </c>
       <c r="J115" t="s">
         <v>0</v>
       </c>
       <c r="K115" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s" s="2">
         <v>416</v>
       </c>
       <c r="B116" t="s" s="2">
@@ -8291,60 +8282,60 @@
       </c>
       <c r="F125" t="s">
         <v>24</v>
       </c>
       <c r="G125" t="s">
         <v>446</v>
       </c>
       <c r="H125" t="s">
         <v>0</v>
       </c>
       <c r="I125" t="s">
         <v>447</v>
       </c>
       <c r="J125" t="s">
         <v>0</v>
       </c>
       <c r="K125" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s" s="2">
         <v>449</v>
       </c>
       <c r="B126" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C126" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D126" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E126" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F126" t="s">
         <v>16</v>
       </c>
       <c r="G126" t="s">
         <v>450</v>
       </c>
       <c r="H126" t="s">
         <v>0</v>
       </c>
       <c r="I126" t="s">
         <v>451</v>
       </c>
       <c r="J126" t="s">
         <v>0</v>
       </c>
       <c r="K126" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s" s="2">
         <v>453</v>
       </c>
       <c r="B127" t="s" s="2">
@@ -8650,86 +8641,86 @@
       </c>
       <c r="I135" t="s">
         <v>476</v>
       </c>
       <c r="J135" t="s">
         <v>0</v>
       </c>
       <c r="K135" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s" s="2">
         <v>474</v>
       </c>
       <c r="B136" t="s" s="2">
         <v>163</v>
       </c>
       <c r="C136" t="n" s="3">
         <v>7.91202103002E11</v>
       </c>
       <c r="D136" t="s" s="4">
         <v>164</v>
       </c>
       <c r="E136" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F136" t="s">
         <v>24</v>
       </c>
       <c r="G136" t="s">
         <v>475</v>
       </c>
       <c r="H136" t="s">
         <v>0</v>
       </c>
       <c r="I136" t="s">
         <v>476</v>
       </c>
       <c r="J136" t="s">
         <v>0</v>
       </c>
       <c r="K136" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s" s="2">
         <v>481</v>
       </c>
       <c r="B137" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C137" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D137" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E137" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F137" t="s">
         <v>16</v>
       </c>
       <c r="G137" t="s">
         <v>482</v>
       </c>
       <c r="H137" t="s">
         <v>0</v>
       </c>
       <c r="I137" t="s">
         <v>483</v>
       </c>
       <c r="J137" t="s">
         <v>0</v>
       </c>
       <c r="K137" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s" s="2">
         <v>485</v>
       </c>
       <c r="B138" t="s" s="2">
@@ -8839,52 +8830,52 @@
       </c>
       <c r="B141" t="s" s="2">
         <v>188</v>
       </c>
       <c r="C141" t="n" s="3">
         <v>7.91202510003E11</v>
       </c>
       <c r="D141" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E141" t="s" s="4">
         <v>31</v>
       </c>
       <c r="F141" t="s">
         <v>24</v>
       </c>
       <c r="G141" t="s">
         <v>501</v>
       </c>
       <c r="H141" t="s">
         <v>0</v>
       </c>
       <c r="I141" t="s">
         <v>502</v>
       </c>
-      <c r="J141" t="n">
-        <v>7047.0</v>
+      <c r="J141" t="s">
+        <v>0</v>
       </c>
       <c r="K141" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s" s="2">
         <v>504</v>
       </c>
       <c r="B142" t="s" s="2">
         <v>505</v>
       </c>
       <c r="C142" t="n" s="3">
         <v>7.91202003006E11</v>
       </c>
       <c r="D142" t="s" s="4">
         <v>240</v>
       </c>
       <c r="E142" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F142" t="s">
         <v>16</v>
       </c>
       <c r="G142" t="s">
@@ -8991,95 +8982,95 @@
       </c>
       <c r="F145" t="s">
         <v>16</v>
       </c>
       <c r="G145" t="s">
         <v>520</v>
       </c>
       <c r="H145" t="s">
         <v>0</v>
       </c>
       <c r="I145" t="s">
         <v>521</v>
       </c>
       <c r="J145" t="n">
         <v>1004.0</v>
       </c>
       <c r="K145" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s" s="2">
         <v>523</v>
       </c>
       <c r="B146" t="s" s="2">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="C146" t="n" s="3">
-        <v>7.91202507001E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D146" t="s" s="4">
-        <v>99</v>
+        <v>38</v>
       </c>
       <c r="E146" t="s" s="4">
-        <v>181</v>
+        <v>39</v>
       </c>
       <c r="F146" t="s">
         <v>24</v>
       </c>
       <c r="G146" t="s">
         <v>524</v>
       </c>
       <c r="H146" t="s">
         <v>0</v>
       </c>
       <c r="I146" t="s">
         <v>525</v>
       </c>
       <c r="J146" t="s">
         <v>0</v>
       </c>
       <c r="K146" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s" s="2">
         <v>523</v>
       </c>
       <c r="B147" t="s" s="2">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="C147" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202507001E11</v>
       </c>
       <c r="D147" t="s" s="4">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="E147" t="s" s="4">
-        <v>39</v>
+        <v>181</v>
       </c>
       <c r="F147" t="s">
         <v>24</v>
       </c>
       <c r="G147" t="s">
         <v>524</v>
       </c>
       <c r="H147" t="s">
         <v>0</v>
       </c>
       <c r="I147" t="s">
         <v>525</v>
       </c>
       <c r="J147" t="s">
         <v>0</v>
       </c>
       <c r="K147" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s" s="2">
         <v>523</v>
       </c>
       <c r="B148" t="s" s="2">
@@ -9341,60 +9332,60 @@
       </c>
       <c r="F155" t="s">
         <v>24</v>
       </c>
       <c r="G155" t="s">
         <v>551</v>
       </c>
       <c r="H155" t="s">
         <v>0</v>
       </c>
       <c r="I155" t="s">
         <v>552</v>
       </c>
       <c r="J155" t="s">
         <v>0</v>
       </c>
       <c r="K155" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s" s="2">
         <v>554</v>
       </c>
       <c r="B156" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C156" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D156" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E156" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F156" t="s">
         <v>16</v>
       </c>
       <c r="G156" t="s">
         <v>555</v>
       </c>
       <c r="H156" t="s">
         <v>0</v>
       </c>
       <c r="I156" t="s">
         <v>556</v>
       </c>
       <c r="J156" t="s">
         <v>0</v>
       </c>
       <c r="K156" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s" s="2">
         <v>558</v>
       </c>
       <c r="B157" t="s" s="2">
@@ -9621,60 +9612,60 @@
       </c>
       <c r="F163" t="s">
         <v>16</v>
       </c>
       <c r="G163" t="s">
         <v>588</v>
       </c>
       <c r="H163" t="s">
         <v>0</v>
       </c>
       <c r="I163" t="s">
         <v>589</v>
       </c>
       <c r="J163" t="s">
         <v>0</v>
       </c>
       <c r="K163" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s" s="2">
         <v>591</v>
       </c>
       <c r="B164" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C164" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D164" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E164" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
         <v>592</v>
       </c>
       <c r="H164" t="s">
         <v>0</v>
       </c>
       <c r="I164" t="s">
         <v>593</v>
       </c>
       <c r="J164" t="n">
         <v>4639.0</v>
       </c>
       <c r="K164" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s" s="2">
         <v>595</v>
       </c>
       <c r="B165" t="s" s="2">
@@ -10496,98 +10487,98 @@
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
         <v>668</v>
       </c>
       <c r="H188" t="s">
         <v>0</v>
       </c>
       <c r="I188" t="s">
         <v>669</v>
       </c>
       <c r="J188" t="s">
         <v>0</v>
       </c>
       <c r="K188" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s" s="2">
         <v>667</v>
       </c>
       <c r="B189" t="s" s="2">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="C189" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D189" t="s" s="4">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="E189" t="s" s="4">
-        <v>76</v>
+        <v>129</v>
       </c>
       <c r="F189" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G189" t="s">
         <v>668</v>
       </c>
       <c r="H189" t="s">
         <v>0</v>
       </c>
       <c r="I189" t="s">
         <v>669</v>
       </c>
       <c r="J189" t="s">
         <v>0</v>
       </c>
       <c r="K189" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s" s="2">
         <v>667</v>
       </c>
       <c r="B190" t="s" s="2">
-        <v>125</v>
+        <v>74</v>
       </c>
       <c r="C190" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D190" t="s" s="4">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="E190" t="s" s="4">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="F190" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G190" t="s">
         <v>668</v>
       </c>
       <c r="H190" t="s">
         <v>0</v>
       </c>
       <c r="I190" t="s">
         <v>669</v>
       </c>
       <c r="J190" t="s">
         <v>0</v>
       </c>
       <c r="K190" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s" s="2">
         <v>671</v>
       </c>
       <c r="B191" t="s" s="2">
         <v>131</v>
       </c>
       <c r="C191" t="n" s="3">
@@ -10601,130 +10592,130 @@
       </c>
       <c r="F191" t="s">
         <v>16</v>
       </c>
       <c r="G191" t="s">
         <v>672</v>
       </c>
       <c r="H191" t="s">
         <v>0</v>
       </c>
       <c r="I191" t="s">
         <v>673</v>
       </c>
       <c r="J191" t="s">
         <v>0</v>
       </c>
       <c r="K191" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s" s="2">
         <v>675</v>
       </c>
       <c r="B192" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C192" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D192" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E192" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
         <v>676</v>
       </c>
       <c r="H192" t="s">
         <v>0</v>
       </c>
       <c r="I192" t="s">
         <v>677</v>
       </c>
       <c r="J192" t="s">
         <v>0</v>
       </c>
       <c r="K192" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s" s="2">
         <v>679</v>
       </c>
       <c r="B193" t="s" s="2">
-        <v>505</v>
+        <v>131</v>
       </c>
       <c r="C193" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D193" t="s" s="4">
-        <v>240</v>
+        <v>14</v>
       </c>
       <c r="E193" t="s" s="4">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F193" t="s">
         <v>16</v>
       </c>
       <c r="G193" t="s">
         <v>680</v>
       </c>
       <c r="H193" t="s">
         <v>0</v>
       </c>
       <c r="I193" t="s">
         <v>681</v>
       </c>
       <c r="J193" t="s">
         <v>0</v>
       </c>
       <c r="K193" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s" s="2">
         <v>679</v>
       </c>
       <c r="B194" t="s" s="2">
-        <v>131</v>
+        <v>505</v>
       </c>
       <c r="C194" t="n" s="3">
-        <v>7.91202303004E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D194" t="s" s="4">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="E194" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F194" t="s">
         <v>16</v>
       </c>
       <c r="G194" t="s">
         <v>680</v>
       </c>
       <c r="H194" t="s">
         <v>0</v>
       </c>
       <c r="I194" t="s">
         <v>681</v>
       </c>
       <c r="J194" t="s">
         <v>0</v>
       </c>
       <c r="K194" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s" s="2">
         <v>679</v>
       </c>
       <c r="B195" t="s" s="2">
@@ -10750,51 +10741,51 @@
       </c>
       <c r="I195" t="s">
         <v>681</v>
       </c>
       <c r="J195" t="s">
         <v>0</v>
       </c>
       <c r="K195" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s" s="2">
         <v>683</v>
       </c>
       <c r="B196" t="s" s="2">
         <v>207</v>
       </c>
       <c r="C196" t="n" s="3">
         <v>7.91202103009E11</v>
       </c>
       <c r="D196" t="s" s="4">
         <v>208</v>
       </c>
       <c r="E196" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F196" t="s">
         <v>16</v>
       </c>
       <c r="G196" t="s">
         <v>684</v>
       </c>
       <c r="H196" t="s">
         <v>0</v>
       </c>
       <c r="I196" t="s">
         <v>685</v>
       </c>
       <c r="J196" t="s">
         <v>0</v>
       </c>
       <c r="K196" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s" s="2">
         <v>687</v>
       </c>
       <c r="B197" t="s" s="2">
@@ -11056,60 +11047,60 @@
       </c>
       <c r="F204" t="s">
         <v>16</v>
       </c>
       <c r="G204" t="s">
         <v>709</v>
       </c>
       <c r="H204" t="s">
         <v>0</v>
       </c>
       <c r="I204" t="s">
         <v>710</v>
       </c>
       <c r="J204" t="s">
         <v>0</v>
       </c>
       <c r="K204" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s" s="2">
         <v>712</v>
       </c>
       <c r="B205" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C205" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D205" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E205" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F205" t="s">
         <v>16</v>
       </c>
       <c r="G205" t="s">
         <v>713</v>
       </c>
       <c r="H205" t="s">
         <v>0</v>
       </c>
       <c r="I205" t="s">
         <v>714</v>
       </c>
       <c r="J205" t="s">
         <v>0</v>
       </c>
       <c r="K205" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s" s="2">
         <v>716</v>
       </c>
       <c r="B206" t="s" s="2">
@@ -11371,92 +11362,92 @@
       </c>
       <c r="F213" t="s">
         <v>24</v>
       </c>
       <c r="G213" t="s">
         <v>736</v>
       </c>
       <c r="H213" t="s">
         <v>0</v>
       </c>
       <c r="I213" t="s">
         <v>737</v>
       </c>
       <c r="J213" t="s">
         <v>0</v>
       </c>
       <c r="K213" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s" s="2">
         <v>739</v>
       </c>
       <c r="B214" t="s" s="2">
-        <v>173</v>
+        <v>570</v>
       </c>
       <c r="C214" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D214" t="s" s="4">
-        <v>174</v>
+        <v>571</v>
       </c>
       <c r="E214" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F214" t="s">
         <v>16</v>
       </c>
       <c r="G214" t="s">
         <v>740</v>
       </c>
       <c r="H214" t="s">
         <v>0</v>
       </c>
       <c r="I214" t="s">
         <v>741</v>
       </c>
       <c r="J214" t="s">
         <v>0</v>
       </c>
       <c r="K214" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s" s="2">
         <v>739</v>
       </c>
       <c r="B215" t="s" s="2">
-        <v>570</v>
+        <v>173</v>
       </c>
       <c r="C215" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D215" t="s" s="4">
-        <v>571</v>
+        <v>174</v>
       </c>
       <c r="E215" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
         <v>740</v>
       </c>
       <c r="H215" t="s">
         <v>0</v>
       </c>
       <c r="I215" t="s">
         <v>741</v>
       </c>
       <c r="J215" t="s">
         <v>0</v>
       </c>
       <c r="K215" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s" s="2">
@@ -11826,60 +11817,60 @@
       </c>
       <c r="F226" t="s">
         <v>24</v>
       </c>
       <c r="G226" t="s">
         <v>781</v>
       </c>
       <c r="H226" t="s">
         <v>0</v>
       </c>
       <c r="I226" t="s">
         <v>782</v>
       </c>
       <c r="J226" t="s">
         <v>0</v>
       </c>
       <c r="K226" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s" s="2">
         <v>784</v>
       </c>
       <c r="B227" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C227" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D227" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E227" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F227" t="s">
         <v>16</v>
       </c>
       <c r="G227" t="s">
         <v>785</v>
       </c>
       <c r="H227" t="s">
         <v>0</v>
       </c>
       <c r="I227" t="s">
         <v>786</v>
       </c>
       <c r="J227" t="s">
         <v>0</v>
       </c>
       <c r="K227" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s" s="2">
         <v>788</v>
       </c>
       <c r="B228" t="s" s="2">
@@ -12211,95 +12202,95 @@
       </c>
       <c r="F237" t="s">
         <v>24</v>
       </c>
       <c r="G237" t="s">
         <v>817</v>
       </c>
       <c r="H237" t="s">
         <v>0</v>
       </c>
       <c r="I237" t="s">
         <v>818</v>
       </c>
       <c r="J237" t="s">
         <v>0</v>
       </c>
       <c r="K237" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s" s="2">
         <v>820</v>
       </c>
       <c r="B238" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C238" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D238" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E238" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F238" t="s">
         <v>16</v>
       </c>
       <c r="G238" t="s">
         <v>821</v>
       </c>
       <c r="H238" t="s">
         <v>0</v>
       </c>
       <c r="I238" t="s">
         <v>822</v>
       </c>
       <c r="J238" t="n">
         <v>302.0</v>
       </c>
       <c r="K238" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s" s="2">
         <v>824</v>
       </c>
       <c r="B239" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C239" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D239" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E239" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F239" t="s">
         <v>16</v>
       </c>
       <c r="G239" t="s">
         <v>825</v>
       </c>
       <c r="H239" t="s">
         <v>0</v>
       </c>
       <c r="I239" t="s">
         <v>826</v>
       </c>
       <c r="J239" t="s">
         <v>0</v>
       </c>
       <c r="K239" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s" s="2">
         <v>824</v>
       </c>
       <c r="B240" t="s" s="2">
@@ -13795,51 +13786,51 @@
       </c>
       <c r="I282" t="s">
         <v>966</v>
       </c>
       <c r="J282" t="s">
         <v>0</v>
       </c>
       <c r="K282" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s" s="2">
         <v>968</v>
       </c>
       <c r="B283" t="s" s="2">
         <v>163</v>
       </c>
       <c r="C283" t="n" s="3">
         <v>7.91202103002E11</v>
       </c>
       <c r="D283" t="s" s="4">
         <v>164</v>
       </c>
       <c r="E283" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F283" t="s">
         <v>24</v>
       </c>
       <c r="G283" t="s">
         <v>969</v>
       </c>
       <c r="H283" t="s">
         <v>0</v>
       </c>
       <c r="I283" t="s">
         <v>970</v>
       </c>
       <c r="J283" t="s">
         <v>0</v>
       </c>
       <c r="K283" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s" s="2">
         <v>972</v>
       </c>
       <c r="B284" t="s" s="2">
@@ -14591,2595 +14582,2595 @@
       </c>
       <c r="F305" t="s">
         <v>16</v>
       </c>
       <c r="G305" t="s">
         <v>1039</v>
       </c>
       <c r="H305" t="s">
         <v>0</v>
       </c>
       <c r="I305" t="s">
         <v>1040</v>
       </c>
       <c r="J305" t="s">
         <v>0</v>
       </c>
       <c r="K305" t="s">
         <v>1041</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s" s="2">
         <v>1042</v>
       </c>
       <c r="B306" t="s" s="2">
+        <v>44</v>
+      </c>
+      <c r="C306" t="n" s="3">
+        <v>7.91202502003E11</v>
+      </c>
+      <c r="D306" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E306" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F306" t="s">
+        <v>24</v>
+      </c>
+      <c r="G306" t="s">
         <v>1043</v>
       </c>
-      <c r="C306" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D306" t="s" s="4">
+      <c r="H306" t="s">
+        <v>0</v>
+      </c>
+      <c r="I306" t="s">
         <v>1044</v>
       </c>
-      <c r="E306" t="s" s="4">
+      <c r="J306" t="s">
+        <v>0</v>
+      </c>
+      <c r="K306" t="s">
         <v>1045</v>
-      </c>
-[...16 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s" s="2">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="B307" t="s" s="2">
         <v>173</v>
       </c>
       <c r="C307" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D307" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E307" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F307" t="s">
         <v>16</v>
       </c>
       <c r="G307" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="H307" t="s">
         <v>0</v>
       </c>
       <c r="I307" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="J307" t="s">
         <v>0</v>
       </c>
       <c r="K307" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s" s="2">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="B308" t="s" s="2">
         <v>327</v>
       </c>
       <c r="C308" t="n" s="3">
         <v>7.91202103006E11</v>
       </c>
       <c r="D308" t="s" s="4">
         <v>164</v>
       </c>
       <c r="E308" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F308" t="s">
         <v>24</v>
       </c>
       <c r="G308" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="H308" t="s">
         <v>0</v>
       </c>
       <c r="I308" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="J308" t="s">
         <v>0</v>
       </c>
       <c r="K308" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s" s="2">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="B309" t="s" s="2">
         <v>173</v>
       </c>
       <c r="C309" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D309" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E309" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F309" t="s">
         <v>16</v>
       </c>
       <c r="G309" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="H309" t="s">
         <v>0</v>
       </c>
       <c r="I309" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="J309" t="s">
         <v>0</v>
       </c>
       <c r="K309" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s" s="2">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="B310" t="s" s="2">
         <v>486</v>
       </c>
       <c r="C310" t="n" s="3">
         <v>7.91202007026E11</v>
       </c>
       <c r="D310" t="s" s="4">
         <v>487</v>
       </c>
       <c r="E310" t="s" s="4">
         <v>488</v>
       </c>
       <c r="F310" t="s">
         <v>16</v>
       </c>
       <c r="G310" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="H310" t="s">
         <v>0</v>
       </c>
       <c r="I310" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="J310" t="s">
         <v>0</v>
       </c>
       <c r="K310" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s" s="2">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="B311" t="s" s="2">
         <v>239</v>
       </c>
       <c r="C311" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D311" t="s" s="4">
         <v>240</v>
       </c>
       <c r="E311" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F311" t="s">
         <v>16</v>
       </c>
       <c r="G311" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="H311" t="s">
         <v>0</v>
       </c>
       <c r="I311" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="J311" t="s">
         <v>0</v>
       </c>
       <c r="K311" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s" s="2">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="B312" t="s" s="2">
         <v>570</v>
       </c>
       <c r="C312" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D312" t="s" s="4">
         <v>571</v>
       </c>
       <c r="E312" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F312" t="s">
         <v>16</v>
       </c>
       <c r="G312" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="H312" t="s">
         <v>0</v>
       </c>
       <c r="I312" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="J312" t="s">
         <v>0</v>
       </c>
       <c r="K312" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s" s="2">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="B313" t="s" s="2">
         <v>30</v>
       </c>
       <c r="C313" t="n" s="3">
         <v>7.91202510005E11</v>
       </c>
       <c r="D313" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E313" t="s" s="4">
         <v>31</v>
       </c>
       <c r="F313" t="s">
         <v>24</v>
       </c>
       <c r="G313" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="H313" t="s">
         <v>0</v>
       </c>
       <c r="I313" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="J313" t="s">
         <v>0</v>
       </c>
       <c r="K313" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s" s="2">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="B314" t="s" s="2">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="C314" t="n" s="3">
         <v>7.91202507003E11</v>
       </c>
       <c r="D314" t="s" s="4">
+        <v>1072</v>
+      </c>
+      <c r="E314" t="s" s="4">
+        <v>1073</v>
+      </c>
+      <c r="F314" t="s">
+        <v>24</v>
+      </c>
+      <c r="G314" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H314" t="s">
+        <v>0</v>
+      </c>
+      <c r="I314" t="s">
         <v>1075</v>
       </c>
-      <c r="E314" t="s" s="4">
+      <c r="J314" t="s">
+        <v>0</v>
+      </c>
+      <c r="K314" t="s">
         <v>1076</v>
-      </c>
-[...16 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s" s="2">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="B315" t="s" s="2">
         <v>51</v>
       </c>
       <c r="C315" t="n" s="3">
         <v>7.91202409005E11</v>
       </c>
       <c r="D315" t="s" s="4">
         <v>52</v>
       </c>
       <c r="E315" t="s" s="4">
         <v>53</v>
       </c>
       <c r="F315" t="s">
         <v>24</v>
       </c>
       <c r="G315" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="H315" t="s">
         <v>0</v>
       </c>
       <c r="I315" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="J315" t="s">
         <v>0</v>
       </c>
       <c r="K315" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s" s="2">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="B316" t="s" s="2">
         <v>37</v>
       </c>
       <c r="C316" t="n" s="3">
         <v>7.91202505005E11</v>
       </c>
       <c r="D316" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E316" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F316" t="s">
         <v>24</v>
       </c>
       <c r="G316" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="H316" t="s">
         <v>0</v>
       </c>
       <c r="I316" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="J316" t="s">
         <v>0</v>
       </c>
       <c r="K316" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s" s="2">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="B317" t="s" s="2">
         <v>35</v>
       </c>
       <c r="C317" t="n" s="3">
         <v>7.91202510004E11</v>
       </c>
       <c r="D317" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E317" t="s" s="4">
         <v>31</v>
       </c>
       <c r="F317" t="s">
         <v>24</v>
       </c>
       <c r="G317" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="H317" t="s">
         <v>0</v>
       </c>
       <c r="I317" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="J317" t="s">
         <v>0</v>
       </c>
       <c r="K317" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s" s="2">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="B318" t="s" s="2">
         <v>37</v>
       </c>
       <c r="C318" t="n" s="3">
         <v>7.91202505005E11</v>
       </c>
       <c r="D318" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E318" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F318" t="s">
         <v>24</v>
       </c>
       <c r="G318" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="H318" t="s">
         <v>0</v>
       </c>
       <c r="I318" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="J318" t="s">
         <v>0</v>
       </c>
       <c r="K318" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s" s="2">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="B319" t="s" s="2">
         <v>239</v>
       </c>
       <c r="C319" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D319" t="s" s="4">
         <v>240</v>
       </c>
       <c r="E319" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F319" t="s">
         <v>16</v>
       </c>
       <c r="G319" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="H319" t="s">
         <v>0</v>
       </c>
       <c r="I319" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="J319" t="s">
         <v>0</v>
       </c>
       <c r="K319" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s" s="2">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="B320" t="s" s="2">
         <v>570</v>
       </c>
       <c r="C320" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D320" t="s" s="4">
         <v>571</v>
       </c>
       <c r="E320" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F320" t="s">
         <v>16</v>
       </c>
       <c r="G320" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="H320" t="s">
         <v>0</v>
       </c>
       <c r="I320" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="J320" t="s">
         <v>0</v>
       </c>
       <c r="K320" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s" s="2">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="B321" t="s" s="2">
         <v>533</v>
       </c>
       <c r="C321" t="n" s="3">
         <v>7.91202004012E11</v>
       </c>
       <c r="D321" t="s" s="4">
         <v>534</v>
       </c>
       <c r="E321" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F321" t="s">
         <v>16</v>
       </c>
       <c r="G321" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="H321" t="s">
         <v>0</v>
       </c>
       <c r="I321" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="J321" t="s">
         <v>0</v>
       </c>
       <c r="K321" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s" s="2">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="B322" t="s" s="2">
         <v>239</v>
       </c>
       <c r="C322" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D322" t="s" s="4">
         <v>240</v>
       </c>
       <c r="E322" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F322" t="s">
         <v>16</v>
       </c>
       <c r="G322" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="H322" t="s">
         <v>0</v>
       </c>
       <c r="I322" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="J322" t="s">
         <v>0</v>
       </c>
       <c r="K322" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s" s="2">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="B323" t="s" s="2">
         <v>317</v>
       </c>
       <c r="C323" t="n" s="3">
         <v>7.91202502009E11</v>
       </c>
       <c r="D323" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E323" t="s" s="4">
         <v>258</v>
       </c>
       <c r="F323" t="s">
         <v>24</v>
       </c>
       <c r="G323" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="H323" t="s">
         <v>0</v>
       </c>
       <c r="I323" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="J323" t="s">
         <v>0</v>
       </c>
       <c r="K323" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s" s="2">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="B324" t="s" s="2">
         <v>136</v>
       </c>
       <c r="C324" t="n" s="3">
         <v>7.91202510006E11</v>
       </c>
       <c r="D324" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E324" t="s" s="4">
         <v>31</v>
       </c>
       <c r="F324" t="s">
         <v>24</v>
       </c>
       <c r="G324" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="H324" t="s">
         <v>0</v>
       </c>
       <c r="I324" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="J324" t="s">
         <v>0</v>
       </c>
       <c r="K324" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s" s="2">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="B325" t="s" s="2">
         <v>533</v>
       </c>
       <c r="C325" t="n" s="3">
         <v>7.91202004012E11</v>
       </c>
       <c r="D325" t="s" s="4">
         <v>534</v>
       </c>
       <c r="E325" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F325" t="s">
         <v>16</v>
       </c>
       <c r="G325" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="H325" t="s">
         <v>0</v>
       </c>
       <c r="I325" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="J325" t="s">
         <v>0</v>
       </c>
       <c r="K325" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s" s="2">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="B326" t="s" s="2">
         <v>96</v>
       </c>
       <c r="C326" t="n" s="3">
         <v>7.91202502005E11</v>
       </c>
       <c r="D326" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E326" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F326" t="s">
         <v>24</v>
       </c>
       <c r="G326" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="H326" t="s">
         <v>0</v>
       </c>
       <c r="I326" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="J326" t="s">
         <v>0</v>
       </c>
       <c r="K326" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s" s="2">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="B327" t="s" s="2">
         <v>755</v>
       </c>
       <c r="C327" t="n" s="3">
         <v>7.91202004008E11</v>
       </c>
       <c r="D327" t="s" s="4">
         <v>534</v>
       </c>
       <c r="E327" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F327" t="s">
         <v>16</v>
       </c>
       <c r="G327" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="H327" t="s">
         <v>0</v>
       </c>
       <c r="I327" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="J327" t="s">
         <v>0</v>
       </c>
       <c r="K327" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s" s="2">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="B328" t="s" s="2">
         <v>570</v>
       </c>
       <c r="C328" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D328" t="s" s="4">
         <v>571</v>
       </c>
       <c r="E328" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F328" t="s">
         <v>16</v>
       </c>
       <c r="G328" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="H328" t="s">
         <v>0</v>
       </c>
       <c r="I328" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="J328" t="s">
         <v>0</v>
       </c>
       <c r="K328" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s" s="2">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="B329" t="s" s="2">
         <v>570</v>
       </c>
       <c r="C329" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D329" t="s" s="4">
         <v>571</v>
       </c>
       <c r="E329" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F329" t="s">
         <v>16</v>
       </c>
       <c r="G329" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="H329" t="s">
         <v>0</v>
       </c>
       <c r="I329" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="J329" t="s">
         <v>0</v>
       </c>
       <c r="K329" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s" s="2">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="B330" t="s" s="2">
         <v>570</v>
       </c>
       <c r="C330" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D330" t="s" s="4">
         <v>571</v>
       </c>
       <c r="E330" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F330" t="s">
         <v>16</v>
       </c>
       <c r="G330" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="H330" t="s">
         <v>0</v>
       </c>
       <c r="I330" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="J330" t="s">
         <v>0</v>
       </c>
       <c r="K330" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s" s="2">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="B331" t="s" s="2">
         <v>528</v>
       </c>
       <c r="C331" t="n" s="3">
         <v>7.91202005015E11</v>
       </c>
       <c r="D331" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E331" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F331" t="s">
         <v>16</v>
       </c>
       <c r="G331" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="H331" t="s">
         <v>0</v>
       </c>
       <c r="I331" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="J331" t="s">
         <v>0</v>
       </c>
       <c r="K331" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s" s="2">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="B332" t="s" s="2">
         <v>486</v>
       </c>
       <c r="C332" t="n" s="3">
         <v>7.91202007026E11</v>
       </c>
       <c r="D332" t="s" s="4">
         <v>487</v>
       </c>
       <c r="E332" t="s" s="4">
         <v>488</v>
       </c>
       <c r="F332" t="s">
         <v>16</v>
       </c>
       <c r="G332" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="H332" t="s">
         <v>0</v>
       </c>
       <c r="I332" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="J332" t="s">
         <v>0</v>
       </c>
       <c r="K332" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s" s="2">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="B333" t="s" s="2">
         <v>173</v>
       </c>
       <c r="C333" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D333" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E333" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F333" t="s">
         <v>16</v>
       </c>
       <c r="G333" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="H333" t="s">
         <v>0</v>
       </c>
       <c r="I333" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="J333" t="s">
         <v>0</v>
       </c>
       <c r="K333" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s" s="2">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="B334" t="s" s="2">
         <v>173</v>
       </c>
       <c r="C334" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D334" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E334" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F334" t="s">
         <v>16</v>
       </c>
       <c r="G334" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="H334" t="s">
         <v>0</v>
       </c>
       <c r="I334" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="J334" t="s">
         <v>0</v>
       </c>
       <c r="K334" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s" s="2">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="B335" t="s" s="2">
         <v>514</v>
       </c>
       <c r="C335" t="n" s="3">
         <v>7.91202003005E11</v>
       </c>
       <c r="D335" t="s" s="4">
         <v>515</v>
       </c>
       <c r="E335" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F335" t="s">
         <v>16</v>
       </c>
       <c r="G335" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="H335" t="s">
         <v>0</v>
       </c>
       <c r="I335" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="J335" t="s">
         <v>0</v>
       </c>
       <c r="K335" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s" s="2">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="B336" t="s" s="2">
         <v>755</v>
       </c>
       <c r="C336" t="n" s="3">
         <v>7.91202004008E11</v>
       </c>
       <c r="D336" t="s" s="4">
         <v>534</v>
       </c>
       <c r="E336" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F336" t="s">
         <v>16</v>
       </c>
       <c r="G336" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="H336" t="s">
         <v>0</v>
       </c>
       <c r="I336" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="J336" t="s">
         <v>0</v>
       </c>
       <c r="K336" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s" s="2">
-        <v>1144</v>
+        <v>1141</v>
       </c>
       <c r="B337" t="s" s="2">
         <v>279</v>
       </c>
       <c r="C337" t="n" s="3">
         <v>7.91202505009E11</v>
       </c>
       <c r="D337" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E337" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F337" t="s">
         <v>283</v>
       </c>
       <c r="G337" t="s">
         <v>0</v>
       </c>
       <c r="H337" t="s">
         <v>0</v>
       </c>
       <c r="I337" t="s">
         <v>0</v>
       </c>
       <c r="J337" t="s">
         <v>0</v>
       </c>
       <c r="K337" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s" s="2">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="B338" t="s" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C338" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D338" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E338" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F338" t="s">
         <v>16</v>
       </c>
       <c r="G338" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="H338" t="s">
         <v>0</v>
       </c>
       <c r="I338" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="J338" t="s">
         <v>0</v>
       </c>
       <c r="K338" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s" s="2">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="B339" t="s" s="2">
         <v>239</v>
       </c>
       <c r="C339" t="n" s="3">
         <v>7.91202003002E11</v>
       </c>
       <c r="D339" t="s" s="4">
         <v>240</v>
       </c>
       <c r="E339" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F339" t="s">
         <v>16</v>
       </c>
       <c r="G339" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="H339" t="s">
         <v>0</v>
       </c>
       <c r="I339" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="J339" t="s">
         <v>0</v>
       </c>
       <c r="K339" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s" s="2">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="B340" t="s" s="2">
         <v>212</v>
       </c>
       <c r="C340" t="n" s="3">
         <v>7.91202505001E11</v>
       </c>
       <c r="D340" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E340" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F340" t="s">
         <v>24</v>
       </c>
       <c r="G340" t="s">
-        <v>1150</v>
+        <v>1147</v>
       </c>
       <c r="H340" t="s">
         <v>0</v>
       </c>
       <c r="I340" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="J340" t="s">
         <v>0</v>
       </c>
       <c r="K340" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s" s="2">
-        <v>1153</v>
+        <v>1150</v>
       </c>
       <c r="B341" t="s" s="2">
         <v>212</v>
       </c>
       <c r="C341" t="n" s="3">
         <v>7.91202505001E11</v>
       </c>
       <c r="D341" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E341" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F341" t="s">
         <v>24</v>
       </c>
       <c r="G341" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="H341" t="s">
         <v>0</v>
       </c>
       <c r="I341" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="J341" t="s">
         <v>0</v>
       </c>
       <c r="K341" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s" s="2">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="B342" t="s" s="2">
         <v>202</v>
       </c>
       <c r="C342" t="n" s="3">
         <v>7.91202303006E11</v>
       </c>
       <c r="D342" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E342" t="s" s="4">
         <v>158</v>
       </c>
       <c r="F342" t="s">
         <v>16</v>
       </c>
       <c r="G342" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="H342" t="s">
         <v>0</v>
       </c>
       <c r="I342" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
       <c r="J342" t="s">
         <v>0</v>
       </c>
       <c r="K342" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s" s="2">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="B343" t="s" s="2">
         <v>157</v>
       </c>
       <c r="C343" t="n" s="3">
         <v>7.91202303005E11</v>
       </c>
       <c r="D343" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E343" t="s" s="4">
         <v>158</v>
       </c>
       <c r="F343" t="s">
         <v>16</v>
       </c>
       <c r="G343" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="H343" t="s">
         <v>0</v>
       </c>
       <c r="I343" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
       <c r="J343" t="s">
         <v>0</v>
       </c>
       <c r="K343" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s" s="2">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="B344" t="s" s="2">
         <v>183</v>
       </c>
       <c r="C344" t="n" s="3">
         <v>7.91202505002E11</v>
       </c>
       <c r="D344" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E344" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F344" t="s">
         <v>24</v>
       </c>
       <c r="G344" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="H344" t="s">
         <v>0</v>
       </c>
       <c r="I344" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="J344" t="s">
         <v>0</v>
       </c>
       <c r="K344" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s" s="2">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="B345" t="s" s="2">
         <v>213</v>
       </c>
       <c r="C345" t="n" s="3">
         <v>7.91202502007E11</v>
       </c>
       <c r="D345" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E345" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F345" t="s">
         <v>24</v>
       </c>
       <c r="G345" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="H345" t="s">
         <v>0</v>
       </c>
       <c r="I345" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="J345" t="s">
         <v>0</v>
       </c>
       <c r="K345" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s" s="2">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="B346" t="s" s="2">
         <v>486</v>
       </c>
       <c r="C346" t="n" s="3">
         <v>7.91202007026E11</v>
       </c>
       <c r="D346" t="s" s="4">
         <v>487</v>
       </c>
       <c r="E346" t="s" s="4">
         <v>488</v>
       </c>
       <c r="F346" t="s">
         <v>16</v>
       </c>
       <c r="G346" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="H346" t="s">
         <v>0</v>
       </c>
       <c r="I346" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="J346" t="s">
         <v>0</v>
       </c>
       <c r="K346" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s" s="2">
-        <v>1165</v>
+        <v>1162</v>
       </c>
       <c r="B347" t="s" s="2">
         <v>58</v>
       </c>
       <c r="C347" t="n" s="3">
         <v>7.91202505008E11</v>
       </c>
       <c r="D347" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E347" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F347" t="s">
         <v>24</v>
       </c>
       <c r="G347" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="H347" t="s">
         <v>0</v>
       </c>
       <c r="I347" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="J347" t="s">
         <v>0</v>
       </c>
       <c r="K347" t="s">
-        <v>1168</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s" s="2">
+        <v>1166</v>
+      </c>
+      <c r="B348" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="C348" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D348" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E348" t="s" s="4">
+        <v>129</v>
+      </c>
+      <c r="F348" t="s">
+        <v>16</v>
+      </c>
+      <c r="G348" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H348" t="s">
+        <v>0</v>
+      </c>
+      <c r="I348" t="s">
+        <v>1168</v>
+      </c>
+      <c r="J348" t="s">
+        <v>0</v>
+      </c>
+      <c r="K348" t="s">
         <v>1169</v>
-      </c>
-[...28 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s" s="2">
+        <v>1166</v>
+      </c>
+      <c r="B349" t="s" s="2">
+        <v>399</v>
+      </c>
+      <c r="C349" t="n" s="3">
+        <v>7.91202303003E11</v>
+      </c>
+      <c r="D349" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E349" t="s" s="4">
+        <v>400</v>
+      </c>
+      <c r="F349" t="s">
+        <v>16</v>
+      </c>
+      <c r="G349" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H349" t="s">
+        <v>0</v>
+      </c>
+      <c r="I349" t="s">
+        <v>1168</v>
+      </c>
+      <c r="J349" t="s">
+        <v>0</v>
+      </c>
+      <c r="K349" t="s">
         <v>1169</v>
-      </c>
-[...28 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s" s="2">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="B350" t="s" s="2">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="C350" t="n" s="3">
         <v>7.91202004009E11</v>
       </c>
       <c r="D350" t="s" s="4">
         <v>534</v>
       </c>
       <c r="E350" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F350" t="s">
         <v>16</v>
       </c>
       <c r="G350" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="H350" t="s">
         <v>0</v>
       </c>
       <c r="I350" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="J350" t="s">
         <v>0</v>
       </c>
       <c r="K350" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s" s="2">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="B351" t="s" s="2">
         <v>322</v>
       </c>
       <c r="C351" t="n" s="3">
         <v>7.91202207003E11</v>
       </c>
       <c r="D351" t="s" s="4">
         <v>230</v>
       </c>
       <c r="E351" t="s" s="4">
         <v>108</v>
       </c>
       <c r="F351" t="s">
         <v>24</v>
       </c>
       <c r="G351" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="H351" t="s">
         <v>0</v>
       </c>
       <c r="I351" t="s">
-        <v>1180</v>
+        <v>1177</v>
       </c>
       <c r="J351" t="s">
         <v>0</v>
       </c>
       <c r="K351" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s" s="2">
-        <v>1182</v>
+        <v>1179</v>
       </c>
       <c r="B352" t="s" s="2">
         <v>37</v>
       </c>
       <c r="C352" t="n" s="3">
         <v>7.91202505005E11</v>
       </c>
       <c r="D352" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E352" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F352" t="s">
         <v>24</v>
       </c>
       <c r="G352" t="s">
-        <v>1183</v>
+        <v>1180</v>
       </c>
       <c r="H352" t="s">
         <v>0</v>
       </c>
       <c r="I352" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="J352" t="s">
         <v>0</v>
       </c>
       <c r="K352" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s" s="2">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="B353" t="s" s="2">
         <v>202</v>
       </c>
       <c r="C353" t="n" s="3">
         <v>7.91202303006E11</v>
       </c>
       <c r="D353" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E353" t="s" s="4">
         <v>158</v>
       </c>
       <c r="F353" t="s">
         <v>16</v>
       </c>
       <c r="G353" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="H353" t="s">
         <v>0</v>
       </c>
       <c r="I353" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="J353" t="s">
         <v>0</v>
       </c>
       <c r="K353" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s" s="2">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="B354" t="s" s="2">
         <v>249</v>
       </c>
       <c r="C354" t="n" s="3">
         <v>7.91202303008E11</v>
       </c>
       <c r="D354" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E354" t="s" s="4">
         <v>250</v>
       </c>
       <c r="F354" t="s">
         <v>16</v>
       </c>
       <c r="G354" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="H354" t="s">
         <v>0</v>
       </c>
       <c r="I354" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="J354" t="s">
         <v>0</v>
       </c>
       <c r="K354" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s" s="2">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="B355" t="s" s="2">
         <v>173</v>
       </c>
       <c r="C355" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D355" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E355" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F355" t="s">
         <v>16</v>
       </c>
       <c r="G355" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="H355" t="s">
         <v>0</v>
       </c>
       <c r="I355" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="J355" t="s">
         <v>0</v>
       </c>
       <c r="K355" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s" s="2">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="B356" t="s" s="2">
         <v>352</v>
       </c>
       <c r="C356" t="n" s="3">
         <v>7.91202309002E11</v>
       </c>
       <c r="D356" t="s" s="4">
         <v>353</v>
       </c>
       <c r="E356" t="s" s="4">
         <v>354</v>
       </c>
       <c r="F356" t="s">
         <v>24</v>
       </c>
       <c r="G356" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="H356" t="s">
         <v>0</v>
       </c>
       <c r="I356" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="J356" t="s">
         <v>0</v>
       </c>
       <c r="K356" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s" s="2">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="B357" t="s" s="2">
         <v>58</v>
       </c>
       <c r="C357" t="n" s="3">
         <v>7.91202505008E11</v>
       </c>
       <c r="D357" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E357" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F357" t="s">
         <v>24</v>
       </c>
       <c r="G357" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="H357" t="s">
         <v>0</v>
       </c>
       <c r="I357" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="J357" t="s">
         <v>0</v>
       </c>
       <c r="K357" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s" s="2">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="B358" t="s" s="2">
         <v>570</v>
       </c>
       <c r="C358" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D358" t="s" s="4">
         <v>571</v>
       </c>
       <c r="E358" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F358" t="s">
         <v>16</v>
       </c>
       <c r="G358" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="H358" t="s">
         <v>0</v>
       </c>
       <c r="I358" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="J358" t="s">
         <v>0</v>
       </c>
       <c r="K358" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s" s="2">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="B359" t="s" s="2">
         <v>1017</v>
       </c>
       <c r="C359" t="n" s="3">
         <v>7.91202309001E11</v>
       </c>
       <c r="D359" t="s" s="4">
         <v>1018</v>
       </c>
       <c r="E359" t="s" s="4">
         <v>1019</v>
       </c>
       <c r="F359" t="s">
         <v>24</v>
       </c>
       <c r="G359" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="H359" t="s">
         <v>0</v>
       </c>
       <c r="I359" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="J359" t="s">
         <v>0</v>
       </c>
       <c r="K359" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s" s="2">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="B360" t="s" s="2">
         <v>58</v>
       </c>
       <c r="C360" t="n" s="3">
         <v>7.91202505008E11</v>
       </c>
       <c r="D360" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E360" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F360" t="s">
         <v>24</v>
       </c>
       <c r="G360" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="H360" t="s">
         <v>0</v>
       </c>
       <c r="I360" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="J360" t="s">
         <v>0</v>
       </c>
       <c r="K360" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s" s="2">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="B361" t="s" s="2">
         <v>352</v>
       </c>
       <c r="C361" t="n" s="3">
         <v>7.91202309002E11</v>
       </c>
       <c r="D361" t="s" s="4">
         <v>353</v>
       </c>
       <c r="E361" t="s" s="4">
         <v>354</v>
       </c>
       <c r="F361" t="s">
         <v>24</v>
       </c>
       <c r="G361" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="H361" t="s">
         <v>0</v>
       </c>
       <c r="I361" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="J361" t="s">
         <v>0</v>
       </c>
       <c r="K361" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s" s="2">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="B362" t="s" s="2">
         <v>96</v>
       </c>
       <c r="C362" t="n" s="3">
         <v>7.91202502005E11</v>
       </c>
       <c r="D362" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E362" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F362" t="s">
         <v>24</v>
       </c>
       <c r="G362" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="H362" t="s">
         <v>0</v>
       </c>
       <c r="I362" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="J362" t="s">
         <v>0</v>
       </c>
       <c r="K362" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s" s="2">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="B363" t="s" s="2">
         <v>96</v>
       </c>
       <c r="C363" t="n" s="3">
         <v>7.91202502005E11</v>
       </c>
       <c r="D363" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E363" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F363" t="s">
         <v>24</v>
       </c>
       <c r="G363" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="H363" t="s">
         <v>0</v>
       </c>
       <c r="I363" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="J363" t="s">
         <v>0</v>
       </c>
       <c r="K363" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s" s="2">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="B364" t="s" s="2">
         <v>37</v>
       </c>
       <c r="C364" t="n" s="3">
         <v>7.91202505005E11</v>
       </c>
       <c r="D364" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E364" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F364" t="s">
         <v>24</v>
       </c>
       <c r="G364" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="H364" t="s">
         <v>0</v>
       </c>
       <c r="I364" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="J364" t="s">
         <v>0</v>
       </c>
       <c r="K364" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s" s="2">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="B365" t="s" s="2">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="C365" t="n" s="3">
         <v>7.91202409008E11</v>
       </c>
       <c r="D365" t="s" s="4">
         <v>52</v>
       </c>
       <c r="E365" t="s" s="4">
         <v>53</v>
       </c>
       <c r="F365" t="s">
         <v>24</v>
       </c>
       <c r="G365" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="H365" t="s">
         <v>0</v>
       </c>
       <c r="I365" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="J365" t="s">
         <v>0</v>
       </c>
       <c r="K365" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s" s="2">
-        <v>1219</v>
+        <v>1216</v>
       </c>
       <c r="B366" t="s" s="2">
         <v>163</v>
       </c>
       <c r="C366" t="n" s="3">
         <v>7.91202103002E11</v>
       </c>
       <c r="D366" t="s" s="4">
         <v>164</v>
       </c>
       <c r="E366" t="s" s="4">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F366" t="s">
         <v>24</v>
       </c>
       <c r="G366" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="H366" t="s">
         <v>0</v>
       </c>
       <c r="I366" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
       <c r="J366" t="s">
         <v>0</v>
       </c>
       <c r="K366" t="s">
-        <v>1222</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s" s="2">
-        <v>1219</v>
+        <v>1216</v>
       </c>
       <c r="B367" t="s" s="2">
         <v>202</v>
       </c>
       <c r="C367" t="n" s="3">
         <v>7.91202303006E11</v>
       </c>
       <c r="D367" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E367" t="s" s="4">
         <v>158</v>
       </c>
       <c r="F367" t="s">
         <v>16</v>
       </c>
       <c r="G367" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="H367" t="s">
         <v>0</v>
       </c>
       <c r="I367" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
       <c r="J367" t="s">
         <v>0</v>
       </c>
       <c r="K367" t="s">
-        <v>1222</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s" s="2">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="B368" t="s" s="2">
         <v>197</v>
       </c>
       <c r="C368" t="n" s="3">
         <v>7.91202207008E11</v>
       </c>
       <c r="D368" t="s" s="4">
         <v>198</v>
       </c>
       <c r="E368" t="s" s="4">
         <v>108</v>
       </c>
       <c r="F368" t="s">
         <v>24</v>
       </c>
       <c r="G368" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="H368" t="s">
         <v>0</v>
       </c>
       <c r="I368" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="J368" t="s">
         <v>0</v>
       </c>
       <c r="K368" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s" s="2">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="B369" t="s" s="2">
         <v>755</v>
       </c>
       <c r="C369" t="n" s="3">
         <v>7.91202004008E11</v>
       </c>
       <c r="D369" t="s" s="4">
         <v>534</v>
       </c>
       <c r="E369" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F369" t="s">
         <v>16</v>
       </c>
       <c r="G369" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="H369" t="s">
         <v>0</v>
       </c>
       <c r="I369" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="J369" t="s">
         <v>0</v>
       </c>
       <c r="K369" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s" s="2">
-        <v>1231</v>
+        <v>1228</v>
       </c>
       <c r="B370" t="s" s="2">
         <v>117</v>
       </c>
       <c r="C370" t="n" s="3">
         <v>7.91202505006E11</v>
       </c>
       <c r="D370" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E370" t="s" s="4">
         <v>118</v>
       </c>
       <c r="F370" t="s">
         <v>24</v>
       </c>
       <c r="G370" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="H370" t="s">
         <v>0</v>
       </c>
       <c r="I370" t="s">
-        <v>1233</v>
+        <v>1230</v>
       </c>
       <c r="J370" t="s">
         <v>0</v>
       </c>
       <c r="K370" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s" s="2">
-        <v>1235</v>
+        <v>1232</v>
       </c>
       <c r="B371" t="s" s="2">
         <v>322</v>
       </c>
       <c r="C371" t="n" s="3">
         <v>7.91202207003E11</v>
       </c>
       <c r="D371" t="s" s="4">
         <v>230</v>
       </c>
       <c r="E371" t="s" s="4">
         <v>108</v>
       </c>
       <c r="F371" t="s">
         <v>24</v>
       </c>
       <c r="G371" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="H371" t="s">
         <v>0</v>
       </c>
       <c r="I371" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="J371" t="s">
         <v>0</v>
       </c>
       <c r="K371" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s" s="2">
-        <v>1239</v>
+        <v>1236</v>
       </c>
       <c r="B372" t="s" s="2">
         <v>505</v>
       </c>
       <c r="C372" t="n" s="3">
         <v>7.91202003006E11</v>
       </c>
       <c r="D372" t="s" s="4">
         <v>240</v>
       </c>
       <c r="E372" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F372" t="s">
         <v>16</v>
       </c>
       <c r="G372" t="s">
         <v>588</v>
       </c>
       <c r="H372" t="s">
         <v>0</v>
       </c>
       <c r="I372" t="s">
         <v>589</v>
       </c>
       <c r="J372" t="s">
         <v>0</v>
       </c>
       <c r="K372" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s" s="2">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="B373" t="s" s="2">
         <v>136</v>
       </c>
       <c r="C373" t="n" s="3">
         <v>7.91202510006E11</v>
       </c>
       <c r="D373" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E373" t="s" s="4">
         <v>31</v>
       </c>
       <c r="F373" t="s">
         <v>24</v>
       </c>
       <c r="G373" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="H373" t="s">
         <v>0</v>
       </c>
       <c r="I373" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
       <c r="J373" t="s">
         <v>0</v>
       </c>
       <c r="K373" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s" s="2">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="B374" t="s" s="2">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="C374" t="n" s="3">
         <v>7.91202502001E11</v>
       </c>
       <c r="D374" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E374" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F374" t="s">
         <v>24</v>
       </c>
       <c r="G374" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="H374" t="s">
         <v>0</v>
       </c>
       <c r="I374" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
       <c r="J374" t="s">
         <v>0</v>
       </c>
       <c r="K374" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s" s="2">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="B375" t="s" s="2">
         <v>528</v>
       </c>
       <c r="C375" t="n" s="3">
         <v>7.91202005015E11</v>
       </c>
       <c r="D375" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E375" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F375" t="s">
         <v>16</v>
       </c>
       <c r="G375" t="s">
-        <v>1251</v>
+        <v>1248</v>
       </c>
       <c r="H375" t="s">
         <v>0</v>
       </c>
       <c r="I375" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="J375" t="s">
         <v>0</v>
       </c>
       <c r="K375" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s" s="2">
-        <v>1254</v>
+        <v>1251</v>
       </c>
       <c r="B376" t="s" s="2">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="C376" t="n" s="3">
         <v>7.91202507005E11</v>
       </c>
       <c r="D376" t="s" s="4">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="E376" t="s" s="4">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="F376" t="s">
         <v>24</v>
       </c>
       <c r="G376" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
       <c r="H376" t="s">
         <v>0</v>
       </c>
       <c r="I376" t="s">
-        <v>1257</v>
+        <v>1254</v>
       </c>
       <c r="J376" t="s">
         <v>0</v>
       </c>
       <c r="K376" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s" s="2">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="B377" t="s" s="2">
         <v>528</v>
       </c>
       <c r="C377" t="n" s="3">
         <v>7.91202005015E11</v>
       </c>
       <c r="D377" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E377" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F377" t="s">
         <v>16</v>
       </c>
       <c r="G377" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="H377" t="s">
         <v>0</v>
       </c>
       <c r="I377" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="J377" t="s">
         <v>0</v>
       </c>
       <c r="K377" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s" s="2">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="B378" t="s" s="2">
         <v>570</v>
       </c>
       <c r="C378" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D378" t="s" s="4">
         <v>571</v>
       </c>
       <c r="E378" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F378" t="s">
         <v>16</v>
       </c>
       <c r="G378" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="H378" t="s">
         <v>0</v>
       </c>
       <c r="I378" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="J378" t="s">
         <v>0</v>
       </c>
       <c r="K378" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>