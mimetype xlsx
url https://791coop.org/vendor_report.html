--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -13,51 +13,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
 <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
 <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="791Vendors" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6749" uniqueCount="1260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6767" uniqueCount="1264">
   <si>
     <t/>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>Contract</t>
   </si>
   <si>
     <t>Awarded Date</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Lead Agency</t>
   </si>
   <si>
     <t>Contact Name</t>
   </si>
   <si>
@@ -976,50 +976,62 @@
     <t>paula@completecoach.com</t>
   </si>
   <si>
     <t>Concord Commercial Services, Inc.</t>
   </si>
   <si>
     <t>Robert Boe</t>
   </si>
   <si>
     <t>(972) 557-8789</t>
   </si>
   <si>
     <t>rboe@ccsinctx.com</t>
   </si>
   <si>
     <t>Facility Trade Services-JOC / Part 2</t>
   </si>
   <si>
     <t>Curtis Stout</t>
   </si>
   <si>
     <t>Building and Facility Trade Equipment and Maintenance Services</t>
   </si>
   <si>
     <t>06/10/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Decorative Concerete Design </t>
+  </si>
+  <si>
+    <t>Cesar Garza</t>
+  </si>
+  <si>
+    <t>(956) 592-3681</t>
+  </si>
+  <si>
+    <t>cesar_garza111@yahoo.com</t>
   </si>
   <si>
     <t>DFW Security MGM Security Services, Inc.</t>
   </si>
   <si>
     <t>Security Products, Equipment, and Services</t>
   </si>
   <si>
     <t>Mike Luinstra</t>
   </si>
   <si>
     <t>(817) 880-3625</t>
   </si>
   <si>
     <t>mluinstra@dfwsecurity.com</t>
   </si>
   <si>
     <t>Diamond Drugs, Inc.</t>
   </si>
   <si>
     <t>Jail Inmate Medical and Pharmacy Services</t>
   </si>
   <si>
     <t>Jennifer Pittore</t>
   </si>
@@ -6987,553 +6999,553 @@
       </c>
       <c r="F88" t="s">
         <v>24</v>
       </c>
       <c r="G88" t="s">
         <v>0</v>
       </c>
       <c r="H88" t="s">
         <v>0</v>
       </c>
       <c r="I88" t="s">
         <v>0</v>
       </c>
       <c r="J88" t="s">
         <v>0</v>
       </c>
       <c r="K88" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s" s="2">
         <v>321</v>
       </c>
       <c r="B89" t="s" s="2">
+        <v>28</v>
+      </c>
+      <c r="C89" t="n" s="3">
+        <v>7.91202510007E11</v>
+      </c>
+      <c r="D89" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E89" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="F89" t="s">
+        <v>24</v>
+      </c>
+      <c r="G89" t="s">
         <v>322</v>
       </c>
-      <c r="C89" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G89" t="s">
+      <c r="H89" t="s">
+        <v>0</v>
+      </c>
+      <c r="I89" t="s">
         <v>323</v>
       </c>
-      <c r="H89" t="s">
-[...2 lines deleted...]
-      <c r="I89" t="s">
+      <c r="J89" t="s">
+        <v>0</v>
+      </c>
+      <c r="K89" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s" s="2">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B90" t="s" s="2">
-        <v>13</v>
+        <v>326</v>
       </c>
       <c r="C90" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D90" t="s" s="4">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="E90" t="s" s="4">
-        <v>15</v>
+        <v>108</v>
       </c>
       <c r="F90" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G90" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="H90" t="s">
         <v>0</v>
       </c>
       <c r="I90" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="J90" t="s">
         <v>0</v>
       </c>
       <c r="K90" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s" s="2">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="B91" t="s" s="2">
-        <v>327</v>
+        <v>13</v>
       </c>
       <c r="C91" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D91" t="s" s="4">
-        <v>164</v>
+        <v>14</v>
       </c>
       <c r="E91" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F91" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G91" t="s">
+        <v>327</v>
+      </c>
+      <c r="H91" t="s">
+        <v>0</v>
+      </c>
+      <c r="I91" t="s">
         <v>328</v>
       </c>
-      <c r="H91" t="s">
-[...2 lines deleted...]
-      <c r="I91" t="s">
+      <c r="J91" t="s">
+        <v>0</v>
+      </c>
+      <c r="K91" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s" s="2">
+        <v>330</v>
+      </c>
+      <c r="B92" t="s" s="2">
         <v>331</v>
       </c>
-      <c r="B92" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C92" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D92" t="s" s="4">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="E92" t="s" s="4">
-        <v>129</v>
+        <v>15</v>
       </c>
       <c r="F92" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G92" t="s">
         <v>332</v>
       </c>
       <c r="H92" t="s">
         <v>0</v>
       </c>
       <c r="I92" t="s">
         <v>333</v>
       </c>
-      <c r="J92" t="s">
-        <v>0</v>
+      <c r="J92" t="n">
+        <v>1096.0</v>
       </c>
       <c r="K92" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s" s="2">
         <v>335</v>
       </c>
       <c r="B93" t="s" s="2">
-        <v>98</v>
+        <v>128</v>
       </c>
       <c r="C93" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D93" t="s" s="4">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="E93" t="s" s="4">
-        <v>100</v>
+        <v>129</v>
       </c>
       <c r="F93" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>336</v>
       </c>
       <c r="H93" t="s">
         <v>0</v>
       </c>
       <c r="I93" t="s">
         <v>337</v>
       </c>
       <c r="J93" t="s">
         <v>0</v>
       </c>
       <c r="K93" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s" s="2">
         <v>339</v>
       </c>
       <c r="B94" t="s" s="2">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C94" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D94" t="s" s="4">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="E94" t="s" s="4">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="F94" t="s">
         <v>24</v>
       </c>
       <c r="G94" t="s">
         <v>340</v>
       </c>
       <c r="H94" t="s">
         <v>0</v>
       </c>
       <c r="I94" t="s">
         <v>341</v>
       </c>
       <c r="J94" t="s">
         <v>0</v>
       </c>
       <c r="K94" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s" s="2">
         <v>343</v>
       </c>
       <c r="B95" t="s" s="2">
-        <v>322</v>
+        <v>96</v>
       </c>
       <c r="C95" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D95" t="s" s="4">
-        <v>230</v>
+        <v>45</v>
       </c>
       <c r="E95" t="s" s="4">
-        <v>108</v>
+        <v>46</v>
       </c>
       <c r="F95" t="s">
         <v>24</v>
       </c>
       <c r="G95" t="s">
         <v>344</v>
       </c>
       <c r="H95" t="s">
         <v>0</v>
       </c>
       <c r="I95" t="s">
         <v>345</v>
       </c>
       <c r="J95" t="s">
         <v>0</v>
       </c>
       <c r="K95" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s" s="2">
         <v>347</v>
       </c>
       <c r="B96" t="s" s="2">
-        <v>74</v>
+        <v>326</v>
       </c>
       <c r="C96" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D96" t="s" s="4">
-        <v>75</v>
+        <v>230</v>
       </c>
       <c r="E96" t="s" s="4">
-        <v>76</v>
+        <v>108</v>
       </c>
       <c r="F96" t="s">
         <v>24</v>
       </c>
       <c r="G96" t="s">
         <v>348</v>
       </c>
       <c r="H96" t="s">
         <v>0</v>
       </c>
       <c r="I96" t="s">
         <v>349</v>
       </c>
       <c r="J96" t="s">
         <v>0</v>
       </c>
       <c r="K96" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s" s="2">
         <v>351</v>
       </c>
       <c r="B97" t="s" s="2">
+        <v>74</v>
+      </c>
+      <c r="C97" t="n" s="3">
+        <v>7.91202107001E11</v>
+      </c>
+      <c r="D97" t="s" s="4">
+        <v>75</v>
+      </c>
+      <c r="E97" t="s" s="4">
+        <v>76</v>
+      </c>
+      <c r="F97" t="s">
+        <v>24</v>
+      </c>
+      <c r="G97" t="s">
         <v>352</v>
       </c>
-      <c r="C97" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D97" t="s" s="4">
+      <c r="H97" t="s">
+        <v>0</v>
+      </c>
+      <c r="I97" t="s">
         <v>353</v>
       </c>
-      <c r="E97" t="s" s="4">
+      <c r="J97" t="s">
+        <v>0</v>
+      </c>
+      <c r="K97" t="s">
         <v>354</v>
-      </c>
-[...16 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s" s="2">
+        <v>355</v>
+      </c>
+      <c r="B98" t="s" s="2">
+        <v>356</v>
+      </c>
+      <c r="C98" t="n" s="3">
+        <v>7.91202309002E11</v>
+      </c>
+      <c r="D98" t="s" s="4">
+        <v>357</v>
+      </c>
+      <c r="E98" t="s" s="4">
         <v>358</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
       <c r="F98" t="s">
         <v>24</v>
       </c>
       <c r="G98" t="s">
         <v>359</v>
       </c>
       <c r="H98" t="s">
         <v>0</v>
       </c>
       <c r="I98" t="s">
         <v>360</v>
       </c>
       <c r="J98" t="s">
         <v>0</v>
       </c>
       <c r="K98" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s" s="2">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B99" t="s" s="2">
-        <v>96</v>
+        <v>44</v>
       </c>
       <c r="C99" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D99" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E99" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F99" t="s">
         <v>24</v>
       </c>
       <c r="G99" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="H99" t="s">
         <v>0</v>
       </c>
       <c r="I99" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="J99" t="s">
         <v>0</v>
       </c>
       <c r="K99" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s" s="2">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B100" t="s" s="2">
-        <v>28</v>
+        <v>96</v>
       </c>
       <c r="C100" t="n" s="3">
-        <v>7.91202510007E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D100" t="s" s="4">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E100" t="s" s="4">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F100" t="s">
         <v>24</v>
       </c>
       <c r="G100" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="H100" t="s">
         <v>0</v>
       </c>
       <c r="I100" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="J100" t="s">
         <v>0</v>
       </c>
       <c r="K100" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s" s="2">
         <v>362</v>
       </c>
       <c r="B101" t="s" s="2">
-        <v>173</v>
+        <v>28</v>
       </c>
       <c r="C101" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202510007E11</v>
       </c>
       <c r="D101" t="s" s="4">
-        <v>174</v>
+        <v>22</v>
       </c>
       <c r="E101" t="s" s="4">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="F101" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G101" t="s">
         <v>363</v>
       </c>
       <c r="H101" t="s">
         <v>0</v>
       </c>
       <c r="I101" t="s">
         <v>364</v>
       </c>
       <c r="J101" t="s">
         <v>0</v>
       </c>
       <c r="K101" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s" s="2">
         <v>366</v>
       </c>
       <c r="B102" t="s" s="2">
-        <v>352</v>
+        <v>173</v>
       </c>
       <c r="C102" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D102" t="s" s="4">
-        <v>353</v>
+        <v>174</v>
       </c>
       <c r="E102" t="s" s="4">
-        <v>354</v>
+        <v>175</v>
       </c>
       <c r="F102" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>367</v>
       </c>
       <c r="H102" t="s">
         <v>0</v>
       </c>
       <c r="I102" t="s">
         <v>368</v>
       </c>
       <c r="J102" t="s">
         <v>0</v>
       </c>
       <c r="K102" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s" s="2">
         <v>370</v>
       </c>
       <c r="B103" t="s" s="2">
-        <v>128</v>
+        <v>356</v>
       </c>
       <c r="C103" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D103" t="s" s="4">
-        <v>64</v>
+        <v>357</v>
       </c>
       <c r="E103" t="s" s="4">
-        <v>129</v>
+        <v>358</v>
       </c>
       <c r="F103" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G103" t="s">
         <v>371</v>
       </c>
       <c r="H103" t="s">
         <v>0</v>
       </c>
       <c r="I103" t="s">
         <v>372</v>
       </c>
       <c r="J103" t="s">
         <v>0</v>
       </c>
       <c r="K103" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s" s="2">
         <v>374</v>
       </c>
       <c r="B104" t="s" s="2">
         <v>128</v>
       </c>
       <c r="C104" t="n" s="3">
@@ -7544,4228 +7556,4228 @@
       </c>
       <c r="E104" t="s" s="4">
         <v>129</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>375</v>
       </c>
       <c r="H104" t="s">
         <v>0</v>
       </c>
       <c r="I104" t="s">
         <v>376</v>
       </c>
       <c r="J104" t="s">
         <v>0</v>
       </c>
       <c r="K104" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s" s="2">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B105" t="s" s="2">
-        <v>96</v>
+        <v>128</v>
       </c>
       <c r="C105" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D105" t="s" s="4">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="E105" t="s" s="4">
-        <v>46</v>
+        <v>129</v>
       </c>
       <c r="F105" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G105" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="H105" t="s">
         <v>0</v>
       </c>
       <c r="I105" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="J105" t="s">
         <v>0</v>
       </c>
       <c r="K105" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s" s="2">
         <v>378</v>
       </c>
       <c r="B106" t="s" s="2">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="C106" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D106" t="s" s="4">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="E106" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F106" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G106" t="s">
         <v>379</v>
       </c>
       <c r="H106" t="s">
         <v>0</v>
       </c>
       <c r="I106" t="s">
         <v>380</v>
       </c>
       <c r="J106" t="s">
         <v>0</v>
       </c>
       <c r="K106" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s" s="2">
         <v>382</v>
       </c>
       <c r="B107" t="s" s="2">
-        <v>136</v>
+        <v>13</v>
       </c>
       <c r="C107" t="n" s="3">
-        <v>7.91202510006E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D107" t="s" s="4">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E107" t="s" s="4">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F107" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G107" t="s">
         <v>383</v>
       </c>
       <c r="H107" t="s">
         <v>0</v>
       </c>
       <c r="I107" t="s">
         <v>384</v>
       </c>
       <c r="J107" t="s">
         <v>0</v>
       </c>
       <c r="K107" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s" s="2">
         <v>386</v>
       </c>
       <c r="B108" t="s" s="2">
-        <v>207</v>
+        <v>136</v>
       </c>
       <c r="C108" t="n" s="3">
-        <v>7.91202103009E11</v>
+        <v>7.91202510006E11</v>
       </c>
       <c r="D108" t="s" s="4">
-        <v>208</v>
+        <v>22</v>
       </c>
       <c r="E108" t="s" s="4">
-        <v>129</v>
+        <v>31</v>
       </c>
       <c r="F108" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G108" t="s">
         <v>387</v>
       </c>
       <c r="H108" t="s">
         <v>0</v>
       </c>
       <c r="I108" t="s">
         <v>388</v>
       </c>
       <c r="J108" t="s">
         <v>0</v>
       </c>
       <c r="K108" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s" s="2">
         <v>390</v>
       </c>
       <c r="B109" t="s" s="2">
-        <v>128</v>
+        <v>207</v>
       </c>
       <c r="C109" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D109" t="s" s="4">
-        <v>64</v>
+        <v>208</v>
       </c>
       <c r="E109" t="s" s="4">
         <v>129</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>391</v>
       </c>
       <c r="H109" t="s">
         <v>0</v>
       </c>
       <c r="I109" t="s">
         <v>392</v>
       </c>
       <c r="J109" t="s">
         <v>0</v>
       </c>
       <c r="K109" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s" s="2">
         <v>394</v>
       </c>
       <c r="B110" t="s" s="2">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="C110" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D110" t="s" s="4">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="E110" t="s" s="4">
-        <v>15</v>
+        <v>129</v>
       </c>
       <c r="F110" t="s">
         <v>16</v>
       </c>
       <c r="G110" t="s">
         <v>395</v>
       </c>
       <c r="H110" t="s">
         <v>0</v>
       </c>
       <c r="I110" t="s">
         <v>396</v>
       </c>
       <c r="J110" t="s">
         <v>0</v>
       </c>
       <c r="K110" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s" s="2">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B111" t="s" s="2">
-        <v>120</v>
+        <v>13</v>
       </c>
       <c r="C111" t="n" s="3">
-        <v>7.91202403003E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D111" t="s" s="4">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="E111" t="s" s="4">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="F111" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G111" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="H111" t="s">
         <v>0</v>
       </c>
       <c r="I111" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="J111" t="s">
         <v>0</v>
       </c>
       <c r="K111" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s" s="2">
         <v>398</v>
       </c>
       <c r="B112" t="s" s="2">
+        <v>120</v>
+      </c>
+      <c r="C112" t="n" s="3">
+        <v>7.91202403003E11</v>
+      </c>
+      <c r="D112" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E112" t="s" s="4">
+        <v>53</v>
+      </c>
+      <c r="F112" t="s">
+        <v>24</v>
+      </c>
+      <c r="G112" t="s">
         <v>399</v>
       </c>
-      <c r="C112" t="n" s="3">
-[...5 lines deleted...]
-      <c r="E112" t="s" s="4">
+      <c r="H112" t="s">
+        <v>0</v>
+      </c>
+      <c r="I112" t="s">
         <v>400</v>
       </c>
-      <c r="F112" t="s">
-[...2 lines deleted...]
-      <c r="G112" t="s">
+      <c r="J112" t="s">
+        <v>0</v>
+      </c>
+      <c r="K112" t="s">
         <v>401</v>
-      </c>
-[...10 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s" s="2">
+        <v>402</v>
+      </c>
+      <c r="B113" t="s" s="2">
+        <v>403</v>
+      </c>
+      <c r="C113" t="n" s="3">
+        <v>7.91202303003E11</v>
+      </c>
+      <c r="D113" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E113" t="s" s="4">
         <v>404</v>
       </c>
-      <c r="B113" t="s" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="F113" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G113" t="s">
         <v>405</v>
       </c>
       <c r="H113" t="s">
         <v>0</v>
       </c>
       <c r="I113" t="s">
         <v>406</v>
       </c>
       <c r="J113" t="s">
         <v>0</v>
       </c>
       <c r="K113" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s" s="2">
         <v>408</v>
       </c>
       <c r="B114" t="s" s="2">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="C114" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D114" t="s" s="4">
-        <v>14</v>
+        <v>99</v>
       </c>
       <c r="E114" t="s" s="4">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="F114" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G114" t="s">
         <v>409</v>
       </c>
       <c r="H114" t="s">
         <v>0</v>
       </c>
       <c r="I114" t="s">
         <v>410</v>
       </c>
       <c r="J114" t="s">
         <v>0</v>
       </c>
       <c r="K114" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s" s="2">
         <v>412</v>
       </c>
       <c r="B115" t="s" s="2">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="C115" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D115" t="s" s="4">
-        <v>164</v>
+        <v>14</v>
       </c>
       <c r="E115" t="s" s="4">
-        <v>129</v>
+        <v>15</v>
       </c>
       <c r="F115" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G115" t="s">
         <v>413</v>
       </c>
       <c r="H115" t="s">
         <v>0</v>
       </c>
       <c r="I115" t="s">
         <v>414</v>
       </c>
       <c r="J115" t="s">
         <v>0</v>
       </c>
       <c r="K115" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s" s="2">
         <v>416</v>
       </c>
       <c r="B116" t="s" s="2">
+        <v>163</v>
+      </c>
+      <c r="C116" t="n" s="3">
+        <v>7.91202103002E11</v>
+      </c>
+      <c r="D116" t="s" s="4">
+        <v>164</v>
+      </c>
+      <c r="E116" t="s" s="4">
+        <v>129</v>
+      </c>
+      <c r="F116" t="s">
+        <v>24</v>
+      </c>
+      <c r="G116" t="s">
         <v>417</v>
       </c>
-      <c r="C116" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G116" t="s">
+      <c r="H116" t="s">
+        <v>0</v>
+      </c>
+      <c r="I116" t="s">
         <v>418</v>
       </c>
-      <c r="H116" t="s">
-[...2 lines deleted...]
-      <c r="I116" t="s">
+      <c r="J116" t="s">
+        <v>0</v>
+      </c>
+      <c r="K116" t="s">
         <v>419</v>
-      </c>
-[...4 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s" s="2">
+        <v>420</v>
+      </c>
+      <c r="B117" t="s" s="2">
         <v>421</v>
       </c>
-      <c r="B117" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C117" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202207007E11</v>
       </c>
       <c r="D117" t="s" s="4">
-        <v>99</v>
+        <v>198</v>
       </c>
       <c r="E117" t="s" s="4">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F117" t="s">
         <v>24</v>
       </c>
       <c r="G117" t="s">
-        <v>0</v>
+        <v>422</v>
       </c>
       <c r="H117" t="s">
         <v>0</v>
       </c>
       <c r="I117" t="s">
-        <v>0</v>
+        <v>423</v>
       </c>
       <c r="J117" t="s">
         <v>0</v>
       </c>
       <c r="K117" t="s">
-        <v>0</v>
+        <v>424</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s" s="2">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B118" t="s" s="2">
-        <v>51</v>
+        <v>98</v>
       </c>
       <c r="C118" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D118" t="s" s="4">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="E118" t="s" s="4">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="F118" t="s">
         <v>24</v>
       </c>
       <c r="G118" t="s">
-        <v>423</v>
+        <v>0</v>
       </c>
       <c r="H118" t="s">
         <v>0</v>
       </c>
       <c r="I118" t="s">
-        <v>424</v>
+        <v>0</v>
       </c>
       <c r="J118" t="s">
         <v>0</v>
       </c>
       <c r="K118" t="s">
-        <v>425</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s" s="2">
         <v>426</v>
       </c>
       <c r="B119" t="s" s="2">
-        <v>427</v>
+        <v>51</v>
       </c>
       <c r="C119" t="n" s="3">
-        <v>7.91202409007E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D119" t="s" s="4">
         <v>52</v>
       </c>
       <c r="E119" t="s" s="4">
         <v>53</v>
       </c>
       <c r="F119" t="s">
         <v>24</v>
       </c>
       <c r="G119" t="s">
-        <v>0</v>
+        <v>427</v>
       </c>
       <c r="H119" t="s">
         <v>0</v>
       </c>
       <c r="I119" t="s">
-        <v>0</v>
+        <v>428</v>
       </c>
       <c r="J119" t="s">
         <v>0</v>
       </c>
       <c r="K119" t="s">
-        <v>0</v>
+        <v>429</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s" s="2">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B120" t="s" s="2">
-        <v>188</v>
+        <v>431</v>
       </c>
       <c r="C120" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202409007E11</v>
       </c>
       <c r="D120" t="s" s="4">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E120" t="s" s="4">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="F120" t="s">
         <v>24</v>
       </c>
       <c r="G120" t="s">
-        <v>429</v>
+        <v>0</v>
       </c>
       <c r="H120" t="s">
         <v>0</v>
       </c>
       <c r="I120" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-        <v>903.0</v>
+        <v>0</v>
+      </c>
+      <c r="J120" t="s">
+        <v>0</v>
       </c>
       <c r="K120" t="s">
-        <v>431</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s" s="2">
         <v>432</v>
       </c>
       <c r="B121" t="s" s="2">
-        <v>30</v>
+        <v>188</v>
       </c>
       <c r="C121" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D121" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E121" t="s" s="4">
         <v>31</v>
       </c>
       <c r="F121" t="s">
         <v>24</v>
       </c>
       <c r="G121" t="s">
         <v>433</v>
       </c>
       <c r="H121" t="s">
         <v>0</v>
       </c>
       <c r="I121" t="s">
         <v>434</v>
       </c>
-      <c r="J121" t="s">
-        <v>0</v>
+      <c r="J121" t="n">
+        <v>903.0</v>
       </c>
       <c r="K121" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s" s="2">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B122" t="s" s="2">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C122" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D122" t="s" s="4">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E122" t="s" s="4">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F122" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G122" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="H122" t="s">
         <v>0</v>
       </c>
       <c r="I122" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="J122" t="s">
         <v>0</v>
       </c>
       <c r="K122" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s" s="2">
         <v>436</v>
       </c>
       <c r="B123" t="s" s="2">
-        <v>317</v>
+        <v>13</v>
       </c>
       <c r="C123" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D123" t="s" s="4">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E123" t="s" s="4">
-        <v>258</v>
+        <v>15</v>
       </c>
       <c r="F123" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G123" t="s">
         <v>437</v>
       </c>
       <c r="H123" t="s">
         <v>0</v>
       </c>
       <c r="I123" t="s">
         <v>438</v>
       </c>
       <c r="J123" t="s">
         <v>0</v>
       </c>
       <c r="K123" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s" s="2">
         <v>440</v>
       </c>
       <c r="B124" t="s" s="2">
+        <v>317</v>
+      </c>
+      <c r="C124" t="n" s="3">
+        <v>7.91202502009E11</v>
+      </c>
+      <c r="D124" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E124" t="s" s="4">
+        <v>258</v>
+      </c>
+      <c r="F124" t="s">
+        <v>24</v>
+      </c>
+      <c r="G124" t="s">
         <v>441</v>
       </c>
-      <c r="C124" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G124" t="s">
+      <c r="H124" t="s">
+        <v>0</v>
+      </c>
+      <c r="I124" t="s">
         <v>442</v>
       </c>
-      <c r="H124" t="s">
-[...2 lines deleted...]
-      <c r="I124" t="s">
+      <c r="J124" t="s">
+        <v>0</v>
+      </c>
+      <c r="K124" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s" s="2">
+        <v>444</v>
+      </c>
+      <c r="B125" t="s" s="2">
         <v>445</v>
       </c>
-      <c r="B125" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C125" t="n" s="3">
-        <v>7.91202510004E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D125" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E125" t="s" s="4">
         <v>31</v>
       </c>
       <c r="F125" t="s">
         <v>24</v>
       </c>
       <c r="G125" t="s">
         <v>446</v>
       </c>
       <c r="H125" t="s">
         <v>0</v>
       </c>
       <c r="I125" t="s">
         <v>447</v>
       </c>
       <c r="J125" t="s">
         <v>0</v>
       </c>
       <c r="K125" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s" s="2">
         <v>449</v>
       </c>
       <c r="B126" t="s" s="2">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="C126" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D126" t="s" s="4">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="E126" t="s" s="4">
-        <v>129</v>
+        <v>31</v>
       </c>
       <c r="F126" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G126" t="s">
         <v>450</v>
       </c>
       <c r="H126" t="s">
         <v>0</v>
       </c>
       <c r="I126" t="s">
         <v>451</v>
       </c>
       <c r="J126" t="s">
         <v>0</v>
       </c>
       <c r="K126" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s" s="2">
         <v>453</v>
       </c>
       <c r="B127" t="s" s="2">
-        <v>327</v>
+        <v>128</v>
       </c>
       <c r="C127" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D127" t="s" s="4">
-        <v>164</v>
+        <v>64</v>
       </c>
       <c r="E127" t="s" s="4">
-        <v>15</v>
+        <v>129</v>
       </c>
       <c r="F127" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G127" t="s">
         <v>454</v>
       </c>
       <c r="H127" t="s">
+        <v>0</v>
+      </c>
+      <c r="I127" t="s">
         <v>455</v>
       </c>
-      <c r="I127" t="s">
+      <c r="J127" t="s">
+        <v>0</v>
+      </c>
+      <c r="K127" t="s">
         <v>456</v>
-      </c>
-[...4 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s" s="2">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B128" t="s" s="2">
-        <v>13</v>
+        <v>331</v>
       </c>
       <c r="C128" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D128" t="s" s="4">
-        <v>14</v>
+        <v>164</v>
       </c>
       <c r="E128" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F128" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G128" t="s">
+        <v>458</v>
+      </c>
+      <c r="H128" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I128" t="s">
         <v>460</v>
       </c>
       <c r="J128" t="s">
         <v>0</v>
       </c>
       <c r="K128" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s" s="2">
         <v>462</v>
       </c>
       <c r="B129" t="s" s="2">
-        <v>317</v>
+        <v>13</v>
       </c>
       <c r="C129" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D129" t="s" s="4">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E129" t="s" s="4">
-        <v>258</v>
+        <v>15</v>
       </c>
       <c r="F129" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G129" t="s">
         <v>463</v>
       </c>
       <c r="H129" t="s">
         <v>0</v>
       </c>
       <c r="I129" t="s">
         <v>464</v>
       </c>
       <c r="J129" t="s">
         <v>0</v>
       </c>
       <c r="K129" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s" s="2">
         <v>466</v>
       </c>
       <c r="B130" t="s" s="2">
-        <v>106</v>
+        <v>317</v>
       </c>
       <c r="C130" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D130" t="s" s="4">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="E130" t="s" s="4">
-        <v>108</v>
+        <v>258</v>
       </c>
       <c r="F130" t="s">
         <v>24</v>
       </c>
       <c r="G130" t="s">
         <v>467</v>
       </c>
       <c r="H130" t="s">
         <v>0</v>
       </c>
       <c r="I130" t="s">
         <v>468</v>
       </c>
       <c r="J130" t="s">
         <v>0</v>
       </c>
       <c r="K130" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="2">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B131" t="s" s="2">
-        <v>81</v>
+        <v>106</v>
       </c>
       <c r="C131" t="n" s="3">
-        <v>7.91202403001E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D131" t="s" s="4">
-        <v>52</v>
+        <v>107</v>
       </c>
       <c r="E131" t="s" s="4">
-        <v>53</v>
+        <v>108</v>
       </c>
       <c r="F131" t="s">
         <v>24</v>
       </c>
       <c r="G131" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="H131" t="s">
         <v>0</v>
       </c>
       <c r="I131" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="J131" t="s">
         <v>0</v>
       </c>
       <c r="K131" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="2">
         <v>470</v>
       </c>
       <c r="B132" t="s" s="2">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="C132" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202403001E11</v>
       </c>
       <c r="D132" t="s" s="4">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="E132" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F132" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G132" t="s">
         <v>471</v>
       </c>
       <c r="H132" t="s">
         <v>0</v>
       </c>
       <c r="I132" t="s">
         <v>472</v>
       </c>
       <c r="J132" t="s">
         <v>0</v>
       </c>
       <c r="K132" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s" s="2">
         <v>474</v>
       </c>
       <c r="B133" t="s" s="2">
-        <v>157</v>
+        <v>63</v>
       </c>
       <c r="C133" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D133" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E133" t="s" s="4">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="F133" t="s">
         <v>16</v>
       </c>
       <c r="G133" t="s">
         <v>475</v>
       </c>
       <c r="H133" t="s">
         <v>0</v>
       </c>
       <c r="I133" t="s">
         <v>476</v>
       </c>
       <c r="J133" t="s">
         <v>0</v>
       </c>
       <c r="K133" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s" s="2">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="B134" t="s" s="2">
-        <v>202</v>
+        <v>157</v>
       </c>
       <c r="C134" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D134" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E134" t="s" s="4">
         <v>158</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="H134" t="s">
         <v>0</v>
       </c>
       <c r="I134" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="J134" t="s">
         <v>0</v>
       </c>
       <c r="K134" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s" s="2">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="B135" t="s" s="2">
-        <v>478</v>
+        <v>202</v>
       </c>
       <c r="C135" t="n" s="3">
-        <v>7.91202103001E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D135" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E135" t="s" s="4">
+        <v>158</v>
+      </c>
+      <c r="F135" t="s">
+        <v>16</v>
+      </c>
+      <c r="G135" t="s">
         <v>479</v>
       </c>
-      <c r="E135" t="s" s="4">
+      <c r="H135" t="s">
+        <v>0</v>
+      </c>
+      <c r="I135" t="s">
         <v>480</v>
       </c>
-      <c r="F135" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J135" t="s">
         <v>0</v>
       </c>
       <c r="K135" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s" s="2">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="B136" t="s" s="2">
-        <v>163</v>
+        <v>482</v>
       </c>
       <c r="C136" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202103001E11</v>
       </c>
       <c r="D136" t="s" s="4">
-        <v>164</v>
+        <v>483</v>
       </c>
       <c r="E136" t="s" s="4">
-        <v>129</v>
+        <v>484</v>
       </c>
       <c r="F136" t="s">
         <v>24</v>
       </c>
       <c r="G136" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="H136" t="s">
         <v>0</v>
       </c>
       <c r="I136" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="J136" t="s">
         <v>0</v>
       </c>
       <c r="K136" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s" s="2">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="B137" t="s" s="2">
-        <v>128</v>
+        <v>163</v>
       </c>
       <c r="C137" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D137" t="s" s="4">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="E137" t="s" s="4">
         <v>129</v>
       </c>
       <c r="F137" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G137" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="H137" t="s">
         <v>0</v>
       </c>
       <c r="I137" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="J137" t="s">
         <v>0</v>
       </c>
       <c r="K137" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s" s="2">
         <v>485</v>
       </c>
       <c r="B138" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="C138" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D138" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E138" t="s" s="4">
+        <v>129</v>
+      </c>
+      <c r="F138" t="s">
+        <v>16</v>
+      </c>
+      <c r="G138" t="s">
         <v>486</v>
       </c>
-      <c r="C138" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D138" t="s" s="4">
+      <c r="H138" t="s">
+        <v>0</v>
+      </c>
+      <c r="I138" t="s">
         <v>487</v>
       </c>
-      <c r="E138" t="s" s="4">
+      <c r="J138" t="s">
+        <v>0</v>
+      </c>
+      <c r="K138" t="s">
         <v>488</v>
-      </c>
-[...16 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="B139" t="s" s="2">
+        <v>490</v>
+      </c>
+      <c r="C139" t="n" s="3">
+        <v>7.91202007026E11</v>
+      </c>
+      <c r="D139" t="s" s="4">
+        <v>491</v>
+      </c>
+      <c r="E139" t="s" s="4">
         <v>492</v>
       </c>
-      <c r="B139" t="s" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="F139" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G139" t="s">
         <v>493</v>
       </c>
       <c r="H139" t="s">
         <v>0</v>
       </c>
       <c r="I139" t="s">
         <v>494</v>
       </c>
       <c r="J139" t="s">
         <v>0</v>
       </c>
       <c r="K139" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s" s="2">
         <v>496</v>
       </c>
       <c r="B140" t="s" s="2">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="C140" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D140" t="s" s="4">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="E140" t="s" s="4">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F140" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G140" t="s">
         <v>497</v>
       </c>
       <c r="H140" t="s">
         <v>0</v>
       </c>
       <c r="I140" t="s">
         <v>498</v>
       </c>
       <c r="J140" t="s">
         <v>0</v>
       </c>
       <c r="K140" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s" s="2">
         <v>500</v>
       </c>
       <c r="B141" t="s" s="2">
-        <v>188</v>
+        <v>63</v>
       </c>
       <c r="C141" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D141" t="s" s="4">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="E141" t="s" s="4">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F141" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G141" t="s">
         <v>501</v>
       </c>
       <c r="H141" t="s">
         <v>0</v>
       </c>
       <c r="I141" t="s">
         <v>502</v>
       </c>
       <c r="J141" t="s">
         <v>0</v>
       </c>
       <c r="K141" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s" s="2">
         <v>504</v>
       </c>
       <c r="B142" t="s" s="2">
+        <v>188</v>
+      </c>
+      <c r="C142" t="n" s="3">
+        <v>7.91202510003E11</v>
+      </c>
+      <c r="D142" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E142" t="s" s="4">
+        <v>31</v>
+      </c>
+      <c r="F142" t="s">
+        <v>24</v>
+      </c>
+      <c r="G142" t="s">
         <v>505</v>
       </c>
-      <c r="C142" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G142" t="s">
+      <c r="H142" t="s">
+        <v>0</v>
+      </c>
+      <c r="I142" t="s">
         <v>506</v>
       </c>
-      <c r="H142" t="s">
-[...2 lines deleted...]
-      <c r="I142" t="s">
+      <c r="J142" t="s">
+        <v>0</v>
+      </c>
+      <c r="K142" t="s">
         <v>507</v>
-      </c>
-[...4 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s" s="2">
+        <v>508</v>
+      </c>
+      <c r="B143" t="s" s="2">
         <v>509</v>
       </c>
-      <c r="B143" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C143" t="n" s="3">
-        <v>7.91202510004E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D143" t="s" s="4">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="E143" t="s" s="4">
-        <v>31</v>
+        <v>175</v>
       </c>
       <c r="F143" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G143" t="s">
         <v>510</v>
       </c>
       <c r="H143" t="s">
         <v>0</v>
       </c>
       <c r="I143" t="s">
         <v>511</v>
       </c>
       <c r="J143" t="s">
         <v>0</v>
       </c>
       <c r="K143" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s" s="2">
         <v>513</v>
       </c>
       <c r="B144" t="s" s="2">
+        <v>35</v>
+      </c>
+      <c r="C144" t="n" s="3">
+        <v>7.91202510004E11</v>
+      </c>
+      <c r="D144" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E144" t="s" s="4">
+        <v>31</v>
+      </c>
+      <c r="F144" t="s">
+        <v>24</v>
+      </c>
+      <c r="G144" t="s">
         <v>514</v>
       </c>
-      <c r="C144" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D144" t="s" s="4">
+      <c r="H144" t="s">
+        <v>0</v>
+      </c>
+      <c r="I144" t="s">
         <v>515</v>
       </c>
-      <c r="E144" t="s" s="4">
-[...5 lines deleted...]
-      <c r="G144" t="s">
+      <c r="J144" t="s">
+        <v>0</v>
+      </c>
+      <c r="K144" t="s">
         <v>516</v>
-      </c>
-[...10 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s" s="2">
+        <v>517</v>
+      </c>
+      <c r="B145" t="s" s="2">
+        <v>518</v>
+      </c>
+      <c r="C145" t="n" s="3">
+        <v>7.91202003005E11</v>
+      </c>
+      <c r="D145" t="s" s="4">
         <v>519</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
       <c r="E145" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F145" t="s">
         <v>16</v>
       </c>
       <c r="G145" t="s">
         <v>520</v>
       </c>
       <c r="H145" t="s">
         <v>0</v>
       </c>
       <c r="I145" t="s">
         <v>521</v>
       </c>
-      <c r="J145" t="n">
-        <v>1004.0</v>
+      <c r="J145" t="s">
+        <v>0</v>
       </c>
       <c r="K145" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s" s="2">
         <v>523</v>
       </c>
       <c r="B146" t="s" s="2">
-        <v>212</v>
+        <v>239</v>
       </c>
       <c r="C146" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D146" t="s" s="4">
-        <v>38</v>
+        <v>240</v>
       </c>
       <c r="E146" t="s" s="4">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="F146" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G146" t="s">
         <v>524</v>
       </c>
       <c r="H146" t="s">
         <v>0</v>
       </c>
       <c r="I146" t="s">
         <v>525</v>
       </c>
-      <c r="J146" t="s">
-        <v>0</v>
+      <c r="J146" t="n">
+        <v>1004.0</v>
       </c>
       <c r="K146" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s" s="2">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B147" t="s" s="2">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="C147" t="n" s="3">
-        <v>7.91202507001E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D147" t="s" s="4">
-        <v>99</v>
+        <v>38</v>
       </c>
       <c r="E147" t="s" s="4">
-        <v>181</v>
+        <v>39</v>
       </c>
       <c r="F147" t="s">
         <v>24</v>
       </c>
       <c r="G147" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="H147" t="s">
         <v>0</v>
       </c>
       <c r="I147" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="J147" t="s">
         <v>0</v>
       </c>
       <c r="K147" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s" s="2">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B148" t="s" s="2">
         <v>180</v>
       </c>
       <c r="C148" t="n" s="3">
-        <v>7.91202502004E11</v>
+        <v>7.91202507001E11</v>
       </c>
       <c r="D148" t="s" s="4">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="E148" t="s" s="4">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="F148" t="s">
         <v>24</v>
       </c>
       <c r="G148" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="H148" t="s">
         <v>0</v>
       </c>
       <c r="I148" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="J148" t="s">
         <v>0</v>
       </c>
       <c r="K148" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s" s="2">
         <v>527</v>
       </c>
       <c r="B149" t="s" s="2">
+        <v>180</v>
+      </c>
+      <c r="C149" t="n" s="3">
+        <v>7.91202502004E11</v>
+      </c>
+      <c r="D149" t="s" s="4">
+        <v>45</v>
+      </c>
+      <c r="E149" t="s" s="4">
+        <v>46</v>
+      </c>
+      <c r="F149" t="s">
+        <v>24</v>
+      </c>
+      <c r="G149" t="s">
         <v>528</v>
       </c>
-      <c r="C149" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G149" t="s">
+      <c r="H149" t="s">
+        <v>0</v>
+      </c>
+      <c r="I149" t="s">
         <v>529</v>
       </c>
-      <c r="H149" t="s">
-[...2 lines deleted...]
-      <c r="I149" t="s">
+      <c r="J149" t="s">
+        <v>0</v>
+      </c>
+      <c r="K149" t="s">
         <v>530</v>
-      </c>
-[...4 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s" s="2">
+        <v>531</v>
+      </c>
+      <c r="B150" t="s" s="2">
         <v>532</v>
       </c>
-      <c r="B150" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C150" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D150" t="s" s="4">
-        <v>534</v>
+        <v>174</v>
       </c>
       <c r="E150" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F150" t="s">
         <v>16</v>
       </c>
       <c r="G150" t="s">
+        <v>533</v>
+      </c>
+      <c r="H150" t="s">
+        <v>0</v>
+      </c>
+      <c r="I150" t="s">
+        <v>534</v>
+      </c>
+      <c r="J150" t="s">
+        <v>0</v>
+      </c>
+      <c r="K150" t="s">
         <v>535</v>
-      </c>
-[...10 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s" s="2">
+        <v>536</v>
+      </c>
+      <c r="B151" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="C151" t="n" s="3">
+        <v>7.91202004012E11</v>
+      </c>
+      <c r="D151" t="s" s="4">
         <v>538</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
       <c r="E151" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F151" t="s">
         <v>16</v>
       </c>
       <c r="G151" t="s">
         <v>539</v>
       </c>
       <c r="H151" t="s">
         <v>0</v>
       </c>
       <c r="I151" t="s">
         <v>540</v>
       </c>
       <c r="J151" t="s">
         <v>0</v>
       </c>
       <c r="K151" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s" s="2">
         <v>542</v>
       </c>
       <c r="B152" t="s" s="2">
-        <v>30</v>
+        <v>239</v>
       </c>
       <c r="C152" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D152" t="s" s="4">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="E152" t="s" s="4">
-        <v>31</v>
+        <v>175</v>
       </c>
       <c r="F152" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G152" t="s">
         <v>543</v>
       </c>
       <c r="H152" t="s">
         <v>0</v>
       </c>
       <c r="I152" t="s">
         <v>544</v>
       </c>
       <c r="J152" t="s">
         <v>0</v>
       </c>
       <c r="K152" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s" s="2">
         <v>546</v>
       </c>
       <c r="B153" t="s" s="2">
-        <v>239</v>
+        <v>30</v>
       </c>
       <c r="C153" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D153" t="s" s="4">
-        <v>240</v>
+        <v>22</v>
       </c>
       <c r="E153" t="s" s="4">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F153" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G153" t="s">
         <v>547</v>
       </c>
       <c r="H153" t="s">
         <v>0</v>
       </c>
       <c r="I153" t="s">
         <v>548</v>
       </c>
-      <c r="J153" t="n">
-        <v>413.0</v>
+      <c r="J153" t="s">
+        <v>0</v>
       </c>
       <c r="K153" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s" s="2">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B154" t="s" s="2">
-        <v>173</v>
+        <v>239</v>
       </c>
       <c r="C154" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D154" t="s" s="4">
-        <v>174</v>
+        <v>240</v>
       </c>
       <c r="E154" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F154" t="s">
         <v>16</v>
       </c>
       <c r="G154" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="H154" t="s">
         <v>0</v>
       </c>
       <c r="I154" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="J154" t="n">
         <v>413.0</v>
       </c>
       <c r="K154" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s" s="2">
         <v>550</v>
       </c>
       <c r="B155" t="s" s="2">
-        <v>417</v>
+        <v>173</v>
       </c>
       <c r="C155" t="n" s="3">
-        <v>7.91202207007E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D155" t="s" s="4">
-        <v>198</v>
+        <v>174</v>
       </c>
       <c r="E155" t="s" s="4">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="F155" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G155" t="s">
         <v>551</v>
       </c>
       <c r="H155" t="s">
         <v>0</v>
       </c>
       <c r="I155" t="s">
         <v>552</v>
       </c>
-      <c r="J155" t="s">
-        <v>0</v>
+      <c r="J155" t="n">
+        <v>413.0</v>
       </c>
       <c r="K155" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s" s="2">
         <v>554</v>
       </c>
       <c r="B156" t="s" s="2">
-        <v>128</v>
+        <v>421</v>
       </c>
       <c r="C156" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202207007E11</v>
       </c>
       <c r="D156" t="s" s="4">
-        <v>64</v>
+        <v>198</v>
       </c>
       <c r="E156" t="s" s="4">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="F156" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G156" t="s">
         <v>555</v>
       </c>
       <c r="H156" t="s">
         <v>0</v>
       </c>
       <c r="I156" t="s">
         <v>556</v>
       </c>
       <c r="J156" t="s">
         <v>0</v>
       </c>
       <c r="K156" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s" s="2">
         <v>558</v>
       </c>
       <c r="B157" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="C157" t="n" s="3">
+        <v>7.91202303002E11</v>
+      </c>
+      <c r="D157" t="s" s="4">
+        <v>64</v>
+      </c>
+      <c r="E157" t="s" s="4">
+        <v>129</v>
+      </c>
+      <c r="F157" t="s">
+        <v>16</v>
+      </c>
+      <c r="G157" t="s">
         <v>559</v>
       </c>
-      <c r="C157" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D157" t="s" s="4">
+      <c r="H157" t="s">
+        <v>0</v>
+      </c>
+      <c r="I157" t="s">
         <v>560</v>
       </c>
-      <c r="E157" t="s" s="4">
+      <c r="J157" t="s">
+        <v>0</v>
+      </c>
+      <c r="K157" t="s">
         <v>561</v>
-      </c>
-[...16 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s" s="2">
+        <v>562</v>
+      </c>
+      <c r="B158" t="s" s="2">
+        <v>563</v>
+      </c>
+      <c r="C158" t="n" s="3">
+        <v>7.9120200502E11</v>
+      </c>
+      <c r="D158" t="s" s="4">
+        <v>564</v>
+      </c>
+      <c r="E158" t="s" s="4">
         <v>565</v>
       </c>
-      <c r="B158" t="s" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="F158" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G158" t="s">
         <v>566</v>
       </c>
       <c r="H158" t="s">
         <v>0</v>
       </c>
       <c r="I158" t="s">
         <v>567</v>
       </c>
       <c r="J158" t="s">
         <v>0</v>
       </c>
       <c r="K158" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s" s="2">
         <v>569</v>
       </c>
       <c r="B159" t="s" s="2">
+        <v>331</v>
+      </c>
+      <c r="C159" t="n" s="3">
+        <v>7.91202103006E11</v>
+      </c>
+      <c r="D159" t="s" s="4">
+        <v>164</v>
+      </c>
+      <c r="E159" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F159" t="s">
+        <v>24</v>
+      </c>
+      <c r="G159" t="s">
         <v>570</v>
       </c>
-      <c r="C159" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D159" t="s" s="4">
+      <c r="H159" t="s">
+        <v>0</v>
+      </c>
+      <c r="I159" t="s">
         <v>571</v>
       </c>
-      <c r="E159" t="s" s="4">
-[...5 lines deleted...]
-      <c r="G159" t="s">
+      <c r="J159" t="s">
+        <v>0</v>
+      </c>
+      <c r="K159" t="s">
         <v>572</v>
-      </c>
-[...10 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s" s="2">
+        <v>573</v>
+      </c>
+      <c r="B160" t="s" s="2">
+        <v>574</v>
+      </c>
+      <c r="C160" t="n" s="3">
+        <v>7.91202005016E11</v>
+      </c>
+      <c r="D160" t="s" s="4">
         <v>575</v>
       </c>
-      <c r="B160" t="s" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="E160" t="s" s="4">
-        <v>46</v>
+        <v>175</v>
       </c>
       <c r="F160" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G160" t="s">
         <v>576</v>
       </c>
       <c r="H160" t="s">
         <v>0</v>
       </c>
       <c r="I160" t="s">
         <v>577</v>
       </c>
-      <c r="J160" t="n">
-        <v>234.0</v>
+      <c r="J160" t="s">
+        <v>0</v>
       </c>
       <c r="K160" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s" s="2">
         <v>579</v>
       </c>
       <c r="B161" t="s" s="2">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="C161" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D161" t="s" s="4">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="E161" t="s" s="4">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="F161" t="s">
         <v>24</v>
       </c>
       <c r="G161" t="s">
         <v>580</v>
       </c>
       <c r="H161" t="s">
         <v>0</v>
       </c>
       <c r="I161" t="s">
         <v>581</v>
       </c>
-      <c r="J161" t="s">
-        <v>0</v>
+      <c r="J161" t="n">
+        <v>234.0</v>
       </c>
       <c r="K161" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s" s="2">
         <v>583</v>
       </c>
       <c r="B162" t="s" s="2">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="C162" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D162" t="s" s="4">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="E162" t="s" s="4">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="F162" t="s">
         <v>24</v>
       </c>
       <c r="G162" t="s">
         <v>584</v>
       </c>
       <c r="H162" t="s">
         <v>0</v>
       </c>
       <c r="I162" t="s">
         <v>585</v>
       </c>
       <c r="J162" t="s">
         <v>0</v>
       </c>
       <c r="K162" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s" s="2">
         <v>587</v>
       </c>
       <c r="B163" t="s" s="2">
-        <v>505</v>
+        <v>44</v>
       </c>
       <c r="C163" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D163" t="s" s="4">
-        <v>240</v>
+        <v>45</v>
       </c>
       <c r="E163" t="s" s="4">
-        <v>175</v>
+        <v>46</v>
       </c>
       <c r="F163" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G163" t="s">
         <v>588</v>
       </c>
       <c r="H163" t="s">
         <v>0</v>
       </c>
       <c r="I163" t="s">
         <v>589</v>
       </c>
       <c r="J163" t="s">
         <v>0</v>
       </c>
       <c r="K163" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s" s="2">
         <v>591</v>
       </c>
       <c r="B164" t="s" s="2">
-        <v>128</v>
+        <v>509</v>
       </c>
       <c r="C164" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D164" t="s" s="4">
-        <v>64</v>
+        <v>240</v>
       </c>
       <c r="E164" t="s" s="4">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
         <v>592</v>
       </c>
       <c r="H164" t="s">
         <v>0</v>
       </c>
       <c r="I164" t="s">
         <v>593</v>
       </c>
-      <c r="J164" t="n">
-        <v>4639.0</v>
+      <c r="J164" t="s">
+        <v>0</v>
       </c>
       <c r="K164" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s" s="2">
         <v>595</v>
       </c>
       <c r="B165" t="s" s="2">
-        <v>51</v>
+        <v>128</v>
       </c>
       <c r="C165" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D165" t="s" s="4">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E165" t="s" s="4">
-        <v>53</v>
+        <v>129</v>
       </c>
       <c r="F165" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G165" t="s">
         <v>596</v>
       </c>
       <c r="H165" t="s">
         <v>0</v>
       </c>
       <c r="I165" t="s">
         <v>597</v>
       </c>
-      <c r="J165" t="s">
-        <v>0</v>
+      <c r="J165" t="n">
+        <v>4639.0</v>
       </c>
       <c r="K165" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s" s="2">
         <v>599</v>
       </c>
       <c r="B166" t="s" s="2">
-        <v>239</v>
+        <v>51</v>
       </c>
       <c r="C166" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D166" t="s" s="4">
-        <v>240</v>
+        <v>52</v>
       </c>
       <c r="E166" t="s" s="4">
-        <v>175</v>
+        <v>53</v>
       </c>
       <c r="F166" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G166" t="s">
         <v>600</v>
       </c>
       <c r="H166" t="s">
         <v>0</v>
       </c>
       <c r="I166" t="s">
         <v>601</v>
       </c>
       <c r="J166" t="s">
         <v>0</v>
       </c>
       <c r="K166" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s" s="2">
         <v>603</v>
       </c>
       <c r="B167" t="s" s="2">
+        <v>239</v>
+      </c>
+      <c r="C167" t="n" s="3">
+        <v>7.91202003002E11</v>
+      </c>
+      <c r="D167" t="s" s="4">
+        <v>240</v>
+      </c>
+      <c r="E167" t="s" s="4">
+        <v>175</v>
+      </c>
+      <c r="F167" t="s">
+        <v>16</v>
+      </c>
+      <c r="G167" t="s">
         <v>604</v>
       </c>
-      <c r="C167" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D167" t="s" s="4">
+      <c r="H167" t="s">
+        <v>0</v>
+      </c>
+      <c r="I167" t="s">
         <v>605</v>
       </c>
-      <c r="E167" t="s" s="4">
+      <c r="J167" t="s">
+        <v>0</v>
+      </c>
+      <c r="K167" t="s">
         <v>606</v>
-      </c>
-[...16 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s" s="2">
+        <v>607</v>
+      </c>
+      <c r="B168" t="s" s="2">
+        <v>608</v>
+      </c>
+      <c r="C168" t="n" s="3">
+        <v>7.91202103005E11</v>
+      </c>
+      <c r="D168" t="s" s="4">
+        <v>609</v>
+      </c>
+      <c r="E168" t="s" s="4">
         <v>610</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
       <c r="F168" t="s">
         <v>24</v>
       </c>
       <c r="G168" t="s">
         <v>611</v>
       </c>
       <c r="H168" t="s">
         <v>0</v>
       </c>
       <c r="I168" t="s">
         <v>612</v>
       </c>
       <c r="J168" t="s">
         <v>0</v>
       </c>
       <c r="K168" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s" s="2">
         <v>614</v>
       </c>
       <c r="B169" t="s" s="2">
-        <v>197</v>
+        <v>214</v>
       </c>
       <c r="C169" t="n" s="3">
-        <v>7.91202207008E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D169" t="s" s="4">
-        <v>198</v>
+        <v>45</v>
       </c>
       <c r="E169" t="s" s="4">
-        <v>108</v>
+        <v>46</v>
       </c>
       <c r="F169" t="s">
         <v>24</v>
       </c>
       <c r="G169" t="s">
         <v>615</v>
       </c>
       <c r="H169" t="s">
         <v>0</v>
       </c>
       <c r="I169" t="s">
         <v>616</v>
       </c>
       <c r="J169" t="s">
         <v>0</v>
       </c>
       <c r="K169" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s" s="2">
         <v>618</v>
       </c>
       <c r="B170" t="s" s="2">
-        <v>619</v>
+        <v>197</v>
       </c>
       <c r="C170" t="n" s="3">
-        <v>7.91202200703E11</v>
+        <v>7.91202207008E11</v>
       </c>
       <c r="D170" t="s" s="4">
-        <v>230</v>
+        <v>198</v>
       </c>
       <c r="E170" t="s" s="4">
         <v>108</v>
       </c>
       <c r="F170" t="s">
         <v>24</v>
       </c>
       <c r="G170" t="s">
+        <v>619</v>
+      </c>
+      <c r="H170" t="s">
+        <v>0</v>
+      </c>
+      <c r="I170" t="s">
         <v>620</v>
       </c>
-      <c r="H170" t="s">
-[...2 lines deleted...]
-      <c r="I170" t="s">
+      <c r="J170" t="s">
+        <v>0</v>
+      </c>
+      <c r="K170" t="s">
         <v>621</v>
-      </c>
-[...4 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s" s="2">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B171" t="s" s="2">
-        <v>21</v>
+        <v>623</v>
       </c>
       <c r="C171" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202200703E11</v>
       </c>
       <c r="D171" t="s" s="4">
-        <v>22</v>
+        <v>230</v>
       </c>
       <c r="E171" t="s" s="4">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F171" t="s">
         <v>24</v>
       </c>
       <c r="G171" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="H171" t="s">
         <v>0</v>
       </c>
       <c r="I171" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="J171" t="s">
         <v>0</v>
       </c>
       <c r="K171" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s" s="2">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B172" t="s" s="2">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="C172" t="n" s="3">
-        <v>7.91202510007E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D172" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E172" t="s" s="4">
         <v>23</v>
       </c>
       <c r="F172" t="s">
         <v>24</v>
       </c>
       <c r="G172" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="H172" t="s">
         <v>0</v>
       </c>
       <c r="I172" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="J172" t="s">
         <v>0</v>
       </c>
       <c r="K172" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s" s="2">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="B173" t="s" s="2">
+        <v>28</v>
+      </c>
+      <c r="C173" t="n" s="3">
+        <v>7.91202510007E11</v>
+      </c>
+      <c r="D173" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E173" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="F173" t="s">
+        <v>24</v>
+      </c>
+      <c r="G173" t="s">
         <v>624</v>
       </c>
-      <c r="C173" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D173" t="s" s="4">
+      <c r="H173" t="s">
+        <v>0</v>
+      </c>
+      <c r="I173" t="s">
         <v>625</v>
       </c>
-      <c r="E173" t="s" s="4">
-[...5 lines deleted...]
-      <c r="G173" t="s">
+      <c r="J173" t="s">
+        <v>0</v>
+      </c>
+      <c r="K173" t="s">
         <v>626</v>
-      </c>
-[...10 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s" s="2">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="B174" t="s" s="2">
+        <v>628</v>
+      </c>
+      <c r="C174" t="n" s="3">
+        <v>7.91202007022E11</v>
+      </c>
+      <c r="D174" t="s" s="4">
         <v>629</v>
       </c>
-      <c r="C174" t="n" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="E174" t="s" s="4">
-        <v>561</v>
+        <v>492</v>
       </c>
       <c r="F174" t="s">
         <v>16</v>
       </c>
       <c r="G174" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="H174" t="s">
         <v>0</v>
       </c>
       <c r="I174" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="J174" t="s">
         <v>0</v>
       </c>
       <c r="K174" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s" s="2">
+        <v>627</v>
+      </c>
+      <c r="B175" t="s" s="2">
+        <v>633</v>
+      </c>
+      <c r="C175" t="n" s="3">
+        <v>7.91202005017E11</v>
+      </c>
+      <c r="D175" t="s" s="4">
+        <v>575</v>
+      </c>
+      <c r="E175" t="s" s="4">
+        <v>565</v>
+      </c>
+      <c r="F175" t="s">
+        <v>16</v>
+      </c>
+      <c r="G175" t="s">
         <v>630</v>
       </c>
-      <c r="B175" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G175" t="s">
+      <c r="H175" t="s">
+        <v>0</v>
+      </c>
+      <c r="I175" t="s">
         <v>631</v>
       </c>
-      <c r="H175" t="s">
-[...2 lines deleted...]
-      <c r="I175" t="s">
+      <c r="J175" t="s">
+        <v>0</v>
+      </c>
+      <c r="K175" t="s">
         <v>632</v>
-      </c>
-[...4 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s" s="2">
         <v>634</v>
       </c>
       <c r="B176" t="s" s="2">
-        <v>213</v>
+        <v>106</v>
       </c>
       <c r="C176" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D176" t="s" s="4">
-        <v>45</v>
+        <v>107</v>
       </c>
       <c r="E176" t="s" s="4">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="F176" t="s">
         <v>24</v>
       </c>
       <c r="G176" t="s">
         <v>635</v>
       </c>
       <c r="H176" t="s">
         <v>0</v>
       </c>
       <c r="I176" t="s">
         <v>636</v>
       </c>
       <c r="J176" t="s">
         <v>0</v>
       </c>
       <c r="K176" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s" s="2">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="B177" t="s" s="2">
-        <v>96</v>
+        <v>213</v>
       </c>
       <c r="C177" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D177" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E177" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F177" t="s">
         <v>24</v>
       </c>
       <c r="G177" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="H177" t="s">
         <v>0</v>
       </c>
       <c r="I177" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="J177" t="s">
         <v>0</v>
       </c>
       <c r="K177" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s" s="2">
         <v>638</v>
       </c>
       <c r="B178" t="s" s="2">
-        <v>173</v>
+        <v>96</v>
       </c>
       <c r="C178" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D178" t="s" s="4">
-        <v>174</v>
+        <v>45</v>
       </c>
       <c r="E178" t="s" s="4">
-        <v>175</v>
+        <v>46</v>
       </c>
       <c r="F178" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G178" t="s">
         <v>639</v>
       </c>
       <c r="H178" t="s">
         <v>0</v>
       </c>
       <c r="I178" t="s">
         <v>640</v>
       </c>
       <c r="J178" t="s">
         <v>0</v>
       </c>
       <c r="K178" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s" s="2">
         <v>642</v>
       </c>
       <c r="B179" t="s" s="2">
-        <v>30</v>
+        <v>173</v>
       </c>
       <c r="C179" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D179" t="s" s="4">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="E179" t="s" s="4">
-        <v>31</v>
+        <v>175</v>
       </c>
       <c r="F179" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G179" t="s">
         <v>643</v>
       </c>
       <c r="H179" t="s">
         <v>0</v>
       </c>
       <c r="I179" t="s">
         <v>644</v>
       </c>
       <c r="J179" t="s">
         <v>0</v>
       </c>
       <c r="K179" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s" s="2">
         <v>646</v>
       </c>
       <c r="B180" t="s" s="2">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="C180" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D180" t="s" s="4">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="E180" t="s" s="4">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="F180" t="s">
         <v>24</v>
       </c>
       <c r="G180" t="s">
         <v>647</v>
       </c>
       <c r="H180" t="s">
         <v>0</v>
       </c>
       <c r="I180" t="s">
         <v>648</v>
       </c>
       <c r="J180" t="s">
         <v>0</v>
       </c>
       <c r="K180" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s" s="2">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="B181" t="s" s="2">
-        <v>352</v>
+        <v>51</v>
       </c>
       <c r="C181" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D181" t="s" s="4">
-        <v>353</v>
+        <v>52</v>
       </c>
       <c r="E181" t="s" s="4">
-        <v>354</v>
+        <v>53</v>
       </c>
       <c r="F181" t="s">
         <v>24</v>
       </c>
       <c r="G181" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="H181" t="s">
         <v>0</v>
       </c>
       <c r="I181" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="J181" t="s">
         <v>0</v>
       </c>
       <c r="K181" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s" s="2">
         <v>650</v>
       </c>
       <c r="B182" t="s" s="2">
-        <v>486</v>
+        <v>356</v>
       </c>
       <c r="C182" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D182" t="s" s="4">
-        <v>487</v>
+        <v>357</v>
       </c>
       <c r="E182" t="s" s="4">
-        <v>488</v>
+        <v>358</v>
       </c>
       <c r="F182" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G182" t="s">
         <v>651</v>
       </c>
       <c r="H182" t="s">
         <v>0</v>
       </c>
       <c r="I182" t="s">
         <v>652</v>
       </c>
       <c r="J182" t="s">
         <v>0</v>
       </c>
       <c r="K182" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s" s="2">
         <v>654</v>
       </c>
       <c r="B183" t="s" s="2">
-        <v>157</v>
+        <v>490</v>
       </c>
       <c r="C183" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D183" t="s" s="4">
-        <v>64</v>
+        <v>491</v>
       </c>
       <c r="E183" t="s" s="4">
-        <v>158</v>
+        <v>492</v>
       </c>
       <c r="F183" t="s">
         <v>16</v>
       </c>
       <c r="G183" t="s">
         <v>655</v>
       </c>
       <c r="H183" t="s">
         <v>0</v>
       </c>
       <c r="I183" t="s">
         <v>656</v>
       </c>
       <c r="J183" t="s">
         <v>0</v>
       </c>
       <c r="K183" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s" s="2">
         <v>658</v>
       </c>
       <c r="B184" t="s" s="2">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="C184" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D184" t="s" s="4">
-        <v>174</v>
+        <v>64</v>
       </c>
       <c r="E184" t="s" s="4">
-        <v>175</v>
+        <v>158</v>
       </c>
       <c r="F184" t="s">
         <v>16</v>
       </c>
       <c r="G184" t="s">
         <v>659</v>
       </c>
       <c r="H184" t="s">
         <v>0</v>
       </c>
       <c r="I184" t="s">
         <v>660</v>
       </c>
       <c r="J184" t="s">
         <v>0</v>
       </c>
       <c r="K184" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s" s="2">
         <v>662</v>
       </c>
       <c r="B185" t="s" s="2">
-        <v>441</v>
+        <v>173</v>
       </c>
       <c r="C185" t="n" s="3">
-        <v>7.91202510001E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D185" t="s" s="4">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="E185" t="s" s="4">
-        <v>31</v>
+        <v>175</v>
       </c>
       <c r="F185" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G185" t="s">
-        <v>0</v>
+        <v>663</v>
       </c>
       <c r="H185" t="s">
         <v>0</v>
       </c>
       <c r="I185" t="s">
-        <v>0</v>
+        <v>664</v>
       </c>
       <c r="J185" t="s">
         <v>0</v>
       </c>
       <c r="K185" t="s">
-        <v>0</v>
+        <v>665</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s" s="2">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B186" t="s" s="2">
-        <v>624</v>
+        <v>445</v>
       </c>
       <c r="C186" t="n" s="3">
-        <v>7.91202007022E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D186" t="s" s="4">
-        <v>625</v>
+        <v>22</v>
       </c>
       <c r="E186" t="s" s="4">
-        <v>488</v>
+        <v>31</v>
       </c>
       <c r="F186" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G186" t="s">
-        <v>664</v>
+        <v>0</v>
       </c>
       <c r="H186" t="s">
         <v>0</v>
       </c>
       <c r="I186" t="s">
-        <v>665</v>
+        <v>0</v>
       </c>
       <c r="J186" t="s">
         <v>0</v>
       </c>
       <c r="K186" t="s">
-        <v>666</v>
+        <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s" s="2">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="B187" t="s" s="2">
-        <v>13</v>
+        <v>628</v>
       </c>
       <c r="C187" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202007022E11</v>
       </c>
       <c r="D187" t="s" s="4">
-        <v>14</v>
+        <v>629</v>
       </c>
       <c r="E187" t="s" s="4">
-        <v>15</v>
+        <v>492</v>
       </c>
       <c r="F187" t="s">
         <v>16</v>
       </c>
       <c r="G187" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="H187" t="s">
         <v>0</v>
       </c>
       <c r="I187" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="J187" t="s">
         <v>0</v>
       </c>
       <c r="K187" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s" s="2">
         <v>667</v>
       </c>
       <c r="B188" t="s" s="2">
         <v>13</v>
       </c>
       <c r="C188" t="n" s="3">
         <v>7.91202303001E11</v>
       </c>
       <c r="D188" t="s" s="4">
         <v>14</v>
       </c>
       <c r="E188" t="s" s="4">
         <v>15</v>
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
         <v>668</v>
       </c>
       <c r="H188" t="s">
         <v>0</v>
       </c>
       <c r="I188" t="s">
         <v>669</v>
       </c>
       <c r="J188" t="s">
         <v>0</v>
       </c>
       <c r="K188" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s" s="2">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="B189" t="s" s="2">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="C189" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D189" t="s" s="4">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="E189" t="s" s="4">
-        <v>129</v>
+        <v>15</v>
       </c>
       <c r="F189" t="s">
         <v>16</v>
       </c>
       <c r="G189" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="H189" t="s">
         <v>0</v>
       </c>
       <c r="I189" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="J189" t="s">
         <v>0</v>
       </c>
       <c r="K189" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s" s="2">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="B190" t="s" s="2">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="C190" t="n" s="3">
-        <v>7.91202107001E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D190" t="s" s="4">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="E190" t="s" s="4">
-        <v>76</v>
+        <v>129</v>
       </c>
       <c r="F190" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G190" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="H190" t="s">
         <v>0</v>
       </c>
       <c r="I190" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="J190" t="s">
         <v>0</v>
       </c>
       <c r="K190" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s" s="2">
         <v>671</v>
       </c>
       <c r="B191" t="s" s="2">
-        <v>131</v>
+        <v>74</v>
       </c>
       <c r="C191" t="n" s="3">
-        <v>7.91202303004E11</v>
+        <v>7.91202107001E11</v>
       </c>
       <c r="D191" t="s" s="4">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E191" t="s" s="4">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="F191" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G191" t="s">
         <v>672</v>
       </c>
       <c r="H191" t="s">
         <v>0</v>
       </c>
       <c r="I191" t="s">
         <v>673</v>
       </c>
       <c r="J191" t="s">
         <v>0</v>
       </c>
       <c r="K191" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s" s="2">
         <v>675</v>
       </c>
       <c r="B192" t="s" s="2">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C192" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D192" t="s" s="4">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="E192" t="s" s="4">
-        <v>129</v>
+        <v>15</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
         <v>676</v>
       </c>
       <c r="H192" t="s">
         <v>0</v>
       </c>
       <c r="I192" t="s">
         <v>677</v>
       </c>
       <c r="J192" t="s">
         <v>0</v>
       </c>
       <c r="K192" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s" s="2">
         <v>679</v>
       </c>
       <c r="B193" t="s" s="2">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C193" t="n" s="3">
-        <v>7.91202303004E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D193" t="s" s="4">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="E193" t="s" s="4">
-        <v>15</v>
+        <v>129</v>
       </c>
       <c r="F193" t="s">
         <v>16</v>
       </c>
       <c r="G193" t="s">
         <v>680</v>
       </c>
       <c r="H193" t="s">
         <v>0</v>
       </c>
       <c r="I193" t="s">
         <v>681</v>
       </c>
       <c r="J193" t="s">
         <v>0</v>
       </c>
       <c r="K193" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s" s="2">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="B194" t="s" s="2">
-        <v>505</v>
+        <v>131</v>
       </c>
       <c r="C194" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202303004E11</v>
       </c>
       <c r="D194" t="s" s="4">
-        <v>240</v>
+        <v>14</v>
       </c>
       <c r="E194" t="s" s="4">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F194" t="s">
         <v>16</v>
       </c>
       <c r="G194" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="H194" t="s">
         <v>0</v>
       </c>
       <c r="I194" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="J194" t="s">
         <v>0</v>
       </c>
       <c r="K194" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s" s="2">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="B195" t="s" s="2">
-        <v>528</v>
+        <v>509</v>
       </c>
       <c r="C195" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D195" t="s" s="4">
-        <v>174</v>
+        <v>240</v>
       </c>
       <c r="E195" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F195" t="s">
         <v>16</v>
       </c>
       <c r="G195" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="H195" t="s">
         <v>0</v>
       </c>
       <c r="I195" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="J195" t="s">
         <v>0</v>
       </c>
       <c r="K195" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s" s="2">
         <v>683</v>
       </c>
       <c r="B196" t="s" s="2">
-        <v>207</v>
+        <v>532</v>
       </c>
       <c r="C196" t="n" s="3">
-        <v>7.91202103009E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D196" t="s" s="4">
-        <v>208</v>
+        <v>174</v>
       </c>
       <c r="E196" t="s" s="4">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="F196" t="s">
         <v>16</v>
       </c>
       <c r="G196" t="s">
         <v>684</v>
       </c>
       <c r="H196" t="s">
         <v>0</v>
       </c>
       <c r="I196" t="s">
         <v>685</v>
       </c>
       <c r="J196" t="s">
         <v>0</v>
       </c>
       <c r="K196" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s" s="2">
         <v>687</v>
       </c>
       <c r="B197" t="s" s="2">
-        <v>441</v>
+        <v>207</v>
       </c>
       <c r="C197" t="n" s="3">
-        <v>7.91202510001E11</v>
+        <v>7.91202103009E11</v>
       </c>
       <c r="D197" t="s" s="4">
-        <v>22</v>
+        <v>208</v>
       </c>
       <c r="E197" t="s" s="4">
-        <v>31</v>
+        <v>129</v>
       </c>
       <c r="F197" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G197" t="s">
-        <v>0</v>
+        <v>688</v>
       </c>
       <c r="H197" t="s">
         <v>0</v>
       </c>
       <c r="I197" t="s">
-        <v>0</v>
+        <v>689</v>
       </c>
       <c r="J197" t="s">
         <v>0</v>
       </c>
       <c r="K197" t="s">
-        <v>0</v>
+        <v>690</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s" s="2">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B198" t="s" s="2">
-        <v>528</v>
+        <v>445</v>
       </c>
       <c r="C198" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D198" t="s" s="4">
-        <v>174</v>
+        <v>22</v>
       </c>
       <c r="E198" t="s" s="4">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F198" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G198" t="s">
-        <v>689</v>
+        <v>0</v>
       </c>
       <c r="H198" t="s">
         <v>0</v>
       </c>
       <c r="I198" t="s">
-        <v>690</v>
+        <v>0</v>
       </c>
       <c r="J198" t="s">
         <v>0</v>
       </c>
       <c r="K198" t="s">
-        <v>691</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s" s="2">
         <v>692</v>
       </c>
       <c r="B199" t="s" s="2">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="C199" t="n" s="3">
         <v>7.91202005015E11</v>
       </c>
       <c r="D199" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E199" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F199" t="s">
         <v>16</v>
       </c>
       <c r="G199" t="s">
         <v>693</v>
       </c>
       <c r="H199" t="s">
         <v>0</v>
       </c>
       <c r="I199" t="s">
         <v>694</v>
       </c>
       <c r="J199" t="s">
         <v>0</v>
       </c>
       <c r="K199" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s" s="2">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B200" t="s" s="2">
-        <v>173</v>
+        <v>532</v>
       </c>
       <c r="C200" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D200" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E200" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F200" t="s">
         <v>16</v>
       </c>
       <c r="G200" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="H200" t="s">
         <v>0</v>
       </c>
       <c r="I200" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="J200" t="s">
         <v>0</v>
       </c>
       <c r="K200" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s" s="2">
         <v>696</v>
       </c>
       <c r="B201" t="s" s="2">
-        <v>570</v>
+        <v>173</v>
       </c>
       <c r="C201" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D201" t="s" s="4">
-        <v>571</v>
+        <v>174</v>
       </c>
       <c r="E201" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F201" t="s">
         <v>16</v>
       </c>
       <c r="G201" t="s">
         <v>697</v>
       </c>
       <c r="H201" t="s">
         <v>0</v>
       </c>
       <c r="I201" t="s">
         <v>698</v>
       </c>
       <c r="J201" t="s">
         <v>0</v>
       </c>
       <c r="K201" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s" s="2">
         <v>700</v>
       </c>
       <c r="B202" t="s" s="2">
-        <v>559</v>
+        <v>574</v>
       </c>
       <c r="C202" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D202" t="s" s="4">
-        <v>560</v>
+        <v>575</v>
       </c>
       <c r="E202" t="s" s="4">
-        <v>561</v>
+        <v>175</v>
       </c>
       <c r="F202" t="s">
         <v>16</v>
       </c>
       <c r="G202" t="s">
         <v>701</v>
       </c>
       <c r="H202" t="s">
         <v>0</v>
       </c>
       <c r="I202" t="s">
         <v>702</v>
       </c>
       <c r="J202" t="s">
         <v>0</v>
       </c>
       <c r="K202" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s" s="2">
         <v>704</v>
       </c>
       <c r="B203" t="s" s="2">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="C203" t="n" s="3">
         <v>7.9120200502E11</v>
       </c>
       <c r="D203" t="s" s="4">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="E203" t="s" s="4">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="F203" t="s">
         <v>16</v>
       </c>
       <c r="G203" t="s">
         <v>705</v>
       </c>
       <c r="H203" t="s">
         <v>0</v>
       </c>
       <c r="I203" t="s">
         <v>706</v>
       </c>
       <c r="J203" t="s">
         <v>0</v>
       </c>
       <c r="K203" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s" s="2">
         <v>708</v>
       </c>
       <c r="B204" t="s" s="2">
-        <v>505</v>
+        <v>563</v>
       </c>
       <c r="C204" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D204" t="s" s="4">
-        <v>240</v>
+        <v>564</v>
       </c>
       <c r="E204" t="s" s="4">
-        <v>175</v>
+        <v>565</v>
       </c>
       <c r="F204" t="s">
         <v>16</v>
       </c>
       <c r="G204" t="s">
         <v>709</v>
       </c>
       <c r="H204" t="s">
         <v>0</v>
       </c>
       <c r="I204" t="s">
         <v>710</v>
       </c>
       <c r="J204" t="s">
         <v>0</v>
       </c>
       <c r="K204" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s" s="2">
         <v>712</v>
       </c>
       <c r="B205" t="s" s="2">
-        <v>128</v>
+        <v>509</v>
       </c>
       <c r="C205" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D205" t="s" s="4">
-        <v>64</v>
+        <v>240</v>
       </c>
       <c r="E205" t="s" s="4">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="F205" t="s">
         <v>16</v>
       </c>
       <c r="G205" t="s">
         <v>713</v>
       </c>
       <c r="H205" t="s">
         <v>0</v>
       </c>
       <c r="I205" t="s">
         <v>714</v>
       </c>
       <c r="J205" t="s">
         <v>0</v>
       </c>
       <c r="K205" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s" s="2">
         <v>716</v>
       </c>
       <c r="B206" t="s" s="2">
-        <v>505</v>
+        <v>128</v>
       </c>
       <c r="C206" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D206" t="s" s="4">
-        <v>240</v>
+        <v>64</v>
       </c>
       <c r="E206" t="s" s="4">
-        <v>175</v>
+        <v>129</v>
       </c>
       <c r="F206" t="s">
         <v>16</v>
       </c>
       <c r="G206" t="s">
         <v>717</v>
       </c>
       <c r="H206" t="s">
         <v>0</v>
       </c>
       <c r="I206" t="s">
         <v>718</v>
       </c>
       <c r="J206" t="s">
         <v>0</v>
       </c>
       <c r="K206" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s" s="2">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="B207" t="s" s="2">
-        <v>239</v>
+        <v>509</v>
       </c>
       <c r="C207" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D207" t="s" s="4">
         <v>240</v>
       </c>
       <c r="E207" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F207" t="s">
         <v>16</v>
       </c>
       <c r="G207" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="H207" t="s">
         <v>0</v>
       </c>
       <c r="I207" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="J207" t="s">
         <v>0</v>
       </c>
       <c r="K207" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s" s="2">
         <v>720</v>
       </c>
       <c r="B208" t="s" s="2">
-        <v>96</v>
+        <v>239</v>
       </c>
       <c r="C208" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D208" t="s" s="4">
-        <v>45</v>
+        <v>240</v>
       </c>
       <c r="E208" t="s" s="4">
-        <v>46</v>
+        <v>175</v>
       </c>
       <c r="F208" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G208" t="s">
         <v>721</v>
       </c>
       <c r="H208" t="s">
         <v>0</v>
       </c>
       <c r="I208" t="s">
         <v>722</v>
       </c>
       <c r="J208" t="s">
         <v>0</v>
       </c>
       <c r="K208" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s" s="2">
         <v>724</v>
       </c>
       <c r="B209" t="s" s="2">
-        <v>173</v>
+        <v>96</v>
       </c>
       <c r="C209" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D209" t="s" s="4">
-        <v>174</v>
+        <v>45</v>
       </c>
       <c r="E209" t="s" s="4">
-        <v>175</v>
+        <v>46</v>
       </c>
       <c r="F209" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G209" t="s">
-        <v>471</v>
+        <v>725</v>
       </c>
       <c r="H209" t="s">
         <v>0</v>
       </c>
       <c r="I209" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="J209" t="s">
         <v>0</v>
       </c>
       <c r="K209" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s" s="2">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B210" t="s" s="2">
-        <v>239</v>
+        <v>173</v>
       </c>
       <c r="C210" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D210" t="s" s="4">
-        <v>240</v>
+        <v>174</v>
       </c>
       <c r="E210" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F210" t="s">
         <v>16</v>
       </c>
       <c r="G210" t="s">
-        <v>728</v>
+        <v>475</v>
       </c>
       <c r="H210" t="s">
         <v>0</v>
       </c>
       <c r="I210" t="s">
         <v>729</v>
       </c>
-      <c r="J210" t="n">
-        <v>131.0</v>
+      <c r="J210" t="s">
+        <v>0</v>
       </c>
       <c r="K210" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s" s="2">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="B211" t="s" s="2">
-        <v>96</v>
+        <v>239</v>
       </c>
       <c r="C211" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D211" t="s" s="4">
-        <v>45</v>
+        <v>240</v>
       </c>
       <c r="E211" t="s" s="4">
-        <v>46</v>
+        <v>175</v>
       </c>
       <c r="F211" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G211" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="H211" t="s">
         <v>0</v>
       </c>
       <c r="I211" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="J211" t="n">
         <v>131.0</v>
       </c>
       <c r="K211" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s" s="2">
         <v>731</v>
       </c>
       <c r="B212" t="s" s="2">
-        <v>528</v>
+        <v>96</v>
       </c>
       <c r="C212" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D212" t="s" s="4">
-        <v>174</v>
+        <v>45</v>
       </c>
       <c r="E212" t="s" s="4">
-        <v>175</v>
+        <v>46</v>
       </c>
       <c r="F212" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G212" t="s">
         <v>732</v>
       </c>
       <c r="H212" t="s">
         <v>0</v>
       </c>
       <c r="I212" t="s">
         <v>733</v>
       </c>
-      <c r="J212" t="s">
-        <v>0</v>
+      <c r="J212" t="n">
+        <v>131.0</v>
       </c>
       <c r="K212" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s" s="2">
         <v>735</v>
       </c>
       <c r="B213" t="s" s="2">
-        <v>212</v>
+        <v>532</v>
       </c>
       <c r="C213" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D213" t="s" s="4">
-        <v>38</v>
+        <v>174</v>
       </c>
       <c r="E213" t="s" s="4">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="F213" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G213" t="s">
         <v>736</v>
       </c>
       <c r="H213" t="s">
         <v>0</v>
       </c>
       <c r="I213" t="s">
         <v>737</v>
       </c>
       <c r="J213" t="s">
         <v>0</v>
       </c>
       <c r="K213" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s" s="2">
         <v>739</v>
       </c>
       <c r="B214" t="s" s="2">
-        <v>570</v>
+        <v>212</v>
       </c>
       <c r="C214" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D214" t="s" s="4">
-        <v>571</v>
+        <v>38</v>
       </c>
       <c r="E214" t="s" s="4">
-        <v>175</v>
+        <v>39</v>
       </c>
       <c r="F214" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G214" t="s">
         <v>740</v>
       </c>
       <c r="H214" t="s">
         <v>0</v>
       </c>
       <c r="I214" t="s">
         <v>741</v>
       </c>
       <c r="J214" t="s">
         <v>0</v>
       </c>
       <c r="K214" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s" s="2">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="B215" t="s" s="2">
-        <v>173</v>
+        <v>574</v>
       </c>
       <c r="C215" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D215" t="s" s="4">
-        <v>174</v>
+        <v>575</v>
       </c>
       <c r="E215" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="H215" t="s">
         <v>0</v>
       </c>
       <c r="I215" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="J215" t="s">
         <v>0</v>
       </c>
       <c r="K215" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s" s="2">
         <v>743</v>
       </c>
       <c r="B216" t="s" s="2">
-        <v>352</v>
+        <v>173</v>
       </c>
       <c r="C216" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D216" t="s" s="4">
-        <v>353</v>
+        <v>174</v>
       </c>
       <c r="E216" t="s" s="4">
-        <v>354</v>
+        <v>175</v>
       </c>
       <c r="F216" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G216" t="s">
         <v>744</v>
       </c>
       <c r="H216" t="s">
         <v>0</v>
       </c>
       <c r="I216" t="s">
         <v>745</v>
       </c>
       <c r="J216" t="s">
         <v>0</v>
       </c>
       <c r="K216" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s" s="2">
         <v>747</v>
       </c>
       <c r="B217" t="s" s="2">
-        <v>117</v>
+        <v>356</v>
       </c>
       <c r="C217" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D217" t="s" s="4">
-        <v>560</v>
+        <v>357</v>
       </c>
       <c r="E217" t="s" s="4">
-        <v>561</v>
+        <v>358</v>
       </c>
       <c r="F217" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G217" t="s">
         <v>748</v>
       </c>
       <c r="H217" t="s">
         <v>0</v>
       </c>
       <c r="I217" t="s">
         <v>749</v>
       </c>
       <c r="J217" t="s">
         <v>0</v>
       </c>
       <c r="K217" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s" s="2">
         <v>751</v>
       </c>
       <c r="B218" t="s" s="2">
-        <v>533</v>
+        <v>117</v>
       </c>
       <c r="C218" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D218" t="s" s="4">
-        <v>534</v>
+        <v>564</v>
       </c>
       <c r="E218" t="s" s="4">
-        <v>175</v>
+        <v>565</v>
       </c>
       <c r="F218" t="s">
         <v>16</v>
       </c>
       <c r="G218" t="s">
         <v>752</v>
       </c>
       <c r="H218" t="s">
         <v>0</v>
       </c>
       <c r="I218" t="s">
         <v>753</v>
       </c>
       <c r="J218" t="s">
         <v>0</v>
       </c>
       <c r="K218" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s" s="2">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="B219" t="s" s="2">
-        <v>755</v>
+        <v>537</v>
       </c>
       <c r="C219" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D219" t="s" s="4">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="E219" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F219" t="s">
         <v>16</v>
       </c>
       <c r="G219" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="H219" t="s">
         <v>0</v>
       </c>
       <c r="I219" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="J219" t="s">
         <v>0</v>
       </c>
       <c r="K219" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s" s="2">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="B220" t="s" s="2">
-        <v>173</v>
+        <v>759</v>
       </c>
       <c r="C220" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D220" t="s" s="4">
-        <v>174</v>
+        <v>538</v>
       </c>
       <c r="E220" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F220" t="s">
         <v>16</v>
       </c>
       <c r="G220" t="s">
+        <v>756</v>
+      </c>
+      <c r="H220" t="s">
+        <v>0</v>
+      </c>
+      <c r="I220" t="s">
         <v>757</v>
       </c>
-      <c r="H220" t="s">
-[...2 lines deleted...]
-      <c r="I220" t="s">
+      <c r="J220" t="s">
+        <v>0</v>
+      </c>
+      <c r="K220" t="s">
         <v>758</v>
-      </c>
-[...4 lines deleted...]
-        <v>759</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s" s="2">
         <v>760</v>
       </c>
       <c r="B221" t="s" s="2">
         <v>173</v>
       </c>
       <c r="C221" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D221" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E221" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F221" t="s">
         <v>16</v>
       </c>
       <c r="G221" t="s">
         <v>761</v>
       </c>
       <c r="H221" t="s">
         <v>0</v>
       </c>
       <c r="I221" t="s">
         <v>762</v>
       </c>
       <c r="J221" t="s">
         <v>0</v>
       </c>
       <c r="K221" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s" s="2">
         <v>764</v>
       </c>
       <c r="B222" t="s" s="2">
-        <v>188</v>
+        <v>173</v>
       </c>
       <c r="C222" t="n" s="3">
-        <v>7.91202510003E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D222" t="s" s="4">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="E222" t="s" s="4">
-        <v>31</v>
+        <v>175</v>
       </c>
       <c r="F222" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G222" t="s">
         <v>765</v>
       </c>
       <c r="H222" t="s">
         <v>0</v>
       </c>
       <c r="I222" t="s">
         <v>766</v>
       </c>
-      <c r="J222" t="n">
-        <v>2844.0</v>
+      <c r="J222" t="s">
+        <v>0</v>
       </c>
       <c r="K222" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s" s="2">
         <v>768</v>
       </c>
       <c r="B223" t="s" s="2">
-        <v>117</v>
+        <v>188</v>
       </c>
       <c r="C223" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202510003E11</v>
       </c>
       <c r="D223" t="s" s="4">
-        <v>560</v>
+        <v>22</v>
       </c>
       <c r="E223" t="s" s="4">
-        <v>561</v>
+        <v>31</v>
       </c>
       <c r="F223" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G223" t="s">
         <v>769</v>
       </c>
       <c r="H223" t="s">
         <v>0</v>
       </c>
       <c r="I223" t="s">
         <v>770</v>
       </c>
-      <c r="J223" t="s">
-        <v>0</v>
+      <c r="J223" t="n">
+        <v>2844.0</v>
       </c>
       <c r="K223" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s" s="2">
         <v>772</v>
       </c>
       <c r="B224" t="s" s="2">
-        <v>173</v>
+        <v>117</v>
       </c>
       <c r="C224" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D224" t="s" s="4">
-        <v>174</v>
+        <v>564</v>
       </c>
       <c r="E224" t="s" s="4">
-        <v>175</v>
+        <v>565</v>
       </c>
       <c r="F224" t="s">
         <v>16</v>
       </c>
       <c r="G224" t="s">
         <v>773</v>
       </c>
       <c r="H224" t="s">
         <v>0</v>
       </c>
       <c r="I224" t="s">
         <v>774</v>
       </c>
       <c r="J224" t="s">
         <v>0</v>
       </c>
       <c r="K224" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s" s="2">
         <v>776</v>
       </c>
       <c r="B225" t="s" s="2">
@@ -11782,4053 +11794,4053 @@
       </c>
       <c r="F225" t="s">
         <v>16</v>
       </c>
       <c r="G225" t="s">
         <v>777</v>
       </c>
       <c r="H225" t="s">
         <v>0</v>
       </c>
       <c r="I225" t="s">
         <v>778</v>
       </c>
       <c r="J225" t="s">
         <v>0</v>
       </c>
       <c r="K225" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s" s="2">
         <v>780</v>
       </c>
       <c r="B226" t="s" s="2">
-        <v>30</v>
+        <v>173</v>
       </c>
       <c r="C226" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D226" t="s" s="4">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="E226" t="s" s="4">
-        <v>31</v>
+        <v>175</v>
       </c>
       <c r="F226" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G226" t="s">
         <v>781</v>
       </c>
       <c r="H226" t="s">
         <v>0</v>
       </c>
       <c r="I226" t="s">
         <v>782</v>
       </c>
       <c r="J226" t="s">
         <v>0</v>
       </c>
       <c r="K226" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s" s="2">
         <v>784</v>
       </c>
       <c r="B227" t="s" s="2">
-        <v>128</v>
+        <v>30</v>
       </c>
       <c r="C227" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D227" t="s" s="4">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="E227" t="s" s="4">
-        <v>129</v>
+        <v>31</v>
       </c>
       <c r="F227" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G227" t="s">
         <v>785</v>
       </c>
       <c r="H227" t="s">
         <v>0</v>
       </c>
       <c r="I227" t="s">
         <v>786</v>
       </c>
       <c r="J227" t="s">
         <v>0</v>
       </c>
       <c r="K227" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s" s="2">
         <v>788</v>
       </c>
       <c r="B228" t="s" s="2">
-        <v>98</v>
+        <v>128</v>
       </c>
       <c r="C228" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D228" t="s" s="4">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="E228" t="s" s="4">
-        <v>100</v>
+        <v>129</v>
       </c>
       <c r="F228" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G228" t="s">
-        <v>0</v>
+        <v>789</v>
       </c>
       <c r="H228" t="s">
         <v>0</v>
       </c>
       <c r="I228" t="s">
-        <v>0</v>
+        <v>790</v>
       </c>
       <c r="J228" t="s">
         <v>0</v>
       </c>
       <c r="K228" t="s">
-        <v>0</v>
+        <v>791</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s" s="2">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="B229" t="s" s="2">
-        <v>58</v>
+        <v>98</v>
       </c>
       <c r="C229" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D229" t="s" s="4">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="E229" t="s" s="4">
-        <v>39</v>
+        <v>100</v>
       </c>
       <c r="F229" t="s">
         <v>24</v>
       </c>
       <c r="G229" t="s">
-        <v>790</v>
+        <v>0</v>
       </c>
       <c r="H229" t="s">
         <v>0</v>
       </c>
       <c r="I229" t="s">
-        <v>791</v>
+        <v>0</v>
       </c>
       <c r="J229" t="s">
         <v>0</v>
       </c>
       <c r="K229" t="s">
-        <v>792</v>
+        <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s" s="2">
         <v>793</v>
       </c>
       <c r="B230" t="s" s="2">
-        <v>327</v>
+        <v>58</v>
       </c>
       <c r="C230" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D230" t="s" s="4">
-        <v>164</v>
+        <v>38</v>
       </c>
       <c r="E230" t="s" s="4">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F230" t="s">
         <v>24</v>
       </c>
       <c r="G230" t="s">
         <v>794</v>
       </c>
       <c r="H230" t="s">
         <v>0</v>
       </c>
       <c r="I230" t="s">
         <v>795</v>
       </c>
       <c r="J230" t="s">
         <v>0</v>
       </c>
       <c r="K230" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s" s="2">
         <v>797</v>
       </c>
       <c r="B231" t="s" s="2">
+        <v>331</v>
+      </c>
+      <c r="C231" t="n" s="3">
+        <v>7.91202103006E11</v>
+      </c>
+      <c r="D231" t="s" s="4">
+        <v>164</v>
+      </c>
+      <c r="E231" t="s" s="4">
+        <v>15</v>
+      </c>
+      <c r="F231" t="s">
+        <v>24</v>
+      </c>
+      <c r="G231" t="s">
         <v>798</v>
       </c>
-      <c r="C231" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D231" t="s" s="4">
+      <c r="H231" t="s">
+        <v>0</v>
+      </c>
+      <c r="I231" t="s">
         <v>799</v>
       </c>
-      <c r="E231" t="s" s="4">
-[...5 lines deleted...]
-      <c r="G231" t="s">
+      <c r="J231" t="s">
+        <v>0</v>
+      </c>
+      <c r="K231" t="s">
         <v>800</v>
-      </c>
-[...10 lines deleted...]
-        <v>802</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s" s="2">
+        <v>801</v>
+      </c>
+      <c r="B232" t="s" s="2">
+        <v>802</v>
+      </c>
+      <c r="C232" t="n" s="3">
+        <v>7.91202007024E11</v>
+      </c>
+      <c r="D232" t="s" s="4">
         <v>803</v>
       </c>
-      <c r="B232" t="s" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="E232" t="s" s="4">
-        <v>39</v>
+        <v>492</v>
       </c>
       <c r="F232" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G232" t="s">
         <v>804</v>
       </c>
       <c r="H232" t="s">
         <v>0</v>
       </c>
       <c r="I232" t="s">
         <v>805</v>
       </c>
       <c r="J232" t="s">
         <v>0</v>
       </c>
       <c r="K232" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s" s="2">
         <v>807</v>
       </c>
       <c r="B233" t="s" s="2">
-        <v>98</v>
+        <v>216</v>
       </c>
       <c r="C233" t="n" s="3">
-        <v>7.91202507007E11</v>
+        <v>7.91202505003E11</v>
       </c>
       <c r="D233" t="s" s="4">
-        <v>99</v>
+        <v>38</v>
       </c>
       <c r="E233" t="s" s="4">
-        <v>100</v>
+        <v>39</v>
       </c>
       <c r="F233" t="s">
         <v>24</v>
       </c>
       <c r="G233" t="s">
-        <v>0</v>
+        <v>808</v>
       </c>
       <c r="H233" t="s">
         <v>0</v>
       </c>
       <c r="I233" t="s">
-        <v>0</v>
+        <v>809</v>
       </c>
       <c r="J233" t="s">
         <v>0</v>
       </c>
       <c r="K233" t="s">
-        <v>0</v>
+        <v>810</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s" s="2">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B234" t="s" s="2">
-        <v>213</v>
+        <v>98</v>
       </c>
       <c r="C234" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202507007E11</v>
       </c>
       <c r="D234" t="s" s="4">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="E234" t="s" s="4">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="F234" t="s">
         <v>24</v>
       </c>
       <c r="G234" t="s">
-        <v>809</v>
+        <v>0</v>
       </c>
       <c r="H234" t="s">
         <v>0</v>
       </c>
       <c r="I234" t="s">
-        <v>810</v>
+        <v>0</v>
       </c>
       <c r="J234" t="s">
         <v>0</v>
       </c>
       <c r="K234" t="s">
-        <v>811</v>
+        <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s" s="2">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="B235" t="s" s="2">
-        <v>317</v>
+        <v>213</v>
       </c>
       <c r="C235" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D235" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E235" t="s" s="4">
-        <v>258</v>
+        <v>46</v>
       </c>
       <c r="F235" t="s">
         <v>24</v>
       </c>
       <c r="G235" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="H235" t="s">
         <v>0</v>
       </c>
       <c r="I235" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="J235" t="s">
         <v>0</v>
       </c>
       <c r="K235" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s" s="2">
         <v>812</v>
       </c>
       <c r="B236" t="s" s="2">
-        <v>106</v>
+        <v>317</v>
       </c>
       <c r="C236" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D236" t="s" s="4">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="E236" t="s" s="4">
-        <v>108</v>
+        <v>258</v>
       </c>
       <c r="F236" t="s">
         <v>24</v>
       </c>
       <c r="G236" t="s">
         <v>813</v>
       </c>
       <c r="H236" t="s">
         <v>0</v>
       </c>
       <c r="I236" t="s">
         <v>814</v>
       </c>
       <c r="J236" t="s">
         <v>0</v>
       </c>
       <c r="K236" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s" s="2">
         <v>816</v>
       </c>
       <c r="B237" t="s" s="2">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="C237" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202207001E11</v>
       </c>
       <c r="D237" t="s" s="4">
-        <v>22</v>
+        <v>107</v>
       </c>
       <c r="E237" t="s" s="4">
-        <v>31</v>
+        <v>108</v>
       </c>
       <c r="F237" t="s">
         <v>24</v>
       </c>
       <c r="G237" t="s">
         <v>817</v>
       </c>
       <c r="H237" t="s">
         <v>0</v>
       </c>
       <c r="I237" t="s">
         <v>818</v>
       </c>
       <c r="J237" t="s">
         <v>0</v>
       </c>
       <c r="K237" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s" s="2">
         <v>820</v>
       </c>
       <c r="B238" t="s" s="2">
-        <v>128</v>
+        <v>30</v>
       </c>
       <c r="C238" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D238" t="s" s="4">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="E238" t="s" s="4">
-        <v>129</v>
+        <v>31</v>
       </c>
       <c r="F238" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G238" t="s">
         <v>821</v>
       </c>
       <c r="H238" t="s">
         <v>0</v>
       </c>
       <c r="I238" t="s">
         <v>822</v>
       </c>
-      <c r="J238" t="n">
-        <v>302.0</v>
+      <c r="J238" t="s">
+        <v>0</v>
       </c>
       <c r="K238" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s" s="2">
         <v>824</v>
       </c>
       <c r="B239" t="s" s="2">
         <v>128</v>
       </c>
       <c r="C239" t="n" s="3">
         <v>7.91202303002E11</v>
       </c>
       <c r="D239" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E239" t="s" s="4">
         <v>129</v>
       </c>
       <c r="F239" t="s">
         <v>16</v>
       </c>
       <c r="G239" t="s">
         <v>825</v>
       </c>
       <c r="H239" t="s">
         <v>0</v>
       </c>
       <c r="I239" t="s">
         <v>826</v>
       </c>
-      <c r="J239" t="s">
-        <v>0</v>
+      <c r="J239" t="n">
+        <v>302.0</v>
       </c>
       <c r="K239" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s" s="2">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B240" t="s" s="2">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="C240" t="n" s="3">
-        <v>7.91202303001E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D240" t="s" s="4">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="E240" t="s" s="4">
-        <v>15</v>
+        <v>129</v>
       </c>
       <c r="F240" t="s">
         <v>16</v>
       </c>
       <c r="G240" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="H240" t="s">
         <v>0</v>
       </c>
       <c r="I240" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="J240" t="s">
         <v>0</v>
       </c>
       <c r="K240" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s" s="2">
         <v>828</v>
       </c>
       <c r="B241" t="s" s="2">
-        <v>116</v>
+        <v>13</v>
       </c>
       <c r="C241" t="n" s="3">
-        <v>7.91202510002E11</v>
+        <v>7.91202303001E11</v>
       </c>
       <c r="D241" t="s" s="4">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E241" t="s" s="4">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F241" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G241" t="s">
-        <v>0</v>
+        <v>829</v>
       </c>
       <c r="H241" t="s">
         <v>0</v>
       </c>
       <c r="I241" t="s">
-        <v>0</v>
+        <v>830</v>
       </c>
       <c r="J241" t="s">
         <v>0</v>
       </c>
       <c r="K241" t="s">
-        <v>0</v>
+        <v>831</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s" s="2">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="B242" t="s" s="2">
-        <v>239</v>
+        <v>116</v>
       </c>
       <c r="C242" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202510002E11</v>
       </c>
       <c r="D242" t="s" s="4">
-        <v>240</v>
+        <v>22</v>
       </c>
       <c r="E242" t="s" s="4">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F242" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G242" t="s">
-        <v>830</v>
+        <v>0</v>
       </c>
       <c r="H242" t="s">
         <v>0</v>
       </c>
       <c r="I242" t="s">
-        <v>831</v>
+        <v>0</v>
       </c>
       <c r="J242" t="s">
         <v>0</v>
       </c>
       <c r="K242" t="s">
-        <v>832</v>
+        <v>0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s" s="2">
         <v>833</v>
       </c>
       <c r="B243" t="s" s="2">
-        <v>505</v>
+        <v>239</v>
       </c>
       <c r="C243" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D243" t="s" s="4">
         <v>240</v>
       </c>
       <c r="E243" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F243" t="s">
         <v>16</v>
       </c>
       <c r="G243" t="s">
         <v>834</v>
       </c>
       <c r="H243" t="s">
         <v>0</v>
       </c>
       <c r="I243" t="s">
         <v>835</v>
       </c>
-      <c r="J243" t="n">
-        <v>225.0</v>
+      <c r="J243" t="s">
+        <v>0</v>
       </c>
       <c r="K243" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s" s="2">
         <v>837</v>
       </c>
       <c r="B244" t="s" s="2">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="C244" t="n" s="3">
         <v>7.91202003006E11</v>
       </c>
       <c r="D244" t="s" s="4">
         <v>240</v>
       </c>
       <c r="E244" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F244" t="s">
         <v>16</v>
       </c>
       <c r="G244" t="s">
-        <v>588</v>
+        <v>838</v>
       </c>
       <c r="H244" t="s">
         <v>0</v>
       </c>
       <c r="I244" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>839</v>
+      </c>
+      <c r="J244" t="n">
+        <v>225.0</v>
       </c>
       <c r="K244" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s" s="2">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="B245" t="s" s="2">
-        <v>63</v>
+        <v>509</v>
       </c>
       <c r="C245" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D245" t="s" s="4">
-        <v>64</v>
+        <v>240</v>
       </c>
       <c r="E245" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F245" t="s">
         <v>16</v>
       </c>
       <c r="G245" t="s">
-        <v>840</v>
+        <v>592</v>
       </c>
       <c r="H245" t="s">
         <v>0</v>
       </c>
       <c r="I245" t="s">
-        <v>841</v>
+        <v>593</v>
       </c>
       <c r="J245" t="s">
         <v>0</v>
       </c>
       <c r="K245" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s" s="2">
         <v>843</v>
       </c>
       <c r="B246" t="s" s="2">
-        <v>533</v>
+        <v>63</v>
       </c>
       <c r="C246" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D246" t="s" s="4">
-        <v>534</v>
+        <v>64</v>
       </c>
       <c r="E246" t="s" s="4">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F246" t="s">
         <v>16</v>
       </c>
       <c r="G246" t="s">
         <v>844</v>
       </c>
       <c r="H246" t="s">
         <v>0</v>
       </c>
       <c r="I246" t="s">
         <v>845</v>
       </c>
       <c r="J246" t="s">
         <v>0</v>
       </c>
       <c r="K246" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s" s="2">
         <v>847</v>
       </c>
       <c r="B247" t="s" s="2">
-        <v>96</v>
+        <v>537</v>
       </c>
       <c r="C247" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D247" t="s" s="4">
-        <v>45</v>
+        <v>538</v>
       </c>
       <c r="E247" t="s" s="4">
-        <v>46</v>
+        <v>175</v>
       </c>
       <c r="F247" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G247" t="s">
         <v>848</v>
       </c>
       <c r="H247" t="s">
         <v>0</v>
       </c>
       <c r="I247" t="s">
         <v>849</v>
       </c>
       <c r="J247" t="s">
         <v>0</v>
       </c>
       <c r="K247" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s" s="2">
         <v>851</v>
       </c>
       <c r="B248" t="s" s="2">
-        <v>624</v>
+        <v>96</v>
       </c>
       <c r="C248" t="n" s="3">
-        <v>7.91202007022E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D248" t="s" s="4">
-        <v>625</v>
+        <v>45</v>
       </c>
       <c r="E248" t="s" s="4">
-        <v>488</v>
+        <v>46</v>
       </c>
       <c r="F248" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G248" t="s">
         <v>852</v>
       </c>
       <c r="H248" t="s">
         <v>0</v>
       </c>
       <c r="I248" t="s">
         <v>853</v>
       </c>
       <c r="J248" t="s">
         <v>0</v>
       </c>
       <c r="K248" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s" s="2">
         <v>855</v>
       </c>
       <c r="B249" t="s" s="2">
-        <v>239</v>
+        <v>628</v>
       </c>
       <c r="C249" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202007022E11</v>
       </c>
       <c r="D249" t="s" s="4">
-        <v>240</v>
+        <v>629</v>
       </c>
       <c r="E249" t="s" s="4">
-        <v>175</v>
+        <v>492</v>
       </c>
       <c r="F249" t="s">
         <v>16</v>
       </c>
       <c r="G249" t="s">
         <v>856</v>
       </c>
       <c r="H249" t="s">
         <v>0</v>
       </c>
       <c r="I249" t="s">
         <v>857</v>
       </c>
       <c r="J249" t="s">
         <v>0</v>
       </c>
       <c r="K249" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s" s="2">
         <v>859</v>
       </c>
       <c r="B250" t="s" s="2">
-        <v>183</v>
+        <v>239</v>
       </c>
       <c r="C250" t="n" s="3">
-        <v>7.91202505002E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D250" t="s" s="4">
-        <v>38</v>
+        <v>240</v>
       </c>
       <c r="E250" t="s" s="4">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="F250" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G250" t="s">
         <v>860</v>
       </c>
       <c r="H250" t="s">
         <v>0</v>
       </c>
       <c r="I250" t="s">
         <v>861</v>
       </c>
       <c r="J250" t="s">
         <v>0</v>
       </c>
       <c r="K250" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s" s="2">
         <v>863</v>
       </c>
       <c r="B251" t="s" s="2">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="C251" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D251" t="s" s="4">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="E251" t="s" s="4">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="F251" t="s">
         <v>24</v>
       </c>
       <c r="G251" t="s">
         <v>864</v>
       </c>
       <c r="H251" t="s">
         <v>0</v>
       </c>
       <c r="I251" t="s">
         <v>865</v>
       </c>
       <c r="J251" t="s">
         <v>0</v>
       </c>
       <c r="K251" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s" s="2">
         <v>867</v>
       </c>
       <c r="B252" t="s" s="2">
-        <v>533</v>
+        <v>51</v>
       </c>
       <c r="C252" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D252" t="s" s="4">
-        <v>534</v>
+        <v>52</v>
       </c>
       <c r="E252" t="s" s="4">
-        <v>175</v>
+        <v>53</v>
       </c>
       <c r="F252" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G252" t="s">
         <v>868</v>
       </c>
       <c r="H252" t="s">
         <v>0</v>
       </c>
       <c r="I252" t="s">
         <v>869</v>
       </c>
       <c r="J252" t="s">
         <v>0</v>
       </c>
       <c r="K252" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s" s="2">
         <v>871</v>
       </c>
       <c r="B253" t="s" s="2">
-        <v>106</v>
+        <v>537</v>
       </c>
       <c r="C253" t="n" s="3">
-        <v>7.91202207001E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D253" t="s" s="4">
-        <v>107</v>
+        <v>538</v>
       </c>
       <c r="E253" t="s" s="4">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="F253" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G253" t="s">
         <v>872</v>
       </c>
       <c r="H253" t="s">
         <v>0</v>
       </c>
       <c r="I253" t="s">
         <v>873</v>
       </c>
       <c r="J253" t="s">
         <v>0</v>
       </c>
       <c r="K253" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s" s="2">
         <v>875</v>
       </c>
       <c r="B254" t="s" s="2">
+        <v>106</v>
+      </c>
+      <c r="C254" t="n" s="3">
+        <v>7.91202207001E11</v>
+      </c>
+      <c r="D254" t="s" s="4">
+        <v>107</v>
+      </c>
+      <c r="E254" t="s" s="4">
+        <v>108</v>
+      </c>
+      <c r="F254" t="s">
+        <v>24</v>
+      </c>
+      <c r="G254" t="s">
         <v>876</v>
       </c>
-      <c r="C254" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G254" t="s">
+      <c r="H254" t="s">
+        <v>0</v>
+      </c>
+      <c r="I254" t="s">
         <v>877</v>
       </c>
-      <c r="H254" t="s">
-[...2 lines deleted...]
-      <c r="I254" t="s">
+      <c r="J254" t="s">
+        <v>0</v>
+      </c>
+      <c r="K254" t="s">
         <v>878</v>
-      </c>
-[...4 lines deleted...]
-        <v>879</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s" s="2">
+        <v>879</v>
+      </c>
+      <c r="B255" t="s" s="2">
         <v>880</v>
       </c>
-      <c r="B255" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C255" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202505004E11</v>
       </c>
       <c r="D255" t="s" s="4">
-        <v>571</v>
+        <v>38</v>
       </c>
       <c r="E255" t="s" s="4">
-        <v>175</v>
+        <v>39</v>
       </c>
       <c r="F255" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G255" t="s">
         <v>881</v>
       </c>
       <c r="H255" t="s">
         <v>0</v>
       </c>
       <c r="I255" t="s">
         <v>882</v>
       </c>
       <c r="J255" t="s">
         <v>0</v>
       </c>
       <c r="K255" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s" s="2">
         <v>884</v>
       </c>
       <c r="B256" t="s" s="2">
-        <v>51</v>
+        <v>574</v>
       </c>
       <c r="C256" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D256" t="s" s="4">
-        <v>52</v>
+        <v>575</v>
       </c>
       <c r="E256" t="s" s="4">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="F256" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G256" t="s">
         <v>885</v>
       </c>
       <c r="H256" t="s">
         <v>0</v>
       </c>
       <c r="I256" t="s">
         <v>886</v>
       </c>
       <c r="J256" t="s">
         <v>0</v>
       </c>
       <c r="K256" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s" s="2">
         <v>888</v>
       </c>
       <c r="B257" t="s" s="2">
-        <v>486</v>
+        <v>51</v>
       </c>
       <c r="C257" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D257" t="s" s="4">
-        <v>487</v>
+        <v>52</v>
       </c>
       <c r="E257" t="s" s="4">
-        <v>488</v>
+        <v>53</v>
       </c>
       <c r="F257" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G257" t="s">
         <v>889</v>
       </c>
       <c r="H257" t="s">
         <v>0</v>
       </c>
       <c r="I257" t="s">
         <v>890</v>
       </c>
       <c r="J257" t="s">
         <v>0</v>
       </c>
       <c r="K257" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s" s="2">
         <v>892</v>
       </c>
       <c r="B258" t="s" s="2">
-        <v>96</v>
+        <v>490</v>
       </c>
       <c r="C258" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D258" t="s" s="4">
-        <v>45</v>
+        <v>491</v>
       </c>
       <c r="E258" t="s" s="4">
-        <v>46</v>
+        <v>492</v>
       </c>
       <c r="F258" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G258" t="s">
         <v>893</v>
       </c>
       <c r="H258" t="s">
         <v>0</v>
       </c>
       <c r="I258" t="s">
         <v>894</v>
       </c>
       <c r="J258" t="s">
         <v>0</v>
       </c>
       <c r="K258" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s" s="2">
         <v>896</v>
       </c>
       <c r="B259" t="s" s="2">
-        <v>229</v>
+        <v>96</v>
       </c>
       <c r="C259" t="n" s="3">
-        <v>7.91202207002E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D259" t="s" s="4">
-        <v>230</v>
+        <v>45</v>
       </c>
       <c r="E259" t="s" s="4">
-        <v>108</v>
+        <v>46</v>
       </c>
       <c r="F259" t="s">
         <v>24</v>
       </c>
       <c r="G259" t="s">
         <v>897</v>
       </c>
       <c r="H259" t="s">
         <v>0</v>
       </c>
       <c r="I259" t="s">
         <v>898</v>
       </c>
       <c r="J259" t="s">
         <v>0</v>
       </c>
       <c r="K259" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s" s="2">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="B260" t="s" s="2">
-        <v>619</v>
+        <v>229</v>
       </c>
       <c r="C260" t="n" s="3">
-        <v>7.91202200703E11</v>
+        <v>7.91202207002E11</v>
       </c>
       <c r="D260" t="s" s="4">
         <v>230</v>
       </c>
       <c r="E260" t="s" s="4">
         <v>108</v>
       </c>
       <c r="F260" t="s">
         <v>24</v>
       </c>
       <c r="G260" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="H260" t="s">
         <v>0</v>
       </c>
       <c r="I260" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="J260" t="s">
         <v>0</v>
       </c>
       <c r="K260" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s" s="2">
         <v>900</v>
       </c>
       <c r="B261" t="s" s="2">
-        <v>239</v>
+        <v>623</v>
       </c>
       <c r="C261" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202200703E11</v>
       </c>
       <c r="D261" t="s" s="4">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="E261" t="s" s="4">
-        <v>175</v>
+        <v>108</v>
       </c>
       <c r="F261" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G261" t="s">
         <v>901</v>
       </c>
       <c r="H261" t="s">
         <v>0</v>
       </c>
       <c r="I261" t="s">
         <v>902</v>
       </c>
       <c r="J261" t="s">
         <v>0</v>
       </c>
       <c r="K261" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s" s="2">
         <v>904</v>
       </c>
       <c r="B262" t="s" s="2">
-        <v>212</v>
+        <v>239</v>
       </c>
       <c r="C262" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D262" t="s" s="4">
-        <v>38</v>
+        <v>240</v>
       </c>
       <c r="E262" t="s" s="4">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="F262" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G262" t="s">
         <v>905</v>
       </c>
       <c r="H262" t="s">
         <v>0</v>
       </c>
       <c r="I262" t="s">
         <v>906</v>
       </c>
       <c r="J262" t="s">
         <v>0</v>
       </c>
       <c r="K262" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s" s="2">
         <v>908</v>
       </c>
       <c r="B263" t="s" s="2">
-        <v>256</v>
+        <v>212</v>
       </c>
       <c r="C263" t="n" s="3">
-        <v>7.91202003001E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D263" t="s" s="4">
-        <v>257</v>
+        <v>38</v>
       </c>
       <c r="E263" t="s" s="4">
-        <v>258</v>
+        <v>39</v>
       </c>
       <c r="F263" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G263" t="s">
         <v>909</v>
       </c>
       <c r="H263" t="s">
         <v>0</v>
       </c>
       <c r="I263" t="s">
         <v>910</v>
       </c>
       <c r="J263" t="s">
         <v>0</v>
       </c>
       <c r="K263" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s" s="2">
         <v>912</v>
       </c>
       <c r="B264" t="s" s="2">
-        <v>173</v>
+        <v>256</v>
       </c>
       <c r="C264" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202003001E11</v>
       </c>
       <c r="D264" t="s" s="4">
-        <v>174</v>
+        <v>257</v>
       </c>
       <c r="E264" t="s" s="4">
-        <v>175</v>
+        <v>258</v>
       </c>
       <c r="F264" t="s">
         <v>16</v>
       </c>
       <c r="G264" t="s">
         <v>913</v>
       </c>
       <c r="H264" t="s">
         <v>0</v>
       </c>
       <c r="I264" t="s">
         <v>914</v>
       </c>
       <c r="J264" t="s">
         <v>0</v>
       </c>
       <c r="K264" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s" s="2">
         <v>916</v>
       </c>
       <c r="B265" t="s" s="2">
-        <v>51</v>
+        <v>173</v>
       </c>
       <c r="C265" t="n" s="3">
-        <v>7.91202409005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D265" t="s" s="4">
-        <v>52</v>
+        <v>174</v>
       </c>
       <c r="E265" t="s" s="4">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="F265" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G265" t="s">
         <v>917</v>
       </c>
       <c r="H265" t="s">
         <v>0</v>
       </c>
       <c r="I265" t="s">
         <v>918</v>
       </c>
       <c r="J265" t="s">
         <v>0</v>
       </c>
       <c r="K265" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s" s="2">
         <v>920</v>
       </c>
       <c r="B266" t="s" s="2">
-        <v>173</v>
+        <v>51</v>
       </c>
       <c r="C266" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D266" t="s" s="4">
-        <v>174</v>
+        <v>52</v>
       </c>
       <c r="E266" t="s" s="4">
-        <v>175</v>
+        <v>53</v>
       </c>
       <c r="F266" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G266" t="s">
         <v>921</v>
       </c>
       <c r="H266" t="s">
         <v>0</v>
       </c>
       <c r="I266" t="s">
         <v>922</v>
       </c>
-      <c r="J266" t="n">
-        <v>109.0</v>
+      <c r="J266" t="s">
+        <v>0</v>
       </c>
       <c r="K266" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s" s="2">
         <v>924</v>
       </c>
       <c r="B267" t="s" s="2">
-        <v>514</v>
+        <v>173</v>
       </c>
       <c r="C267" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D267" t="s" s="4">
-        <v>515</v>
+        <v>174</v>
       </c>
       <c r="E267" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F267" t="s">
         <v>16</v>
       </c>
       <c r="G267" t="s">
         <v>925</v>
       </c>
       <c r="H267" t="s">
         <v>0</v>
       </c>
       <c r="I267" t="s">
         <v>926</v>
       </c>
-      <c r="J267" t="s">
-        <v>0</v>
+      <c r="J267" t="n">
+        <v>109.0</v>
       </c>
       <c r="K267" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s" s="2">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="B268" t="s" s="2">
-        <v>533</v>
+        <v>518</v>
       </c>
       <c r="C268" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D268" t="s" s="4">
-        <v>534</v>
+        <v>519</v>
       </c>
       <c r="E268" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F268" t="s">
         <v>16</v>
       </c>
       <c r="G268" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="H268" t="s">
         <v>0</v>
       </c>
       <c r="I268" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="J268" t="s">
         <v>0</v>
       </c>
       <c r="K268" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s" s="2">
         <v>928</v>
       </c>
       <c r="B269" t="s" s="2">
-        <v>212</v>
+        <v>537</v>
       </c>
       <c r="C269" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D269" t="s" s="4">
-        <v>38</v>
+        <v>538</v>
       </c>
       <c r="E269" t="s" s="4">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="F269" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G269" t="s">
         <v>929</v>
       </c>
       <c r="H269" t="s">
         <v>0</v>
       </c>
       <c r="I269" t="s">
         <v>930</v>
       </c>
       <c r="J269" t="s">
         <v>0</v>
       </c>
       <c r="K269" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s" s="2">
         <v>932</v>
       </c>
       <c r="B270" t="s" s="2">
-        <v>239</v>
+        <v>212</v>
       </c>
       <c r="C270" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D270" t="s" s="4">
-        <v>240</v>
+        <v>38</v>
       </c>
       <c r="E270" t="s" s="4">
-        <v>175</v>
+        <v>39</v>
       </c>
       <c r="F270" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G270" t="s">
         <v>933</v>
       </c>
       <c r="H270" t="s">
         <v>0</v>
       </c>
       <c r="I270" t="s">
         <v>934</v>
       </c>
       <c r="J270" t="s">
         <v>0</v>
       </c>
       <c r="K270" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s" s="2">
         <v>936</v>
       </c>
       <c r="B271" t="s" s="2">
-        <v>533</v>
+        <v>239</v>
       </c>
       <c r="C271" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D271" t="s" s="4">
-        <v>534</v>
+        <v>240</v>
       </c>
       <c r="E271" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F271" t="s">
         <v>16</v>
       </c>
       <c r="G271" t="s">
         <v>937</v>
       </c>
       <c r="H271" t="s">
         <v>0</v>
       </c>
       <c r="I271" t="s">
         <v>938</v>
       </c>
       <c r="J271" t="s">
         <v>0</v>
       </c>
       <c r="K271" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s" s="2">
         <v>940</v>
       </c>
       <c r="B272" t="s" s="2">
-        <v>559</v>
+        <v>537</v>
       </c>
       <c r="C272" t="n" s="3">
-        <v>7.9120200502E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D272" t="s" s="4">
-        <v>560</v>
+        <v>538</v>
       </c>
       <c r="E272" t="s" s="4">
-        <v>561</v>
+        <v>175</v>
       </c>
       <c r="F272" t="s">
         <v>16</v>
       </c>
       <c r="G272" t="s">
         <v>941</v>
       </c>
       <c r="H272" t="s">
         <v>0</v>
       </c>
       <c r="I272" t="s">
         <v>942</v>
       </c>
       <c r="J272" t="s">
         <v>0</v>
       </c>
       <c r="K272" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s" s="2">
         <v>944</v>
       </c>
       <c r="B273" t="s" s="2">
-        <v>21</v>
+        <v>563</v>
       </c>
       <c r="C273" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.9120200502E11</v>
       </c>
       <c r="D273" t="s" s="4">
-        <v>22</v>
+        <v>564</v>
       </c>
       <c r="E273" t="s" s="4">
-        <v>23</v>
+        <v>565</v>
       </c>
       <c r="F273" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G273" t="s">
         <v>945</v>
       </c>
       <c r="H273" t="s">
         <v>0</v>
       </c>
       <c r="I273" t="s">
         <v>946</v>
       </c>
       <c r="J273" t="s">
         <v>0</v>
       </c>
       <c r="K273" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s" s="2">
         <v>948</v>
       </c>
       <c r="B274" t="s" s="2">
-        <v>528</v>
+        <v>21</v>
       </c>
       <c r="C274" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D274" t="s" s="4">
-        <v>174</v>
+        <v>22</v>
       </c>
       <c r="E274" t="s" s="4">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="F274" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G274" t="s">
         <v>949</v>
       </c>
       <c r="H274" t="s">
         <v>0</v>
       </c>
       <c r="I274" t="s">
         <v>950</v>
       </c>
       <c r="J274" t="s">
         <v>0</v>
       </c>
       <c r="K274" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s" s="2">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="B275" t="s" s="2">
-        <v>173</v>
+        <v>532</v>
       </c>
       <c r="C275" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D275" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E275" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F275" t="s">
         <v>16</v>
       </c>
       <c r="G275" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="H275" t="s">
         <v>0</v>
       </c>
       <c r="I275" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="J275" t="s">
         <v>0</v>
       </c>
       <c r="K275" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s" s="2">
         <v>952</v>
       </c>
       <c r="B276" t="s" s="2">
         <v>173</v>
       </c>
       <c r="C276" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D276" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E276" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F276" t="s">
         <v>16</v>
       </c>
       <c r="G276" t="s">
         <v>953</v>
       </c>
       <c r="H276" t="s">
         <v>0</v>
       </c>
       <c r="I276" t="s">
         <v>954</v>
       </c>
       <c r="J276" t="s">
         <v>0</v>
       </c>
       <c r="K276" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s" s="2">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="B277" t="s" s="2">
-        <v>528</v>
+        <v>173</v>
       </c>
       <c r="C277" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D277" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E277" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F277" t="s">
         <v>16</v>
       </c>
       <c r="G277" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="H277" t="s">
         <v>0</v>
       </c>
       <c r="I277" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="J277" t="s">
         <v>0</v>
       </c>
       <c r="K277" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s" s="2">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="B278" t="s" s="2">
-        <v>239</v>
+        <v>532</v>
       </c>
       <c r="C278" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D278" t="s" s="4">
-        <v>240</v>
+        <v>174</v>
       </c>
       <c r="E278" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F278" t="s">
         <v>16</v>
       </c>
       <c r="G278" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="H278" t="s">
         <v>0</v>
       </c>
       <c r="I278" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="J278" t="s">
         <v>0</v>
       </c>
       <c r="K278" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s" s="2">
         <v>956</v>
       </c>
       <c r="B279" t="s" s="2">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="C279" t="n" s="3">
-        <v>7.91202502006E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D279" t="s" s="4">
-        <v>45</v>
+        <v>240</v>
       </c>
       <c r="E279" t="s" s="4">
-        <v>46</v>
+        <v>175</v>
       </c>
       <c r="F279" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G279" t="s">
         <v>957</v>
       </c>
       <c r="H279" t="s">
         <v>0</v>
       </c>
       <c r="I279" t="s">
         <v>958</v>
       </c>
       <c r="J279" t="s">
         <v>0</v>
       </c>
       <c r="K279" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s" s="2">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="B280" t="s" s="2">
-        <v>96</v>
+        <v>214</v>
       </c>
       <c r="C280" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202502006E11</v>
       </c>
       <c r="D280" t="s" s="4">
         <v>45</v>
       </c>
       <c r="E280" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F280" t="s">
         <v>24</v>
       </c>
       <c r="G280" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="H280" t="s">
         <v>0</v>
       </c>
       <c r="I280" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="J280" t="s">
         <v>0</v>
       </c>
       <c r="K280" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s" s="2">
         <v>960</v>
       </c>
       <c r="B281" t="s" s="2">
-        <v>63</v>
+        <v>96</v>
       </c>
       <c r="C281" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D281" t="s" s="4">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="E281" t="s" s="4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F281" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G281" t="s">
         <v>961</v>
       </c>
       <c r="H281" t="s">
         <v>0</v>
       </c>
       <c r="I281" t="s">
         <v>962</v>
       </c>
       <c r="J281" t="s">
         <v>0</v>
       </c>
       <c r="K281" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s" s="2">
         <v>964</v>
       </c>
       <c r="B282" t="s" s="2">
-        <v>117</v>
+        <v>63</v>
       </c>
       <c r="C282" t="n" s="3">
-        <v>7.91202005021E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D282" t="s" s="4">
-        <v>560</v>
+        <v>64</v>
       </c>
       <c r="E282" t="s" s="4">
-        <v>561</v>
+        <v>15</v>
       </c>
       <c r="F282" t="s">
         <v>16</v>
       </c>
       <c r="G282" t="s">
         <v>965</v>
       </c>
       <c r="H282" t="s">
         <v>0</v>
       </c>
       <c r="I282" t="s">
         <v>966</v>
       </c>
       <c r="J282" t="s">
         <v>0</v>
       </c>
       <c r="K282" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s" s="2">
         <v>968</v>
       </c>
       <c r="B283" t="s" s="2">
-        <v>163</v>
+        <v>117</v>
       </c>
       <c r="C283" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202005021E11</v>
       </c>
       <c r="D283" t="s" s="4">
-        <v>164</v>
+        <v>564</v>
       </c>
       <c r="E283" t="s" s="4">
-        <v>129</v>
+        <v>565</v>
       </c>
       <c r="F283" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G283" t="s">
         <v>969</v>
       </c>
       <c r="H283" t="s">
         <v>0</v>
       </c>
       <c r="I283" t="s">
         <v>970</v>
       </c>
       <c r="J283" t="s">
         <v>0</v>
       </c>
       <c r="K283" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s" s="2">
         <v>972</v>
       </c>
       <c r="B284" t="s" s="2">
-        <v>63</v>
+        <v>163</v>
       </c>
       <c r="C284" t="n" s="3">
-        <v>7.91202303007E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D284" t="s" s="4">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="E284" t="s" s="4">
-        <v>15</v>
+        <v>129</v>
       </c>
       <c r="F284" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G284" t="s">
         <v>973</v>
       </c>
       <c r="H284" t="s">
         <v>0</v>
       </c>
       <c r="I284" t="s">
         <v>974</v>
       </c>
       <c r="J284" t="s">
         <v>0</v>
       </c>
       <c r="K284" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s" s="2">
         <v>976</v>
       </c>
       <c r="B285" t="s" s="2">
-        <v>239</v>
+        <v>63</v>
       </c>
       <c r="C285" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303007E11</v>
       </c>
       <c r="D285" t="s" s="4">
-        <v>240</v>
+        <v>64</v>
       </c>
       <c r="E285" t="s" s="4">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F285" t="s">
         <v>16</v>
       </c>
       <c r="G285" t="s">
         <v>977</v>
       </c>
       <c r="H285" t="s">
         <v>0</v>
       </c>
       <c r="I285" t="s">
         <v>978</v>
       </c>
       <c r="J285" t="s">
         <v>0</v>
       </c>
       <c r="K285" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s" s="2">
         <v>980</v>
       </c>
       <c r="B286" t="s" s="2">
-        <v>21</v>
+        <v>239</v>
       </c>
       <c r="C286" t="n" s="3">
-        <v>7.91202510008E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D286" t="s" s="4">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="E286" t="s" s="4">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="F286" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G286" t="s">
         <v>981</v>
       </c>
       <c r="H286" t="s">
         <v>0</v>
       </c>
       <c r="I286" t="s">
         <v>982</v>
       </c>
       <c r="J286" t="s">
         <v>0</v>
       </c>
       <c r="K286" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s" s="2">
         <v>984</v>
       </c>
       <c r="B287" t="s" s="2">
-        <v>173</v>
+        <v>21</v>
       </c>
       <c r="C287" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202510008E11</v>
       </c>
       <c r="D287" t="s" s="4">
-        <v>174</v>
+        <v>22</v>
       </c>
       <c r="E287" t="s" s="4">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="F287" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G287" t="s">
-        <v>267</v>
+        <v>985</v>
       </c>
       <c r="H287" t="s">
         <v>0</v>
       </c>
       <c r="I287" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="J287" t="s">
         <v>0</v>
       </c>
       <c r="K287" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s" s="2">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B288" t="s" s="2">
-        <v>528</v>
+        <v>173</v>
       </c>
       <c r="C288" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D288" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E288" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F288" t="s">
         <v>16</v>
       </c>
       <c r="G288" t="s">
-        <v>988</v>
+        <v>267</v>
       </c>
       <c r="H288" t="s">
         <v>0</v>
       </c>
       <c r="I288" t="s">
         <v>989</v>
       </c>
       <c r="J288" t="s">
         <v>0</v>
       </c>
       <c r="K288" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s" s="2">
         <v>991</v>
       </c>
       <c r="B289" t="s" s="2">
-        <v>505</v>
+        <v>532</v>
       </c>
       <c r="C289" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D289" t="s" s="4">
-        <v>240</v>
+        <v>174</v>
       </c>
       <c r="E289" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F289" t="s">
         <v>16</v>
       </c>
       <c r="G289" t="s">
         <v>992</v>
       </c>
       <c r="H289" t="s">
         <v>0</v>
       </c>
       <c r="I289" t="s">
         <v>993</v>
       </c>
       <c r="J289" t="s">
         <v>0</v>
       </c>
       <c r="K289" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s" s="2">
         <v>995</v>
       </c>
       <c r="B290" t="s" s="2">
-        <v>533</v>
+        <v>509</v>
       </c>
       <c r="C290" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D290" t="s" s="4">
-        <v>534</v>
+        <v>240</v>
       </c>
       <c r="E290" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F290" t="s">
         <v>16</v>
       </c>
       <c r="G290" t="s">
         <v>996</v>
       </c>
       <c r="H290" t="s">
         <v>0</v>
       </c>
       <c r="I290" t="s">
         <v>997</v>
       </c>
       <c r="J290" t="s">
         <v>0</v>
       </c>
       <c r="K290" t="s">
         <v>998</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s" s="2">
         <v>999</v>
       </c>
       <c r="B291" t="s" s="2">
-        <v>570</v>
+        <v>537</v>
       </c>
       <c r="C291" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D291" t="s" s="4">
-        <v>571</v>
+        <v>538</v>
       </c>
       <c r="E291" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F291" t="s">
         <v>16</v>
       </c>
       <c r="G291" t="s">
         <v>1000</v>
       </c>
       <c r="H291" t="s">
         <v>0</v>
       </c>
       <c r="I291" t="s">
         <v>1001</v>
       </c>
       <c r="J291" t="s">
         <v>0</v>
       </c>
       <c r="K291" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s" s="2">
         <v>1003</v>
       </c>
       <c r="B292" t="s" s="2">
-        <v>279</v>
+        <v>574</v>
       </c>
       <c r="C292" t="n" s="3">
-        <v>7.91202505007E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D292" t="s" s="4">
-        <v>38</v>
+        <v>575</v>
       </c>
       <c r="E292" t="s" s="4">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="F292" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G292" t="s">
         <v>1004</v>
       </c>
       <c r="H292" t="s">
         <v>0</v>
       </c>
       <c r="I292" t="s">
         <v>1005</v>
       </c>
       <c r="J292" t="s">
         <v>0</v>
       </c>
       <c r="K292" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s" s="2">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="B293" t="s" s="2">
         <v>279</v>
       </c>
       <c r="C293" t="n" s="3">
-        <v>7.91202505009E11</v>
+        <v>7.91202505007E11</v>
       </c>
       <c r="D293" t="s" s="4">
         <v>38</v>
       </c>
       <c r="E293" t="s" s="4">
         <v>39</v>
       </c>
       <c r="F293" t="s">
-        <v>283</v>
+        <v>24</v>
       </c>
       <c r="G293" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="H293" t="s">
         <v>0</v>
       </c>
       <c r="I293" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="J293" t="s">
         <v>0</v>
       </c>
       <c r="K293" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s" s="2">
         <v>1007</v>
       </c>
       <c r="B294" t="s" s="2">
-        <v>239</v>
+        <v>279</v>
       </c>
       <c r="C294" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D294" t="s" s="4">
-        <v>240</v>
+        <v>38</v>
       </c>
       <c r="E294" t="s" s="4">
-        <v>175</v>
+        <v>39</v>
       </c>
       <c r="F294" t="s">
-        <v>16</v>
+        <v>283</v>
       </c>
       <c r="G294" t="s">
         <v>1008</v>
       </c>
       <c r="H294" t="s">
         <v>0</v>
       </c>
       <c r="I294" t="s">
         <v>1009</v>
       </c>
       <c r="J294" t="s">
         <v>0</v>
       </c>
       <c r="K294" t="s">
         <v>1010</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s" s="2">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="B295" t="s" s="2">
-        <v>505</v>
+        <v>239</v>
       </c>
       <c r="C295" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D295" t="s" s="4">
         <v>240</v>
       </c>
       <c r="E295" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F295" t="s">
         <v>16</v>
       </c>
       <c r="G295" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="H295" t="s">
         <v>0</v>
       </c>
       <c r="I295" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="J295" t="s">
         <v>0</v>
       </c>
       <c r="K295" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s" s="2">
         <v>1011</v>
       </c>
       <c r="B296" t="s" s="2">
-        <v>441</v>
+        <v>509</v>
       </c>
       <c r="C296" t="n" s="3">
-        <v>7.91202510001E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D296" t="s" s="4">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="E296" t="s" s="4">
-        <v>31</v>
+        <v>175</v>
       </c>
       <c r="F296" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G296" t="s">
         <v>1012</v>
       </c>
       <c r="H296" t="s">
         <v>0</v>
       </c>
       <c r="I296" t="s">
         <v>1013</v>
       </c>
       <c r="J296" t="s">
         <v>0</v>
       </c>
       <c r="K296" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s" s="2">
         <v>1015</v>
       </c>
       <c r="B297" t="s" s="2">
-        <v>30</v>
+        <v>445</v>
       </c>
       <c r="C297" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202510001E11</v>
       </c>
       <c r="D297" t="s" s="4">
         <v>22</v>
       </c>
       <c r="E297" t="s" s="4">
         <v>31</v>
       </c>
       <c r="F297" t="s">
         <v>24</v>
       </c>
       <c r="G297" t="s">
-        <v>0</v>
+        <v>1016</v>
       </c>
       <c r="H297" t="s">
         <v>0</v>
       </c>
       <c r="I297" t="s">
-        <v>0</v>
+        <v>1017</v>
       </c>
       <c r="J297" t="s">
         <v>0</v>
       </c>
       <c r="K297" t="s">
-        <v>0</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s" s="2">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="B298" t="s" s="2">
-        <v>1017</v>
+        <v>30</v>
       </c>
       <c r="C298" t="n" s="3">
-        <v>7.91202309001E11</v>
+        <v>7.91202510005E11</v>
       </c>
       <c r="D298" t="s" s="4">
-        <v>1018</v>
+        <v>22</v>
       </c>
       <c r="E298" t="s" s="4">
-        <v>1019</v>
+        <v>31</v>
       </c>
       <c r="F298" t="s">
         <v>24</v>
       </c>
       <c r="G298" t="s">
-        <v>1020</v>
+        <v>0</v>
       </c>
       <c r="H298" t="s">
         <v>0</v>
       </c>
       <c r="I298" t="s">
-        <v>1021</v>
+        <v>0</v>
       </c>
       <c r="J298" t="s">
         <v>0</v>
       </c>
       <c r="K298" t="s">
-        <v>1022</v>
+        <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s" s="2">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="B299" t="s" s="2">
-        <v>352</v>
+        <v>1021</v>
       </c>
       <c r="C299" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202309001E11</v>
       </c>
       <c r="D299" t="s" s="4">
-        <v>353</v>
+        <v>1022</v>
       </c>
       <c r="E299" t="s" s="4">
-        <v>354</v>
+        <v>1023</v>
       </c>
       <c r="F299" t="s">
         <v>24</v>
       </c>
       <c r="G299" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="H299" t="s">
         <v>0</v>
       </c>
       <c r="I299" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="J299" t="s">
         <v>0</v>
       </c>
       <c r="K299" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s" s="2">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="B300" t="s" s="2">
-        <v>570</v>
+        <v>356</v>
       </c>
       <c r="C300" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D300" t="s" s="4">
-        <v>571</v>
+        <v>357</v>
       </c>
       <c r="E300" t="s" s="4">
-        <v>175</v>
+        <v>358</v>
       </c>
       <c r="F300" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G300" t="s">
         <v>1024</v>
       </c>
       <c r="H300" t="s">
         <v>0</v>
       </c>
       <c r="I300" t="s">
         <v>1025</v>
       </c>
       <c r="J300" t="s">
         <v>0</v>
       </c>
       <c r="K300" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s" s="2">
         <v>1027</v>
       </c>
       <c r="B301" t="s" s="2">
-        <v>173</v>
+        <v>574</v>
       </c>
       <c r="C301" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D301" t="s" s="4">
-        <v>174</v>
+        <v>575</v>
       </c>
       <c r="E301" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F301" t="s">
         <v>16</v>
       </c>
       <c r="G301" t="s">
         <v>1028</v>
       </c>
       <c r="H301" t="s">
         <v>0</v>
       </c>
       <c r="I301" t="s">
         <v>1029</v>
       </c>
       <c r="J301" t="s">
         <v>0</v>
       </c>
       <c r="K301" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s" s="2">
         <v>1031</v>
       </c>
       <c r="B302" t="s" s="2">
+        <v>173</v>
+      </c>
+      <c r="C302" t="n" s="3">
+        <v>7.91202005013E11</v>
+      </c>
+      <c r="D302" t="s" s="4">
+        <v>174</v>
+      </c>
+      <c r="E302" t="s" s="4">
+        <v>175</v>
+      </c>
+      <c r="F302" t="s">
+        <v>16</v>
+      </c>
+      <c r="G302" t="s">
         <v>1032</v>
       </c>
-      <c r="C302" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G302" t="s">
+      <c r="H302" t="s">
+        <v>0</v>
+      </c>
+      <c r="I302" t="s">
         <v>1033</v>
       </c>
-      <c r="H302" t="s">
-[...2 lines deleted...]
-      <c r="I302" t="s">
+      <c r="J302" t="s">
+        <v>0</v>
+      </c>
+      <c r="K302" t="s">
         <v>1034</v>
-      </c>
-[...4 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s" s="2">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="B303" t="s" s="2">
         <v>1036</v>
       </c>
       <c r="C303" t="n" s="3">
-        <v>7.91202409002E11</v>
+        <v>7.91202409004E11</v>
       </c>
       <c r="D303" t="s" s="4">
         <v>52</v>
       </c>
       <c r="E303" t="s" s="4">
         <v>53</v>
       </c>
       <c r="F303" t="s">
         <v>24</v>
       </c>
       <c r="G303" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="H303" t="s">
         <v>0</v>
       </c>
       <c r="I303" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="J303" t="s">
         <v>0</v>
       </c>
       <c r="K303" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s" s="2">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="B304" t="s" s="2">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="C304" t="n" s="3">
-        <v>7.91202409001E11</v>
+        <v>7.91202409002E11</v>
       </c>
       <c r="D304" t="s" s="4">
         <v>52</v>
       </c>
       <c r="E304" t="s" s="4">
         <v>53</v>
       </c>
       <c r="F304" t="s">
         <v>24</v>
       </c>
       <c r="G304" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="H304" t="s">
         <v>0</v>
       </c>
       <c r="I304" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="J304" t="s">
         <v>0</v>
       </c>
       <c r="K304" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s" s="2">
+        <v>1035</v>
+      </c>
+      <c r="B305" t="s" s="2">
+        <v>1041</v>
+      </c>
+      <c r="C305" t="n" s="3">
+        <v>7.91202409001E11</v>
+      </c>
+      <c r="D305" t="s" s="4">
+        <v>52</v>
+      </c>
+      <c r="E305" t="s" s="4">
+        <v>53</v>
+      </c>
+      <c r="F305" t="s">
+        <v>24</v>
+      </c>
+      <c r="G305" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H305" t="s">
+        <v>0</v>
+      </c>
+      <c r="I305" t="s">
         <v>1038</v>
       </c>
-      <c r="B305" t="s" s="2">
-[...14 lines deleted...]
-      <c r="G305" t="s">
+      <c r="J305" t="s">
+        <v>0</v>
+      </c>
+      <c r="K305" t="s">
         <v>1039</v>
-      </c>
-[...10 lines deleted...]
-        <v>1041</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s" s="2">
         <v>1042</v>
       </c>
       <c r="B306" t="s" s="2">
-        <v>44</v>
+        <v>537</v>
       </c>
       <c r="C306" t="n" s="3">
-        <v>7.91202502003E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D306" t="s" s="4">
-        <v>45</v>
+        <v>538</v>
       </c>
       <c r="E306" t="s" s="4">
-        <v>46</v>
+        <v>175</v>
       </c>
       <c r="F306" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G306" t="s">
         <v>1043</v>
       </c>
       <c r="H306" t="s">
         <v>0</v>
       </c>
       <c r="I306" t="s">
         <v>1044</v>
       </c>
       <c r="J306" t="s">
         <v>0</v>
       </c>
       <c r="K306" t="s">
         <v>1045</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s" s="2">
         <v>1046</v>
       </c>
       <c r="B307" t="s" s="2">
-        <v>173</v>
+        <v>44</v>
       </c>
       <c r="C307" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202502003E11</v>
       </c>
       <c r="D307" t="s" s="4">
-        <v>174</v>
+        <v>45</v>
       </c>
       <c r="E307" t="s" s="4">
-        <v>175</v>
+        <v>46</v>
       </c>
       <c r="F307" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G307" t="s">
         <v>1047</v>
       </c>
       <c r="H307" t="s">
         <v>0</v>
       </c>
       <c r="I307" t="s">
         <v>1048</v>
       </c>
       <c r="J307" t="s">
         <v>0</v>
       </c>
       <c r="K307" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s" s="2">
         <v>1050</v>
       </c>
       <c r="B308" t="s" s="2">
-        <v>327</v>
+        <v>173</v>
       </c>
       <c r="C308" t="n" s="3">
-        <v>7.91202103006E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D308" t="s" s="4">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="E308" t="s" s="4">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="F308" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G308" t="s">
         <v>1051</v>
       </c>
       <c r="H308" t="s">
         <v>0</v>
       </c>
       <c r="I308" t="s">
         <v>1052</v>
       </c>
       <c r="J308" t="s">
         <v>0</v>
       </c>
       <c r="K308" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s" s="2">
         <v>1054</v>
       </c>
       <c r="B309" t="s" s="2">
-        <v>173</v>
+        <v>331</v>
       </c>
       <c r="C309" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202103006E11</v>
       </c>
       <c r="D309" t="s" s="4">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="E309" t="s" s="4">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="F309" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G309" t="s">
         <v>1055</v>
       </c>
       <c r="H309" t="s">
         <v>0</v>
       </c>
       <c r="I309" t="s">
         <v>1056</v>
       </c>
       <c r="J309" t="s">
         <v>0</v>
       </c>
       <c r="K309" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s" s="2">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="B310" t="s" s="2">
-        <v>486</v>
+        <v>173</v>
       </c>
       <c r="C310" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D310" t="s" s="4">
-        <v>487</v>
+        <v>174</v>
       </c>
       <c r="E310" t="s" s="4">
-        <v>488</v>
+        <v>175</v>
       </c>
       <c r="F310" t="s">
         <v>16</v>
       </c>
       <c r="G310" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="H310" t="s">
         <v>0</v>
       </c>
       <c r="I310" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="J310" t="s">
         <v>0</v>
       </c>
       <c r="K310" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s" s="2">
         <v>1058</v>
       </c>
       <c r="B311" t="s" s="2">
-        <v>239</v>
+        <v>490</v>
       </c>
       <c r="C311" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D311" t="s" s="4">
-        <v>240</v>
+        <v>491</v>
       </c>
       <c r="E311" t="s" s="4">
-        <v>175</v>
+        <v>492</v>
       </c>
       <c r="F311" t="s">
         <v>16</v>
       </c>
       <c r="G311" t="s">
         <v>1059</v>
       </c>
       <c r="H311" t="s">
         <v>0</v>
       </c>
       <c r="I311" t="s">
         <v>1060</v>
       </c>
       <c r="J311" t="s">
         <v>0</v>
       </c>
       <c r="K311" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s" s="2">
         <v>1062</v>
       </c>
       <c r="B312" t="s" s="2">
-        <v>570</v>
+        <v>239</v>
       </c>
       <c r="C312" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D312" t="s" s="4">
-        <v>571</v>
+        <v>240</v>
       </c>
       <c r="E312" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F312" t="s">
         <v>16</v>
       </c>
       <c r="G312" t="s">
         <v>1063</v>
       </c>
       <c r="H312" t="s">
         <v>0</v>
       </c>
       <c r="I312" t="s">
         <v>1064</v>
       </c>
       <c r="J312" t="s">
         <v>0</v>
       </c>
       <c r="K312" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s" s="2">
         <v>1066</v>
       </c>
       <c r="B313" t="s" s="2">
-        <v>30</v>
+        <v>574</v>
       </c>
       <c r="C313" t="n" s="3">
-        <v>7.91202510005E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D313" t="s" s="4">
-        <v>22</v>
+        <v>575</v>
       </c>
       <c r="E313" t="s" s="4">
-        <v>31</v>
+        <v>175</v>
       </c>
       <c r="F313" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G313" t="s">
         <v>1067</v>
       </c>
       <c r="H313" t="s">
         <v>0</v>
       </c>
       <c r="I313" t="s">
         <v>1068</v>
       </c>
       <c r="J313" t="s">
         <v>0</v>
       </c>
       <c r="K313" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s" s="2">
         <v>1070</v>
       </c>
       <c r="B314" t="s" s="2">
+        <v>30</v>
+      </c>
+      <c r="C314" t="n" s="3">
+        <v>7.91202510005E11</v>
+      </c>
+      <c r="D314" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E314" t="s" s="4">
+        <v>31</v>
+      </c>
+      <c r="F314" t="s">
+        <v>24</v>
+      </c>
+      <c r="G314" t="s">
         <v>1071</v>
       </c>
-      <c r="C314" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D314" t="s" s="4">
+      <c r="H314" t="s">
+        <v>0</v>
+      </c>
+      <c r="I314" t="s">
         <v>1072</v>
       </c>
-      <c r="E314" t="s" s="4">
+      <c r="J314" t="s">
+        <v>0</v>
+      </c>
+      <c r="K314" t="s">
         <v>1073</v>
-      </c>
-[...16 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s" s="2">
+        <v>1074</v>
+      </c>
+      <c r="B315" t="s" s="2">
+        <v>1075</v>
+      </c>
+      <c r="C315" t="n" s="3">
+        <v>7.91202507003E11</v>
+      </c>
+      <c r="D315" t="s" s="4">
+        <v>1076</v>
+      </c>
+      <c r="E315" t="s" s="4">
         <v>1077</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F315" t="s">
         <v>24</v>
       </c>
       <c r="G315" t="s">
         <v>1078</v>
       </c>
       <c r="H315" t="s">
         <v>0</v>
       </c>
       <c r="I315" t="s">
         <v>1079</v>
       </c>
       <c r="J315" t="s">
         <v>0</v>
       </c>
       <c r="K315" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s" s="2">
         <v>1081</v>
       </c>
       <c r="B316" t="s" s="2">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="C316" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202409005E11</v>
       </c>
       <c r="D316" t="s" s="4">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="E316" t="s" s="4">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="F316" t="s">
         <v>24</v>
       </c>
       <c r="G316" t="s">
         <v>1082</v>
       </c>
       <c r="H316" t="s">
         <v>0</v>
       </c>
       <c r="I316" t="s">
         <v>1083</v>
       </c>
       <c r="J316" t="s">
         <v>0</v>
       </c>
       <c r="K316" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s" s="2">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="B317" t="s" s="2">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C317" t="n" s="3">
-        <v>7.91202510004E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D317" t="s" s="4">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E317" t="s" s="4">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="F317" t="s">
         <v>24</v>
       </c>
       <c r="G317" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="H317" t="s">
         <v>0</v>
       </c>
       <c r="I317" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="J317" t="s">
         <v>0</v>
       </c>
       <c r="K317" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s" s="2">
         <v>1085</v>
       </c>
       <c r="B318" t="s" s="2">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C318" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202510004E11</v>
       </c>
       <c r="D318" t="s" s="4">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="E318" t="s" s="4">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="F318" t="s">
         <v>24</v>
       </c>
       <c r="G318" t="s">
         <v>1086</v>
       </c>
       <c r="H318" t="s">
         <v>0</v>
       </c>
       <c r="I318" t="s">
         <v>1087</v>
       </c>
       <c r="J318" t="s">
         <v>0</v>
       </c>
       <c r="K318" t="s">
         <v>1088</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s" s="2">
         <v>1089</v>
       </c>
       <c r="B319" t="s" s="2">
-        <v>239</v>
+        <v>37</v>
       </c>
       <c r="C319" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D319" t="s" s="4">
-        <v>240</v>
+        <v>38</v>
       </c>
       <c r="E319" t="s" s="4">
-        <v>175</v>
+        <v>39</v>
       </c>
       <c r="F319" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G319" t="s">
         <v>1090</v>
       </c>
       <c r="H319" t="s">
         <v>0</v>
       </c>
       <c r="I319" t="s">
         <v>1091</v>
       </c>
       <c r="J319" t="s">
         <v>0</v>
       </c>
       <c r="K319" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s" s="2">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="B320" t="s" s="2">
-        <v>570</v>
+        <v>239</v>
       </c>
       <c r="C320" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D320" t="s" s="4">
-        <v>571</v>
+        <v>240</v>
       </c>
       <c r="E320" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F320" t="s">
         <v>16</v>
       </c>
       <c r="G320" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="H320" t="s">
         <v>0</v>
       </c>
       <c r="I320" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="J320" t="s">
         <v>0</v>
       </c>
       <c r="K320" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s" s="2">
         <v>1093</v>
       </c>
       <c r="B321" t="s" s="2">
-        <v>533</v>
+        <v>574</v>
       </c>
       <c r="C321" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D321" t="s" s="4">
-        <v>534</v>
+        <v>575</v>
       </c>
       <c r="E321" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F321" t="s">
         <v>16</v>
       </c>
       <c r="G321" t="s">
         <v>1094</v>
       </c>
       <c r="H321" t="s">
         <v>0</v>
       </c>
       <c r="I321" t="s">
         <v>1095</v>
       </c>
       <c r="J321" t="s">
         <v>0</v>
       </c>
       <c r="K321" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s" s="2">
         <v>1097</v>
       </c>
       <c r="B322" t="s" s="2">
-        <v>239</v>
+        <v>537</v>
       </c>
       <c r="C322" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D322" t="s" s="4">
-        <v>240</v>
+        <v>538</v>
       </c>
       <c r="E322" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F322" t="s">
         <v>16</v>
       </c>
       <c r="G322" t="s">
         <v>1098</v>
       </c>
       <c r="H322" t="s">
         <v>0</v>
       </c>
       <c r="I322" t="s">
         <v>1099</v>
       </c>
       <c r="J322" t="s">
         <v>0</v>
       </c>
       <c r="K322" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s" s="2">
         <v>1101</v>
       </c>
       <c r="B323" t="s" s="2">
-        <v>317</v>
+        <v>239</v>
       </c>
       <c r="C323" t="n" s="3">
-        <v>7.91202502009E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D323" t="s" s="4">
-        <v>45</v>
+        <v>240</v>
       </c>
       <c r="E323" t="s" s="4">
-        <v>258</v>
+        <v>175</v>
       </c>
       <c r="F323" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G323" t="s">
         <v>1102</v>
       </c>
       <c r="H323" t="s">
         <v>0</v>
       </c>
       <c r="I323" t="s">
         <v>1103</v>
       </c>
       <c r="J323" t="s">
         <v>0</v>
       </c>
       <c r="K323" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s" s="2">
         <v>1105</v>
       </c>
       <c r="B324" t="s" s="2">
-        <v>136</v>
+        <v>317</v>
       </c>
       <c r="C324" t="n" s="3">
-        <v>7.91202510006E11</v>
+        <v>7.91202502009E11</v>
       </c>
       <c r="D324" t="s" s="4">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E324" t="s" s="4">
-        <v>31</v>
+        <v>258</v>
       </c>
       <c r="F324" t="s">
         <v>24</v>
       </c>
       <c r="G324" t="s">
         <v>1106</v>
       </c>
       <c r="H324" t="s">
         <v>0</v>
       </c>
       <c r="I324" t="s">
         <v>1107</v>
       </c>
       <c r="J324" t="s">
         <v>0</v>
       </c>
       <c r="K324" t="s">
         <v>1108</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s" s="2">
         <v>1109</v>
       </c>
       <c r="B325" t="s" s="2">
-        <v>533</v>
+        <v>136</v>
       </c>
       <c r="C325" t="n" s="3">
-        <v>7.91202004012E11</v>
+        <v>7.91202510006E11</v>
       </c>
       <c r="D325" t="s" s="4">
-        <v>534</v>
+        <v>22</v>
       </c>
       <c r="E325" t="s" s="4">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F325" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G325" t="s">
         <v>1110</v>
       </c>
       <c r="H325" t="s">
         <v>0</v>
       </c>
       <c r="I325" t="s">
         <v>1111</v>
       </c>
       <c r="J325" t="s">
         <v>0</v>
       </c>
       <c r="K325" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s" s="2">
         <v>1113</v>
       </c>
       <c r="B326" t="s" s="2">
-        <v>96</v>
+        <v>537</v>
       </c>
       <c r="C326" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202004012E11</v>
       </c>
       <c r="D326" t="s" s="4">
-        <v>45</v>
+        <v>538</v>
       </c>
       <c r="E326" t="s" s="4">
-        <v>46</v>
+        <v>175</v>
       </c>
       <c r="F326" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G326" t="s">
         <v>1114</v>
       </c>
       <c r="H326" t="s">
         <v>0</v>
       </c>
       <c r="I326" t="s">
         <v>1115</v>
       </c>
       <c r="J326" t="s">
         <v>0</v>
       </c>
       <c r="K326" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s" s="2">
         <v>1117</v>
       </c>
       <c r="B327" t="s" s="2">
-        <v>755</v>
+        <v>96</v>
       </c>
       <c r="C327" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D327" t="s" s="4">
-        <v>534</v>
+        <v>45</v>
       </c>
       <c r="E327" t="s" s="4">
-        <v>175</v>
+        <v>46</v>
       </c>
       <c r="F327" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G327" t="s">
         <v>1118</v>
       </c>
       <c r="H327" t="s">
         <v>0</v>
       </c>
       <c r="I327" t="s">
         <v>1119</v>
       </c>
       <c r="J327" t="s">
         <v>0</v>
       </c>
       <c r="K327" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s" s="2">
         <v>1121</v>
       </c>
       <c r="B328" t="s" s="2">
-        <v>570</v>
+        <v>759</v>
       </c>
       <c r="C328" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D328" t="s" s="4">
-        <v>571</v>
+        <v>538</v>
       </c>
       <c r="E328" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F328" t="s">
         <v>16</v>
       </c>
       <c r="G328" t="s">
         <v>1122</v>
       </c>
       <c r="H328" t="s">
         <v>0</v>
       </c>
       <c r="I328" t="s">
         <v>1123</v>
       </c>
       <c r="J328" t="s">
         <v>0</v>
       </c>
       <c r="K328" t="s">
         <v>1124</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s" s="2">
         <v>1125</v>
       </c>
       <c r="B329" t="s" s="2">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="C329" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D329" t="s" s="4">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="E329" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F329" t="s">
         <v>16</v>
       </c>
       <c r="G329" t="s">
         <v>1126</v>
       </c>
       <c r="H329" t="s">
         <v>0</v>
       </c>
       <c r="I329" t="s">
         <v>1127</v>
       </c>
       <c r="J329" t="s">
         <v>0</v>
       </c>
       <c r="K329" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s" s="2">
         <v>1129</v>
       </c>
       <c r="B330" t="s" s="2">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="C330" t="n" s="3">
         <v>7.91202005016E11</v>
       </c>
       <c r="D330" t="s" s="4">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="E330" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F330" t="s">
         <v>16</v>
       </c>
       <c r="G330" t="s">
         <v>1130</v>
       </c>
       <c r="H330" t="s">
         <v>0</v>
       </c>
       <c r="I330" t="s">
         <v>1131</v>
       </c>
       <c r="J330" t="s">
         <v>0</v>
       </c>
       <c r="K330" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s" s="2">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="B331" t="s" s="2">
-        <v>528</v>
+        <v>574</v>
       </c>
       <c r="C331" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D331" t="s" s="4">
-        <v>174</v>
+        <v>575</v>
       </c>
       <c r="E331" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F331" t="s">
         <v>16</v>
       </c>
       <c r="G331" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="H331" t="s">
         <v>0</v>
       </c>
       <c r="I331" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="J331" t="s">
         <v>0</v>
       </c>
       <c r="K331" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s" s="2">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="B332" t="s" s="2">
-        <v>486</v>
+        <v>532</v>
       </c>
       <c r="C332" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D332" t="s" s="4">
-        <v>487</v>
+        <v>174</v>
       </c>
       <c r="E332" t="s" s="4">
-        <v>488</v>
+        <v>175</v>
       </c>
       <c r="F332" t="s">
         <v>16</v>
       </c>
       <c r="G332" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="H332" t="s">
         <v>0</v>
       </c>
       <c r="I332" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="J332" t="s">
         <v>0</v>
       </c>
       <c r="K332" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s" s="2">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="B333" t="s" s="2">
-        <v>173</v>
+        <v>490</v>
       </c>
       <c r="C333" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D333" t="s" s="4">
-        <v>174</v>
+        <v>491</v>
       </c>
       <c r="E333" t="s" s="4">
-        <v>175</v>
+        <v>492</v>
       </c>
       <c r="F333" t="s">
         <v>16</v>
       </c>
       <c r="G333" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="H333" t="s">
         <v>0</v>
       </c>
       <c r="I333" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="J333" t="s">
         <v>0</v>
       </c>
       <c r="K333" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s" s="2">
         <v>1133</v>
       </c>
       <c r="B334" t="s" s="2">
         <v>173</v>
       </c>
       <c r="C334" t="n" s="3">
         <v>7.91202005013E11</v>
       </c>
       <c r="D334" t="s" s="4">
         <v>174</v>
       </c>
       <c r="E334" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F334" t="s">
         <v>16</v>
       </c>
       <c r="G334" t="s">
         <v>1134</v>
       </c>
       <c r="H334" t="s">
         <v>0</v>
       </c>
       <c r="I334" t="s">
         <v>1135</v>
       </c>
       <c r="J334" t="s">
         <v>0</v>
       </c>
       <c r="K334" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s" s="2">
         <v>1137</v>
       </c>
       <c r="B335" t="s" s="2">
-        <v>514</v>
+        <v>173</v>
       </c>
       <c r="C335" t="n" s="3">
-        <v>7.91202003005E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D335" t="s" s="4">
-        <v>515</v>
+        <v>174</v>
       </c>
       <c r="E335" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F335" t="s">
         <v>16</v>
       </c>
       <c r="G335" t="s">
         <v>1138</v>
       </c>
       <c r="H335" t="s">
         <v>0</v>
       </c>
       <c r="I335" t="s">
         <v>1139</v>
       </c>
       <c r="J335" t="s">
         <v>0</v>
       </c>
       <c r="K335" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s" s="2">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="B336" t="s" s="2">
-        <v>755</v>
+        <v>518</v>
       </c>
       <c r="C336" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202003005E11</v>
       </c>
       <c r="D336" t="s" s="4">
-        <v>534</v>
+        <v>519</v>
       </c>
       <c r="E336" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F336" t="s">
         <v>16</v>
       </c>
       <c r="G336" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="H336" t="s">
         <v>0</v>
       </c>
       <c r="I336" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J336" t="s">
         <v>0</v>
       </c>
       <c r="K336" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s" s="2">
         <v>1141</v>
       </c>
       <c r="B337" t="s" s="2">
-        <v>279</v>
+        <v>759</v>
       </c>
       <c r="C337" t="n" s="3">
-        <v>7.91202505009E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D337" t="s" s="4">
-        <v>38</v>
+        <v>538</v>
       </c>
       <c r="E337" t="s" s="4">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="F337" t="s">
-        <v>283</v>
+        <v>16</v>
       </c>
       <c r="G337" t="s">
-        <v>0</v>
+        <v>1142</v>
       </c>
       <c r="H337" t="s">
         <v>0</v>
       </c>
       <c r="I337" t="s">
-        <v>0</v>
+        <v>1143</v>
       </c>
       <c r="J337" t="s">
         <v>0</v>
       </c>
       <c r="K337" t="s">
-        <v>0</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s" s="2">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="B338" t="s" s="2">
-        <v>128</v>
+        <v>279</v>
       </c>
       <c r="C338" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202505009E11</v>
       </c>
       <c r="D338" t="s" s="4">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="E338" t="s" s="4">
-        <v>129</v>
+        <v>39</v>
       </c>
       <c r="F338" t="s">
-        <v>16</v>
+        <v>283</v>
       </c>
       <c r="G338" t="s">
-        <v>1143</v>
+        <v>0</v>
       </c>
       <c r="H338" t="s">
         <v>0</v>
       </c>
       <c r="I338" t="s">
-        <v>1144</v>
+        <v>0</v>
       </c>
       <c r="J338" t="s">
         <v>0</v>
       </c>
       <c r="K338" t="s">
-        <v>1145</v>
+        <v>0</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s" s="2">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="B339" t="s" s="2">
-        <v>239</v>
+        <v>128</v>
       </c>
       <c r="C339" t="n" s="3">
-        <v>7.91202003002E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D339" t="s" s="4">
-        <v>240</v>
+        <v>64</v>
       </c>
       <c r="E339" t="s" s="4">
-        <v>175</v>
+        <v>129</v>
       </c>
       <c r="F339" t="s">
         <v>16</v>
       </c>
       <c r="G339" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="H339" t="s">
         <v>0</v>
       </c>
       <c r="I339" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="J339" t="s">
         <v>0</v>
       </c>
       <c r="K339" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s" s="2">
         <v>1146</v>
       </c>
       <c r="B340" t="s" s="2">
-        <v>212</v>
+        <v>239</v>
       </c>
       <c r="C340" t="n" s="3">
-        <v>7.91202505001E11</v>
+        <v>7.91202003002E11</v>
       </c>
       <c r="D340" t="s" s="4">
-        <v>38</v>
+        <v>240</v>
       </c>
       <c r="E340" t="s" s="4">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="F340" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G340" t="s">
         <v>1147</v>
       </c>
       <c r="H340" t="s">
         <v>0</v>
       </c>
       <c r="I340" t="s">
         <v>1148</v>
       </c>
       <c r="J340" t="s">
         <v>0</v>
       </c>
       <c r="K340" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s" s="2">
         <v>1150</v>
       </c>
       <c r="B341" t="s" s="2">
         <v>212</v>
       </c>
       <c r="C341" t="n" s="3">
@@ -15842,760 +15854,760 @@
       </c>
       <c r="F341" t="s">
         <v>24</v>
       </c>
       <c r="G341" t="s">
         <v>1151</v>
       </c>
       <c r="H341" t="s">
         <v>0</v>
       </c>
       <c r="I341" t="s">
         <v>1152</v>
       </c>
       <c r="J341" t="s">
         <v>0</v>
       </c>
       <c r="K341" t="s">
         <v>1153</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s" s="2">
         <v>1154</v>
       </c>
       <c r="B342" t="s" s="2">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="C342" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202505001E11</v>
       </c>
       <c r="D342" t="s" s="4">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="E342" t="s" s="4">
-        <v>158</v>
+        <v>39</v>
       </c>
       <c r="F342" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G342" t="s">
         <v>1155</v>
       </c>
       <c r="H342" t="s">
         <v>0</v>
       </c>
       <c r="I342" t="s">
         <v>1156</v>
       </c>
       <c r="J342" t="s">
         <v>0</v>
       </c>
       <c r="K342" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s" s="2">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="B343" t="s" s="2">
-        <v>157</v>
+        <v>202</v>
       </c>
       <c r="C343" t="n" s="3">
-        <v>7.91202303005E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D343" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E343" t="s" s="4">
         <v>158</v>
       </c>
       <c r="F343" t="s">
         <v>16</v>
       </c>
       <c r="G343" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="H343" t="s">
         <v>0</v>
       </c>
       <c r="I343" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="J343" t="s">
         <v>0</v>
       </c>
       <c r="K343" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s" s="2">
         <v>1158</v>
       </c>
       <c r="B344" t="s" s="2">
-        <v>183</v>
+        <v>157</v>
       </c>
       <c r="C344" t="n" s="3">
-        <v>7.91202505002E11</v>
+        <v>7.91202303005E11</v>
       </c>
       <c r="D344" t="s" s="4">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="E344" t="s" s="4">
-        <v>39</v>
+        <v>158</v>
       </c>
       <c r="F344" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G344" t="s">
         <v>1159</v>
       </c>
       <c r="H344" t="s">
         <v>0</v>
       </c>
       <c r="I344" t="s">
         <v>1160</v>
       </c>
       <c r="J344" t="s">
         <v>0</v>
       </c>
       <c r="K344" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s" s="2">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="B345" t="s" s="2">
-        <v>213</v>
+        <v>183</v>
       </c>
       <c r="C345" t="n" s="3">
-        <v>7.91202502007E11</v>
+        <v>7.91202505002E11</v>
       </c>
       <c r="D345" t="s" s="4">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="E345" t="s" s="4">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F345" t="s">
         <v>24</v>
       </c>
       <c r="G345" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="H345" t="s">
         <v>0</v>
       </c>
       <c r="I345" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="J345" t="s">
         <v>0</v>
       </c>
       <c r="K345" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s" s="2">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="B346" t="s" s="2">
-        <v>486</v>
+        <v>213</v>
       </c>
       <c r="C346" t="n" s="3">
-        <v>7.91202007026E11</v>
+        <v>7.91202502007E11</v>
       </c>
       <c r="D346" t="s" s="4">
-        <v>487</v>
+        <v>45</v>
       </c>
       <c r="E346" t="s" s="4">
-        <v>488</v>
+        <v>46</v>
       </c>
       <c r="F346" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G346" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="H346" t="s">
         <v>0</v>
       </c>
       <c r="I346" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="J346" t="s">
         <v>0</v>
       </c>
       <c r="K346" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s" s="2">
         <v>1162</v>
       </c>
       <c r="B347" t="s" s="2">
-        <v>58</v>
+        <v>490</v>
       </c>
       <c r="C347" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202007026E11</v>
       </c>
       <c r="D347" t="s" s="4">
-        <v>38</v>
+        <v>491</v>
       </c>
       <c r="E347" t="s" s="4">
-        <v>39</v>
+        <v>492</v>
       </c>
       <c r="F347" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G347" t="s">
         <v>1163</v>
       </c>
       <c r="H347" t="s">
         <v>0</v>
       </c>
       <c r="I347" t="s">
         <v>1164</v>
       </c>
       <c r="J347" t="s">
         <v>0</v>
       </c>
       <c r="K347" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s" s="2">
         <v>1166</v>
       </c>
       <c r="B348" t="s" s="2">
-        <v>128</v>
+        <v>58</v>
       </c>
       <c r="C348" t="n" s="3">
-        <v>7.91202303002E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D348" t="s" s="4">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="E348" t="s" s="4">
-        <v>129</v>
+        <v>39</v>
       </c>
       <c r="F348" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G348" t="s">
         <v>1167</v>
       </c>
       <c r="H348" t="s">
         <v>0</v>
       </c>
       <c r="I348" t="s">
         <v>1168</v>
       </c>
       <c r="J348" t="s">
         <v>0</v>
       </c>
       <c r="K348" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s" s="2">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="B349" t="s" s="2">
-        <v>399</v>
+        <v>128</v>
       </c>
       <c r="C349" t="n" s="3">
-        <v>7.91202303003E11</v>
+        <v>7.91202303002E11</v>
       </c>
       <c r="D349" t="s" s="4">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="E349" t="s" s="4">
-        <v>400</v>
+        <v>129</v>
       </c>
       <c r="F349" t="s">
         <v>16</v>
       </c>
       <c r="G349" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="H349" t="s">
         <v>0</v>
       </c>
       <c r="I349" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="J349" t="s">
         <v>0</v>
       </c>
       <c r="K349" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s" s="2">
         <v>1170</v>
       </c>
       <c r="B350" t="s" s="2">
+        <v>403</v>
+      </c>
+      <c r="C350" t="n" s="3">
+        <v>7.91202303003E11</v>
+      </c>
+      <c r="D350" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="E350" t="s" s="4">
+        <v>404</v>
+      </c>
+      <c r="F350" t="s">
+        <v>16</v>
+      </c>
+      <c r="G350" t="s">
         <v>1171</v>
       </c>
-      <c r="C350" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G350" t="s">
+      <c r="H350" t="s">
+        <v>0</v>
+      </c>
+      <c r="I350" t="s">
         <v>1172</v>
       </c>
-      <c r="H350" t="s">
-[...2 lines deleted...]
-      <c r="I350" t="s">
+      <c r="J350" t="s">
+        <v>0</v>
+      </c>
+      <c r="K350" t="s">
         <v>1173</v>
-      </c>
-[...4 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s" s="2">
+        <v>1174</v>
+      </c>
+      <c r="B351" t="s" s="2">
         <v>1175</v>
       </c>
-      <c r="B351" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C351" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202004009E11</v>
       </c>
       <c r="D351" t="s" s="4">
-        <v>230</v>
+        <v>538</v>
       </c>
       <c r="E351" t="s" s="4">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="F351" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G351" t="s">
         <v>1176</v>
       </c>
       <c r="H351" t="s">
         <v>0</v>
       </c>
       <c r="I351" t="s">
         <v>1177</v>
       </c>
       <c r="J351" t="s">
         <v>0</v>
       </c>
       <c r="K351" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s" s="2">
         <v>1179</v>
       </c>
       <c r="B352" t="s" s="2">
-        <v>37</v>
+        <v>326</v>
       </c>
       <c r="C352" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D352" t="s" s="4">
-        <v>38</v>
+        <v>230</v>
       </c>
       <c r="E352" t="s" s="4">
-        <v>39</v>
+        <v>108</v>
       </c>
       <c r="F352" t="s">
         <v>24</v>
       </c>
       <c r="G352" t="s">
         <v>1180</v>
       </c>
       <c r="H352" t="s">
         <v>0</v>
       </c>
       <c r="I352" t="s">
         <v>1181</v>
       </c>
       <c r="J352" t="s">
         <v>0</v>
       </c>
       <c r="K352" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s" s="2">
         <v>1183</v>
       </c>
       <c r="B353" t="s" s="2">
-        <v>202</v>
+        <v>37</v>
       </c>
       <c r="C353" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202505005E11</v>
       </c>
       <c r="D353" t="s" s="4">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="E353" t="s" s="4">
-        <v>158</v>
+        <v>39</v>
       </c>
       <c r="F353" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G353" t="s">
         <v>1184</v>
       </c>
       <c r="H353" t="s">
         <v>0</v>
       </c>
       <c r="I353" t="s">
         <v>1185</v>
       </c>
       <c r="J353" t="s">
         <v>0</v>
       </c>
       <c r="K353" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s" s="2">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="B354" t="s" s="2">
-        <v>249</v>
+        <v>202</v>
       </c>
       <c r="C354" t="n" s="3">
-        <v>7.91202303008E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D354" t="s" s="4">
         <v>64</v>
       </c>
       <c r="E354" t="s" s="4">
-        <v>250</v>
+        <v>158</v>
       </c>
       <c r="F354" t="s">
         <v>16</v>
       </c>
       <c r="G354" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="H354" t="s">
         <v>0</v>
       </c>
       <c r="I354" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="J354" t="s">
         <v>0</v>
       </c>
       <c r="K354" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s" s="2">
         <v>1187</v>
       </c>
       <c r="B355" t="s" s="2">
-        <v>173</v>
+        <v>249</v>
       </c>
       <c r="C355" t="n" s="3">
-        <v>7.91202005013E11</v>
+        <v>7.91202303008E11</v>
       </c>
       <c r="D355" t="s" s="4">
-        <v>174</v>
+        <v>64</v>
       </c>
       <c r="E355" t="s" s="4">
-        <v>175</v>
+        <v>250</v>
       </c>
       <c r="F355" t="s">
         <v>16</v>
       </c>
       <c r="G355" t="s">
         <v>1188</v>
       </c>
       <c r="H355" t="s">
         <v>0</v>
       </c>
       <c r="I355" t="s">
         <v>1189</v>
       </c>
       <c r="J355" t="s">
         <v>0</v>
       </c>
       <c r="K355" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s" s="2">
         <v>1191</v>
       </c>
       <c r="B356" t="s" s="2">
-        <v>352</v>
+        <v>173</v>
       </c>
       <c r="C356" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202005013E11</v>
       </c>
       <c r="D356" t="s" s="4">
-        <v>353</v>
+        <v>174</v>
       </c>
       <c r="E356" t="s" s="4">
-        <v>354</v>
+        <v>175</v>
       </c>
       <c r="F356" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G356" t="s">
         <v>1192</v>
       </c>
       <c r="H356" t="s">
         <v>0</v>
       </c>
       <c r="I356" t="s">
         <v>1193</v>
       </c>
       <c r="J356" t="s">
         <v>0</v>
       </c>
       <c r="K356" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s" s="2">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="B357" t="s" s="2">
-        <v>58</v>
+        <v>356</v>
       </c>
       <c r="C357" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D357" t="s" s="4">
-        <v>38</v>
+        <v>357</v>
       </c>
       <c r="E357" t="s" s="4">
-        <v>39</v>
+        <v>358</v>
       </c>
       <c r="F357" t="s">
         <v>24</v>
       </c>
       <c r="G357" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="H357" t="s">
         <v>0</v>
       </c>
       <c r="I357" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="J357" t="s">
         <v>0</v>
       </c>
       <c r="K357" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s" s="2">
         <v>1195</v>
       </c>
       <c r="B358" t="s" s="2">
-        <v>570</v>
+        <v>58</v>
       </c>
       <c r="C358" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D358" t="s" s="4">
-        <v>571</v>
+        <v>38</v>
       </c>
       <c r="E358" t="s" s="4">
-        <v>175</v>
+        <v>39</v>
       </c>
       <c r="F358" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G358" t="s">
         <v>1196</v>
       </c>
       <c r="H358" t="s">
         <v>0</v>
       </c>
       <c r="I358" t="s">
         <v>1197</v>
       </c>
       <c r="J358" t="s">
         <v>0</v>
       </c>
       <c r="K358" t="s">
         <v>1198</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s" s="2">
         <v>1199</v>
       </c>
       <c r="B359" t="s" s="2">
-        <v>1017</v>
+        <v>574</v>
       </c>
       <c r="C359" t="n" s="3">
-        <v>7.91202309001E11</v>
+        <v>7.91202005016E11</v>
       </c>
       <c r="D359" t="s" s="4">
-        <v>1018</v>
+        <v>575</v>
       </c>
       <c r="E359" t="s" s="4">
-        <v>1019</v>
+        <v>175</v>
       </c>
       <c r="F359" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G359" t="s">
         <v>1200</v>
       </c>
       <c r="H359" t="s">
         <v>0</v>
       </c>
       <c r="I359" t="s">
         <v>1201</v>
       </c>
       <c r="J359" t="s">
         <v>0</v>
       </c>
       <c r="K359" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s" s="2">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="B360" t="s" s="2">
-        <v>58</v>
+        <v>1021</v>
       </c>
       <c r="C360" t="n" s="3">
-        <v>7.91202505008E11</v>
+        <v>7.91202309001E11</v>
       </c>
       <c r="D360" t="s" s="4">
-        <v>38</v>
+        <v>1022</v>
       </c>
       <c r="E360" t="s" s="4">
-        <v>39</v>
+        <v>1023</v>
       </c>
       <c r="F360" t="s">
         <v>24</v>
       </c>
       <c r="G360" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="H360" t="s">
         <v>0</v>
       </c>
       <c r="I360" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="J360" t="s">
         <v>0</v>
       </c>
       <c r="K360" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s" s="2">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="B361" t="s" s="2">
-        <v>352</v>
+        <v>58</v>
       </c>
       <c r="C361" t="n" s="3">
-        <v>7.91202309002E11</v>
+        <v>7.91202505008E11</v>
       </c>
       <c r="D361" t="s" s="4">
-        <v>353</v>
+        <v>38</v>
       </c>
       <c r="E361" t="s" s="4">
-        <v>354</v>
+        <v>39</v>
       </c>
       <c r="F361" t="s">
         <v>24</v>
       </c>
       <c r="G361" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="H361" t="s">
         <v>0</v>
       </c>
       <c r="I361" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="J361" t="s">
         <v>0</v>
       </c>
       <c r="K361" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s" s="2">
         <v>1203</v>
       </c>
       <c r="B362" t="s" s="2">
-        <v>96</v>
+        <v>356</v>
       </c>
       <c r="C362" t="n" s="3">
-        <v>7.91202502005E11</v>
+        <v>7.91202309002E11</v>
       </c>
       <c r="D362" t="s" s="4">
-        <v>45</v>
+        <v>357</v>
       </c>
       <c r="E362" t="s" s="4">
-        <v>46</v>
+        <v>358</v>
       </c>
       <c r="F362" t="s">
         <v>24</v>
       </c>
       <c r="G362" t="s">
         <v>1204</v>
       </c>
       <c r="H362" t="s">
         <v>0</v>
       </c>
       <c r="I362" t="s">
         <v>1205</v>
       </c>
       <c r="J362" t="s">
         <v>0</v>
       </c>
       <c r="K362" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s" s="2">
         <v>1207</v>
       </c>
       <c r="B363" t="s" s="2">
@@ -16609,568 +16621,603 @@
       </c>
       <c r="E363" t="s" s="4">
         <v>46</v>
       </c>
       <c r="F363" t="s">
         <v>24</v>
       </c>
       <c r="G363" t="s">
         <v>1208</v>
       </c>
       <c r="H363" t="s">
         <v>0</v>
       </c>
       <c r="I363" t="s">
         <v>1209</v>
       </c>
       <c r="J363" t="s">
         <v>0</v>
       </c>
       <c r="K363" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s" s="2">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="B364" t="s" s="2">
-        <v>37</v>
+        <v>96</v>
       </c>
       <c r="C364" t="n" s="3">
-        <v>7.91202505005E11</v>
+        <v>7.91202502005E11</v>
       </c>
       <c r="D364" t="s" s="4">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E364" t="s" s="4">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F364" t="s">
         <v>24</v>
       </c>
       <c r="G364" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="H364" t="s">
         <v>0</v>
       </c>
       <c r="I364" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="J364" t="s">
         <v>0</v>
       </c>
       <c r="K364" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s" s="2">
         <v>1211</v>
       </c>
       <c r="B365" t="s" s="2">
+        <v>37</v>
+      </c>
+      <c r="C365" t="n" s="3">
+        <v>7.91202505005E11</v>
+      </c>
+      <c r="D365" t="s" s="4">
+        <v>38</v>
+      </c>
+      <c r="E365" t="s" s="4">
+        <v>39</v>
+      </c>
+      <c r="F365" t="s">
+        <v>24</v>
+      </c>
+      <c r="G365" t="s">
         <v>1212</v>
       </c>
-      <c r="C365" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G365" t="s">
+      <c r="H365" t="s">
+        <v>0</v>
+      </c>
+      <c r="I365" t="s">
         <v>1213</v>
       </c>
-      <c r="H365" t="s">
-[...2 lines deleted...]
-      <c r="I365" t="s">
+      <c r="J365" t="s">
+        <v>0</v>
+      </c>
+      <c r="K365" t="s">
         <v>1214</v>
-      </c>
-[...4 lines deleted...]
-        <v>1215</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s" s="2">
+        <v>1215</v>
+      </c>
+      <c r="B366" t="s" s="2">
         <v>1216</v>
       </c>
-      <c r="B366" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C366" t="n" s="3">
-        <v>7.91202103002E11</v>
+        <v>7.91202409008E11</v>
       </c>
       <c r="D366" t="s" s="4">
-        <v>164</v>
+        <v>52</v>
       </c>
       <c r="E366" t="s" s="4">
-        <v>129</v>
+        <v>53</v>
       </c>
       <c r="F366" t="s">
         <v>24</v>
       </c>
       <c r="G366" t="s">
         <v>1217</v>
       </c>
       <c r="H366" t="s">
         <v>0</v>
       </c>
       <c r="I366" t="s">
         <v>1218</v>
       </c>
       <c r="J366" t="s">
         <v>0</v>
       </c>
       <c r="K366" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s" s="2">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="B367" t="s" s="2">
-        <v>202</v>
+        <v>163</v>
       </c>
       <c r="C367" t="n" s="3">
-        <v>7.91202303006E11</v>
+        <v>7.91202103002E11</v>
       </c>
       <c r="D367" t="s" s="4">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="E367" t="s" s="4">
-        <v>158</v>
+        <v>129</v>
       </c>
       <c r="F367" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G367" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="H367" t="s">
         <v>0</v>
       </c>
       <c r="I367" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="J367" t="s">
         <v>0</v>
       </c>
       <c r="K367" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s" s="2">
         <v>1220</v>
       </c>
       <c r="B368" t="s" s="2">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C368" t="n" s="3">
-        <v>7.91202207008E11</v>
+        <v>7.91202303006E11</v>
       </c>
       <c r="D368" t="s" s="4">
-        <v>198</v>
+        <v>64</v>
       </c>
       <c r="E368" t="s" s="4">
-        <v>108</v>
+        <v>158</v>
       </c>
       <c r="F368" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G368" t="s">
         <v>1221</v>
       </c>
       <c r="H368" t="s">
         <v>0</v>
       </c>
       <c r="I368" t="s">
         <v>1222</v>
       </c>
       <c r="J368" t="s">
         <v>0</v>
       </c>
       <c r="K368" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s" s="2">
         <v>1224</v>
       </c>
       <c r="B369" t="s" s="2">
-        <v>755</v>
+        <v>197</v>
       </c>
       <c r="C369" t="n" s="3">
-        <v>7.91202004008E11</v>
+        <v>7.91202207008E11</v>
       </c>
       <c r="D369" t="s" s="4">
-        <v>534</v>
+        <v>198</v>
       </c>
       <c r="E369" t="s" s="4">
-        <v>175</v>
+        <v>108</v>
       </c>
       <c r="F369" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G369" t="s">
         <v>1225</v>
       </c>
       <c r="H369" t="s">
         <v>0</v>
       </c>
       <c r="I369" t="s">
         <v>1226</v>
       </c>
       <c r="J369" t="s">
         <v>0</v>
       </c>
       <c r="K369" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s" s="2">
         <v>1228</v>
       </c>
       <c r="B370" t="s" s="2">
-        <v>117</v>
+        <v>759</v>
       </c>
       <c r="C370" t="n" s="3">
-        <v>7.91202505006E11</v>
+        <v>7.91202004008E11</v>
       </c>
       <c r="D370" t="s" s="4">
-        <v>38</v>
+        <v>538</v>
       </c>
       <c r="E370" t="s" s="4">
-        <v>118</v>
+        <v>175</v>
       </c>
       <c r="F370" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G370" t="s">
         <v>1229</v>
       </c>
       <c r="H370" t="s">
         <v>0</v>
       </c>
       <c r="I370" t="s">
         <v>1230</v>
       </c>
       <c r="J370" t="s">
         <v>0</v>
       </c>
       <c r="K370" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s" s="2">
         <v>1232</v>
       </c>
       <c r="B371" t="s" s="2">
-        <v>322</v>
+        <v>117</v>
       </c>
       <c r="C371" t="n" s="3">
-        <v>7.91202207003E11</v>
+        <v>7.91202505006E11</v>
       </c>
       <c r="D371" t="s" s="4">
-        <v>230</v>
+        <v>38</v>
       </c>
       <c r="E371" t="s" s="4">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="F371" t="s">
         <v>24</v>
       </c>
       <c r="G371" t="s">
         <v>1233</v>
       </c>
       <c r="H371" t="s">
         <v>0</v>
       </c>
       <c r="I371" t="s">
         <v>1234</v>
       </c>
       <c r="J371" t="s">
         <v>0</v>
       </c>
       <c r="K371" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s" s="2">
         <v>1236</v>
       </c>
       <c r="B372" t="s" s="2">
-        <v>505</v>
+        <v>326</v>
       </c>
       <c r="C372" t="n" s="3">
-        <v>7.91202003006E11</v>
+        <v>7.91202207003E11</v>
       </c>
       <c r="D372" t="s" s="4">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="E372" t="s" s="4">
-        <v>175</v>
+        <v>108</v>
       </c>
       <c r="F372" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G372" t="s">
-        <v>588</v>
+        <v>1237</v>
       </c>
       <c r="H372" t="s">
         <v>0</v>
       </c>
       <c r="I372" t="s">
-        <v>589</v>
+        <v>1238</v>
       </c>
       <c r="J372" t="s">
         <v>0</v>
       </c>
       <c r="K372" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s" s="2">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="B373" t="s" s="2">
-        <v>136</v>
+        <v>509</v>
       </c>
       <c r="C373" t="n" s="3">
-        <v>7.91202510006E11</v>
+        <v>7.91202003006E11</v>
       </c>
       <c r="D373" t="s" s="4">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="E373" t="s" s="4">
-        <v>31</v>
+        <v>175</v>
       </c>
       <c r="F373" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G373" t="s">
-        <v>1239</v>
+        <v>592</v>
       </c>
       <c r="H373" t="s">
         <v>0</v>
       </c>
       <c r="I373" t="s">
-        <v>1240</v>
+        <v>593</v>
       </c>
       <c r="J373" t="s">
         <v>0</v>
       </c>
       <c r="K373" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s" s="2">
         <v>1242</v>
       </c>
       <c r="B374" t="s" s="2">
+        <v>136</v>
+      </c>
+      <c r="C374" t="n" s="3">
+        <v>7.91202510006E11</v>
+      </c>
+      <c r="D374" t="s" s="4">
+        <v>22</v>
+      </c>
+      <c r="E374" t="s" s="4">
+        <v>31</v>
+      </c>
+      <c r="F374" t="s">
+        <v>24</v>
+      </c>
+      <c r="G374" t="s">
         <v>1243</v>
       </c>
-      <c r="C374" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G374" t="s">
+      <c r="H374" t="s">
+        <v>0</v>
+      </c>
+      <c r="I374" t="s">
         <v>1244</v>
       </c>
-      <c r="H374" t="s">
-[...2 lines deleted...]
-      <c r="I374" t="s">
+      <c r="J374" t="s">
+        <v>0</v>
+      </c>
+      <c r="K374" t="s">
         <v>1245</v>
-      </c>
-[...4 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s" s="2">
+        <v>1246</v>
+      </c>
+      <c r="B375" t="s" s="2">
         <v>1247</v>
       </c>
-      <c r="B375" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C375" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202502001E11</v>
       </c>
       <c r="D375" t="s" s="4">
-        <v>174</v>
+        <v>45</v>
       </c>
       <c r="E375" t="s" s="4">
-        <v>175</v>
+        <v>46</v>
       </c>
       <c r="F375" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G375" t="s">
         <v>1248</v>
       </c>
       <c r="H375" t="s">
         <v>0</v>
       </c>
       <c r="I375" t="s">
         <v>1249</v>
       </c>
       <c r="J375" t="s">
         <v>0</v>
       </c>
       <c r="K375" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s" s="2">
         <v>1251</v>
       </c>
       <c r="B376" t="s" s="2">
+        <v>532</v>
+      </c>
+      <c r="C376" t="n" s="3">
+        <v>7.91202005015E11</v>
+      </c>
+      <c r="D376" t="s" s="4">
+        <v>174</v>
+      </c>
+      <c r="E376" t="s" s="4">
+        <v>175</v>
+      </c>
+      <c r="F376" t="s">
+        <v>16</v>
+      </c>
+      <c r="G376" t="s">
         <v>1252</v>
       </c>
-      <c r="C376" t="n" s="3">
-[...11 lines deleted...]
-      <c r="G376" t="s">
+      <c r="H376" t="s">
+        <v>0</v>
+      </c>
+      <c r="I376" t="s">
         <v>1253</v>
       </c>
-      <c r="H376" t="s">
-[...2 lines deleted...]
-      <c r="I376" t="s">
+      <c r="J376" t="s">
+        <v>0</v>
+      </c>
+      <c r="K376" t="s">
         <v>1254</v>
-      </c>
-[...4 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s" s="2">
+        <v>1255</v>
+      </c>
+      <c r="B377" t="s" s="2">
         <v>1256</v>
       </c>
-      <c r="B377" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="C377" t="n" s="3">
-        <v>7.91202005015E11</v>
+        <v>7.91202507005E11</v>
       </c>
       <c r="D377" t="s" s="4">
-        <v>174</v>
+        <v>1076</v>
       </c>
       <c r="E377" t="s" s="4">
-        <v>175</v>
+        <v>1077</v>
       </c>
       <c r="F377" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G377" t="s">
         <v>1257</v>
       </c>
       <c r="H377" t="s">
         <v>0</v>
       </c>
       <c r="I377" t="s">
         <v>1258</v>
       </c>
       <c r="J377" t="s">
         <v>0</v>
       </c>
       <c r="K377" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s" s="2">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="B378" t="s" s="2">
-        <v>570</v>
+        <v>532</v>
       </c>
       <c r="C378" t="n" s="3">
-        <v>7.91202005016E11</v>
+        <v>7.91202005015E11</v>
       </c>
       <c r="D378" t="s" s="4">
-        <v>571</v>
+        <v>174</v>
       </c>
       <c r="E378" t="s" s="4">
         <v>175</v>
       </c>
       <c r="F378" t="s">
         <v>16</v>
       </c>
       <c r="G378" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="H378" t="s">
         <v>0</v>
       </c>
       <c r="I378" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="J378" t="s">
         <v>0</v>
       </c>
       <c r="K378" t="s">
-        <v>1259</v>
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" t="s" s="2">
+        <v>1260</v>
+      </c>
+      <c r="B379" t="s" s="2">
+        <v>574</v>
+      </c>
+      <c r="C379" t="n" s="3">
+        <v>7.91202005016E11</v>
+      </c>
+      <c r="D379" t="s" s="4">
+        <v>575</v>
+      </c>
+      <c r="E379" t="s" s="4">
+        <v>175</v>
+      </c>
+      <c r="F379" t="s">
+        <v>16</v>
+      </c>
+      <c r="G379" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H379" t="s">
+        <v>0</v>
+      </c>
+      <c r="I379" t="s">
+        <v>1262</v>
+      </c>
+      <c r="J379" t="s">
+        <v>0</v>
+      </c>
+      <c r="K379" t="s">
+        <v>1263</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>